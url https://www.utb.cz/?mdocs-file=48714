--- v0 (2025-12-17)
+++ v1 (2026-02-03)
@@ -6,71 +6,71 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29029"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://utbcz-my.sharepoint.com/personal/ospalikova_utb_cz/Documents/Dokumenty/MARTINA/2025/Habilitační a Profesorské řízení/WEB_Seznamy/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://utbcz-my.sharepoint.com/personal/ospalikova_utb_cz/Documents/Dokumenty/MARTINA/2026/Habilitace, Profesury/WEB_Seznamy/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="39" documentId="8_{0151B6A3-4D0D-4503-B2FE-5F702C359921}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{255FA852-D0E8-4546-B68F-C683681EFDBA}"/>
+  <xr:revisionPtr revIDLastSave="56" documentId="8_{0151B6A3-4D0D-4503-B2FE-5F702C359921}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{1FB27812-F46E-4590-907D-7FB43ED584A2}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId1"/>
     <sheet name="List2" sheetId="2" r:id="rId2"/>
     <sheet name="List3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">List1!$A$4:$I$170</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">List1!$A$4:$I$171</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1271" uniqueCount="347">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1279" uniqueCount="349">
   <si>
     <t>Legenda:</t>
   </si>
   <si>
     <t xml:space="preserve">Habilitační řízení ke jmenování docentem </t>
   </si>
   <si>
     <t>J - jmenován(a)</t>
   </si>
   <si>
     <t>Z - řízení zastaveno</t>
   </si>
   <si>
     <t>Příjmení</t>
   </si>
   <si>
     <t>Jméno</t>
   </si>
   <si>
     <t>Tituly</t>
   </si>
   <si>
     <t>VŠ</t>
   </si>
   <si>
@@ -1067,50 +1067,56 @@
     <t>Sabina</t>
   </si>
   <si>
     <t>PhD.</t>
   </si>
   <si>
     <t>Blahová</t>
   </si>
   <si>
     <t>Papadaki</t>
   </si>
   <si>
     <t>Mikeska</t>
   </si>
   <si>
     <t>Hazuchová</t>
   </si>
   <si>
     <t>Vaculčíková</t>
   </si>
   <si>
     <t>Naďa</t>
   </si>
   <si>
     <t>Šárka</t>
+  </si>
+  <si>
+    <t>Pálka</t>
+  </si>
+  <si>
+    <t>Přemysl</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _K_č_-;\-* #,##0.00\ _K_č_-;_-* &quot;-&quot;??\ _K_č_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="d/m/yyyy;@"/>
   </numFmts>
   <fonts count="35" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
@@ -2271,57 +2277,57 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:J170"/>
+  <dimension ref="A1:J171"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
-      <pane xSplit="2" ySplit="4" topLeftCell="C15" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="4" topLeftCell="C5" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
-      <selection pane="bottomRight" activeCell="I174" sqref="I174"/>
+      <selection pane="bottomRight" activeCell="H175" sqref="H175"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="13.85546875" customWidth="1"/>
     <col min="2" max="2" width="13.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="24" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="21.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="30.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="10.7109375" customWidth="1"/>
     <col min="9" max="9" width="12" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="3"/>
       <c r="E1" s="4"/>
       <c r="F1" s="5"/>
       <c r="G1" s="6"/>
       <c r="H1" s="57" t="s">
         <v>0</v>
       </c>
@@ -2726,54 +2732,56 @@
         <v>27</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A16" s="43" t="s">
         <v>331</v>
       </c>
       <c r="B16" s="29" t="s">
         <v>139</v>
       </c>
       <c r="C16" s="34" t="s">
         <v>22</v>
       </c>
       <c r="D16" s="12" t="s">
         <v>27</v>
       </c>
       <c r="E16" s="13" t="s">
         <v>17</v>
       </c>
       <c r="F16" s="31" t="s">
         <v>327</v>
       </c>
       <c r="G16" s="32">
         <v>45636</v>
       </c>
-      <c r="H16" s="35" t="s">
-[...2 lines deleted...]
-      <c r="I16" s="41"/>
+      <c r="H16" s="28" t="s">
+        <v>19</v>
+      </c>
+      <c r="I16" s="41">
+        <v>46054</v>
+      </c>
       <c r="J16" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="17" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A17" s="42" t="s">
         <v>33</v>
       </c>
       <c r="B17" s="16" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="16" t="s">
         <v>22</v>
       </c>
       <c r="D17" s="12" t="s">
         <v>23</v>
       </c>
       <c r="E17" s="19" t="s">
         <v>28</v>
       </c>
       <c r="F17" s="17" t="s">
         <v>29</v>
       </c>
       <c r="G17" s="18">
         <v>37967</v>
@@ -4515,54 +4523,56 @@
         <v>39965</v>
       </c>
     </row>
     <row r="75" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A75" s="43" t="s">
         <v>335</v>
       </c>
       <c r="B75" s="29" t="s">
         <v>36</v>
       </c>
       <c r="C75" s="11" t="s">
         <v>22</v>
       </c>
       <c r="D75" s="12" t="s">
         <v>16</v>
       </c>
       <c r="E75" s="48" t="s">
         <v>17</v>
       </c>
       <c r="F75" s="31" t="s">
         <v>327</v>
       </c>
       <c r="G75" s="41">
         <v>45763</v>
       </c>
-      <c r="H75" s="35" t="s">
-[...2 lines deleted...]
-      <c r="I75" s="55"/>
+      <c r="H75" s="28" t="s">
+        <v>19</v>
+      </c>
+      <c r="I75" s="41">
+        <v>46054</v>
+      </c>
       <c r="J75" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="76" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A76" s="42" t="s">
         <v>109</v>
       </c>
       <c r="B76" s="16" t="s">
         <v>110</v>
       </c>
       <c r="C76" s="11" t="s">
         <v>111</v>
       </c>
       <c r="D76" s="12" t="s">
         <v>16</v>
       </c>
       <c r="E76" s="19" t="s">
         <v>52</v>
       </c>
       <c r="F76" s="17" t="s">
         <v>24</v>
       </c>
       <c r="G76" s="14">
         <v>39799</v>
@@ -5482,2015 +5492,2045 @@
       </c>
       <c r="D106" s="12" t="s">
         <v>16</v>
       </c>
       <c r="E106" s="19" t="s">
         <v>120</v>
       </c>
       <c r="F106" s="17" t="s">
         <v>121</v>
       </c>
       <c r="G106" s="14">
         <v>42137</v>
       </c>
       <c r="H106" s="15" t="s">
         <v>19</v>
       </c>
       <c r="I106" s="14">
         <v>42278</v>
       </c>
       <c r="J106" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="107" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A107" s="43" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="B107" s="29" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="C107" s="34" t="s">
         <v>22</v>
       </c>
-      <c r="D107" s="36" t="s">
-[...2 lines deleted...]
-      <c r="E107" s="30" t="s">
+      <c r="D107" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="E107" s="19" t="s">
         <v>28</v>
       </c>
-      <c r="F107" s="31" t="s">
-        <v>29</v>
+      <c r="F107" s="17" t="s">
+        <v>104</v>
       </c>
       <c r="G107" s="41">
-        <v>45945</v>
+        <v>46002</v>
       </c>
       <c r="H107" s="44" t="s">
         <v>105</v>
       </c>
       <c r="I107" s="41"/>
       <c r="J107" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="108" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A108" s="42" t="s">
-[...5 lines deleted...]
-      <c r="C108" s="11" t="s">
+      <c r="A108" s="43" t="s">
+        <v>341</v>
+      </c>
+      <c r="B108" s="29" t="s">
+        <v>346</v>
+      </c>
+      <c r="C108" s="34" t="s">
         <v>22</v>
       </c>
       <c r="D108" s="12" t="s">
         <v>27</v>
       </c>
-      <c r="E108" s="13" t="s">
+      <c r="E108" s="19" t="s">
         <v>28</v>
       </c>
       <c r="F108" s="17" t="s">
-        <v>29</v>
-[...8 lines deleted...]
-        <v>40330</v>
+        <v>104</v>
+      </c>
+      <c r="G108" s="41">
+        <v>45945</v>
+      </c>
+      <c r="H108" s="44" t="s">
+        <v>105</v>
+      </c>
+      <c r="I108" s="41"/>
+      <c r="J108" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="109" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A109" s="42" t="s">
+        <v>143</v>
+      </c>
+      <c r="B109" s="16" t="s">
+        <v>144</v>
+      </c>
+      <c r="C109" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="D109" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="E109" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="F109" s="17" t="s">
+        <v>29</v>
+      </c>
+      <c r="G109" s="14">
+        <v>40137</v>
+      </c>
+      <c r="H109" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="I109" s="14">
+        <v>40330</v>
+      </c>
+    </row>
+    <row r="110" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A110" s="42" t="s">
         <v>145</v>
       </c>
-      <c r="B109" s="16" t="s">
+      <c r="B110" s="16" t="s">
         <v>41</v>
       </c>
-      <c r="C109" s="16" t="s">
+      <c r="C110" s="16" t="s">
         <v>146</v>
       </c>
-      <c r="D109" s="12" t="s">
+      <c r="D110" s="12" t="s">
         <v>23</v>
       </c>
-      <c r="E109" s="19" t="s">
+      <c r="E110" s="19" t="s">
         <v>52</v>
       </c>
-      <c r="F109" s="17" t="s">
+      <c r="F110" s="17" t="s">
         <v>24</v>
       </c>
-      <c r="G109" s="18">
+      <c r="G110" s="18">
         <v>37520</v>
       </c>
-      <c r="H109" s="21" t="s">
-[...2 lines deleted...]
-      <c r="I109" s="18">
+      <c r="H110" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="I110" s="18">
         <v>37530</v>
-      </c>
-[...27 lines deleted...]
-        <v>38777</v>
       </c>
     </row>
     <row r="111" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A111" s="43" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="B111" s="29" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>47</v>
+        <v>148</v>
+      </c>
+      <c r="C111" s="29" t="s">
+        <v>149</v>
       </c>
       <c r="D111" s="33" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="E111" s="30" t="s">
         <v>28</v>
       </c>
       <c r="F111" s="31" t="s">
-        <v>104</v>
-[...11 lines deleted...]
-        <v>271</v>
+        <v>29</v>
+      </c>
+      <c r="G111" s="32">
+        <v>38471</v>
+      </c>
+      <c r="H111" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="I111" s="32">
+        <v>38777</v>
       </c>
     </row>
     <row r="112" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A112" s="43" t="s">
-        <v>263</v>
+        <v>150</v>
       </c>
       <c r="B112" s="29" t="s">
-        <v>117</v>
+        <v>151</v>
       </c>
       <c r="C112" s="34" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="D112" s="33" t="s">
-        <v>23</v>
-[...5 lines deleted...]
-        <v>231</v>
+        <v>27</v>
+      </c>
+      <c r="E112" s="30" t="s">
+        <v>28</v>
+      </c>
+      <c r="F112" s="31" t="s">
+        <v>104</v>
       </c>
       <c r="G112" s="41">
-        <v>43787</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>42283</v>
+      </c>
+      <c r="H112" s="28" t="s">
+        <v>19</v>
       </c>
       <c r="I112" s="41">
-        <v>43951</v>
+        <v>42705</v>
       </c>
       <c r="J112" t="s">
-        <v>27</v>
+        <v>271</v>
       </c>
     </row>
     <row r="113" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A113" s="43" t="s">
         <v>263</v>
       </c>
       <c r="B113" s="29" t="s">
         <v>117</v>
       </c>
       <c r="C113" s="34" t="s">
         <v>22</v>
       </c>
       <c r="D113" s="33" t="s">
         <v>23</v>
       </c>
       <c r="E113" s="23" t="s">
         <v>17</v>
       </c>
       <c r="F113" s="46" t="s">
         <v>231</v>
       </c>
       <c r="G113" s="41">
-        <v>44329</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>43787</v>
+      </c>
+      <c r="H113" s="20" t="s">
+        <v>48</v>
       </c>
       <c r="I113" s="41">
-        <v>44562</v>
+        <v>43951</v>
       </c>
       <c r="J113" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="114" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A114" s="42" t="s">
-[...9 lines deleted...]
-        <v>27</v>
+      <c r="A114" s="43" t="s">
+        <v>263</v>
+      </c>
+      <c r="B114" s="29" t="s">
+        <v>117</v>
+      </c>
+      <c r="C114" s="34" t="s">
+        <v>22</v>
+      </c>
+      <c r="D114" s="33" t="s">
+        <v>23</v>
       </c>
       <c r="E114" s="23" t="s">
         <v>17</v>
       </c>
       <c r="F114" s="46" t="s">
         <v>231</v>
       </c>
-      <c r="G114" s="24">
-        <v>43052</v>
+      <c r="G114" s="41">
+        <v>44329</v>
       </c>
       <c r="H114" s="28" t="s">
         <v>19</v>
       </c>
-      <c r="I114" s="18">
-        <v>43252</v>
+      <c r="I114" s="41">
+        <v>44562</v>
       </c>
       <c r="J114" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="115" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A115" s="43" t="s">
-[...5 lines deleted...]
-      <c r="C115" s="36" t="s">
+      <c r="A115" s="42" t="s">
+        <v>232</v>
+      </c>
+      <c r="B115" s="22" t="s">
+        <v>233</v>
+      </c>
+      <c r="C115" s="22" t="s">
         <v>47</v>
       </c>
-      <c r="D115" s="39" t="s">
-        <v>23</v>
+      <c r="D115" s="45" t="s">
+        <v>27</v>
       </c>
       <c r="E115" s="23" t="s">
         <v>17</v>
       </c>
       <c r="F115" s="46" t="s">
         <v>231</v>
       </c>
-      <c r="G115" s="38">
+      <c r="G115" s="24">
+        <v>43052</v>
+      </c>
+      <c r="H115" s="28" t="s">
+        <v>19</v>
+      </c>
+      <c r="I115" s="18">
+        <v>43252</v>
+      </c>
+      <c r="J115" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="116" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A116" s="43" t="s">
+        <v>264</v>
+      </c>
+      <c r="B116" s="36" t="s">
+        <v>265</v>
+      </c>
+      <c r="C116" s="36" t="s">
+        <v>47</v>
+      </c>
+      <c r="D116" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="E116" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="F116" s="46" t="s">
+        <v>231</v>
+      </c>
+      <c r="G116" s="38">
         <v>43802</v>
       </c>
-      <c r="H115" s="20" t="s">
+      <c r="H116" s="20" t="s">
         <v>48</v>
       </c>
-      <c r="I115" s="41">
+      <c r="I116" s="41">
         <v>43951</v>
-      </c>
-[...30 lines deleted...]
-        <v>43466</v>
       </c>
       <c r="J116" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="117" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A117" s="42" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-        <v>153</v>
+        <v>234</v>
+      </c>
+      <c r="B117" s="22" t="s">
+        <v>235</v>
       </c>
       <c r="C117" s="22" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="D117" s="12" t="s">
+        <v>236</v>
+      </c>
+      <c r="D117" s="45" t="s">
         <v>27</v>
       </c>
       <c r="E117" s="23" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>216</v>
+      </c>
+      <c r="F117" s="46" t="s">
+        <v>217</v>
       </c>
       <c r="G117" s="24">
-        <v>41971</v>
-[...1 lines deleted...]
-      <c r="H117" s="15" t="s">
+        <v>43201</v>
+      </c>
+      <c r="H117" s="28" t="s">
         <v>19</v>
       </c>
       <c r="I117" s="18">
-        <v>42095</v>
+        <v>43466</v>
       </c>
       <c r="J117" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="118" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A118" s="42" t="s">
-        <v>310</v>
+        <v>152</v>
       </c>
       <c r="B118" s="16" t="s">
-        <v>75</v>
+        <v>153</v>
       </c>
       <c r="C118" s="22" t="s">
         <v>47</v>
       </c>
       <c r="D118" s="12" t="s">
         <v>27</v>
       </c>
       <c r="E118" s="23" t="s">
-        <v>52</v>
+        <v>28</v>
       </c>
       <c r="F118" s="17" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="G118" s="24">
-        <v>45036</v>
-[...1 lines deleted...]
-      <c r="H118" s="56" t="s">
+        <v>41971</v>
+      </c>
+      <c r="H118" s="15" t="s">
         <v>19</v>
       </c>
       <c r="I118" s="18">
-        <v>45231</v>
+        <v>42095</v>
       </c>
       <c r="J118" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="119" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A119" s="42" t="s">
+        <v>310</v>
+      </c>
+      <c r="B119" s="16" t="s">
+        <v>75</v>
+      </c>
+      <c r="C119" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="D119" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="E119" s="23" t="s">
+        <v>52</v>
+      </c>
+      <c r="F119" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="G119" s="24">
+        <v>45036</v>
+      </c>
+      <c r="H119" s="56" t="s">
+        <v>19</v>
+      </c>
+      <c r="I119" s="18">
+        <v>45231</v>
+      </c>
+      <c r="J119" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="120" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A120" s="42" t="s">
         <v>155</v>
       </c>
-      <c r="B119" s="16" t="s">
+      <c r="B120" s="16" t="s">
         <v>156</v>
       </c>
-      <c r="C119" s="11" t="s">
+      <c r="C120" s="11" t="s">
         <v>22</v>
       </c>
-      <c r="D119" s="12" t="s">
-[...2 lines deleted...]
-      <c r="E119" s="13" t="s">
+      <c r="D120" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="E120" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="F119" s="17" t="s">
+      <c r="F120" s="17" t="s">
         <v>29</v>
       </c>
-      <c r="G119" s="14">
+      <c r="G120" s="14">
         <v>40147</v>
       </c>
-      <c r="H119" s="15" t="s">
-[...2 lines deleted...]
-      <c r="I119" s="14">
+      <c r="H120" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="I120" s="14">
         <v>40330</v>
       </c>
     </row>
-    <row r="120" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A120" s="43" t="s">
+    <row r="121" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A121" s="43" t="s">
         <v>317</v>
       </c>
-      <c r="B120" s="29" t="s">
+      <c r="B121" s="29" t="s">
         <v>95</v>
       </c>
-      <c r="C120" s="34" t="s">
+      <c r="C121" s="34" t="s">
         <v>22</v>
       </c>
-      <c r="D120" s="33" t="s">
-[...2 lines deleted...]
-      <c r="E120" s="48" t="s">
+      <c r="D121" s="33" t="s">
+        <v>27</v>
+      </c>
+      <c r="E121" s="48" t="s">
         <v>17</v>
       </c>
-      <c r="F120" s="31" t="s">
+      <c r="F121" s="31" t="s">
         <v>18</v>
       </c>
-      <c r="G120" s="41">
+      <c r="G121" s="41">
         <v>45194</v>
       </c>
-      <c r="H120" s="15" t="s">
-[...2 lines deleted...]
-      <c r="I120" s="41">
+      <c r="H121" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="I121" s="41">
         <v>45444</v>
       </c>
-      <c r="J120" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="J121" t="s">
-        <v>271</v>
+        <v>27</v>
       </c>
     </row>
     <row r="122" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A122" s="42" t="s">
+        <v>308</v>
+      </c>
+      <c r="B122" s="16" t="s">
+        <v>275</v>
+      </c>
+      <c r="C122" s="11" t="s">
+        <v>244</v>
+      </c>
+      <c r="D122" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="E122" s="13" t="s">
+        <v>223</v>
+      </c>
+      <c r="F122" s="17" t="s">
+        <v>217</v>
+      </c>
+      <c r="G122" s="14">
+        <v>45021</v>
+      </c>
+      <c r="H122" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="I122" s="14">
+        <v>45352</v>
+      </c>
+      <c r="J122" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="123" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A123" s="42" t="s">
         <v>157</v>
       </c>
-      <c r="B122" s="16" t="s">
+      <c r="B123" s="16" t="s">
         <v>158</v>
       </c>
-      <c r="C122" s="16" t="s">
+      <c r="C123" s="16" t="s">
         <v>42</v>
       </c>
-      <c r="D122" s="12" t="s">
+      <c r="D123" s="12" t="s">
         <v>23</v>
       </c>
-      <c r="E122" s="19" t="s">
+      <c r="E123" s="19" t="s">
         <v>17</v>
       </c>
-      <c r="F122" s="17" t="s">
+      <c r="F123" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="G122" s="18">
+      <c r="G123" s="18">
         <v>39176</v>
       </c>
-      <c r="H122" s="21" t="s">
-[...2 lines deleted...]
-      <c r="I122" s="18">
+      <c r="H123" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="I123" s="18">
         <v>39448</v>
-      </c>
-[...30 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="124" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A124" s="43" t="s">
-        <v>294</v>
+        <v>336</v>
       </c>
       <c r="B124" s="29" t="s">
-        <v>153</v>
+        <v>275</v>
       </c>
       <c r="C124" s="29" t="s">
         <v>22</v>
       </c>
-      <c r="D124" s="33" t="s">
-[...6 lines deleted...]
-        <v>295</v>
+      <c r="D124" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="E124" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="F124" s="17" t="s">
+        <v>29</v>
       </c>
       <c r="G124" s="32">
-        <v>44700</v>
-[...1 lines deleted...]
-      <c r="H124" s="21" t="s">
+        <v>45814</v>
+      </c>
+      <c r="H124" s="32" t="s">
         <v>19</v>
       </c>
       <c r="I124" s="32">
-        <v>44958</v>
+        <v>45992</v>
       </c>
       <c r="J124" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="125" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A125" s="42" t="s">
-[...9 lines deleted...]
-        <v>23</v>
+      <c r="A125" s="43" t="s">
+        <v>294</v>
+      </c>
+      <c r="B125" s="29" t="s">
+        <v>153</v>
+      </c>
+      <c r="C125" s="29" t="s">
+        <v>22</v>
+      </c>
+      <c r="D125" s="33" t="s">
+        <v>27</v>
       </c>
       <c r="E125" s="19" t="s">
         <v>52</v>
       </c>
-      <c r="F125" s="17" t="s">
-[...3 lines deleted...]
-        <v>38831</v>
+      <c r="F125" s="31" t="s">
+        <v>295</v>
+      </c>
+      <c r="G125" s="32">
+        <v>44700</v>
       </c>
       <c r="H125" s="21" t="s">
         <v>19</v>
       </c>
-      <c r="I125" s="18">
-        <v>39417</v>
+      <c r="I125" s="32">
+        <v>44958</v>
+      </c>
+      <c r="J125" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="126" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A126" s="42" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="B126" s="16" t="s">
-        <v>162</v>
+        <v>102</v>
       </c>
       <c r="C126" s="16" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="D126" s="12" t="s">
         <v>23</v>
       </c>
       <c r="E126" s="19" t="s">
         <v>52</v>
       </c>
       <c r="F126" s="17" t="s">
         <v>24</v>
       </c>
       <c r="G126" s="18">
-        <v>38541</v>
+        <v>38831</v>
       </c>
       <c r="H126" s="21" t="s">
         <v>19</v>
       </c>
       <c r="I126" s="18">
-        <v>38930</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>39417</v>
       </c>
     </row>
     <row r="127" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A127" s="43" t="s">
-[...9 lines deleted...]
-        <v>27</v>
+      <c r="A127" s="42" t="s">
+        <v>161</v>
+      </c>
+      <c r="B127" s="16" t="s">
+        <v>162</v>
+      </c>
+      <c r="C127" s="16" t="s">
+        <v>163</v>
+      </c>
+      <c r="D127" s="12" t="s">
+        <v>23</v>
       </c>
       <c r="E127" s="19" t="s">
         <v>52</v>
       </c>
-      <c r="F127" s="31" t="s">
-[...3 lines deleted...]
-        <v>44328</v>
+      <c r="F127" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="G127" s="18">
+        <v>38541</v>
       </c>
       <c r="H127" s="21" t="s">
         <v>19</v>
       </c>
-      <c r="I127" s="32">
-        <v>44470</v>
+      <c r="I127" s="18">
+        <v>38930</v>
       </c>
       <c r="J127" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="128" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A128" s="42" t="s">
-[...5 lines deleted...]
-      <c r="C128" s="16" t="s">
+      <c r="A128" s="43" t="s">
+        <v>280</v>
+      </c>
+      <c r="B128" s="29" t="s">
+        <v>281</v>
+      </c>
+      <c r="C128" s="29" t="s">
         <v>47</v>
       </c>
-      <c r="D128" s="12" t="s">
-        <v>23</v>
+      <c r="D128" s="33" t="s">
+        <v>27</v>
       </c>
       <c r="E128" s="19" t="s">
         <v>52</v>
       </c>
-      <c r="F128" s="17" t="s">
-[...9 lines deleted...]
-        <v>41791</v>
+      <c r="F128" s="31" t="s">
+        <v>121</v>
+      </c>
+      <c r="G128" s="32">
+        <v>44328</v>
+      </c>
+      <c r="H128" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="I128" s="32">
+        <v>44470</v>
+      </c>
+      <c r="J128" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="129" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A129" s="42" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="B129" s="16" t="s">
-        <v>153</v>
-[...1 lines deleted...]
-      <c r="C129" s="11" t="s">
+        <v>165</v>
+      </c>
+      <c r="C129" s="16" t="s">
         <v>47</v>
       </c>
       <c r="D129" s="12" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="E129" s="19" t="s">
-        <v>120</v>
+        <v>52</v>
       </c>
       <c r="F129" s="17" t="s">
-        <v>167</v>
-[...11 lines deleted...]
-        <v>27</v>
+        <v>24</v>
+      </c>
+      <c r="G129" s="18">
+        <v>41556</v>
+      </c>
+      <c r="H129" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="I129" s="18">
+        <v>41791</v>
       </c>
     </row>
     <row r="130" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A130" s="42" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="B130" s="16" t="s">
-        <v>41</v>
+        <v>153</v>
       </c>
       <c r="C130" s="11" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="D130" s="12" t="s">
         <v>27</v>
       </c>
       <c r="E130" s="19" t="s">
         <v>120</v>
       </c>
       <c r="F130" s="17" t="s">
-        <v>24</v>
+        <v>167</v>
       </c>
       <c r="G130" s="14">
-        <v>40569</v>
+        <v>42249</v>
       </c>
       <c r="H130" s="15" t="s">
         <v>19</v>
       </c>
       <c r="I130" s="14">
-        <v>40695</v>
+        <v>42522</v>
+      </c>
+      <c r="J130" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="131" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A131" s="42" t="s">
-        <v>274</v>
+        <v>168</v>
       </c>
       <c r="B131" s="16" t="s">
-        <v>275</v>
+        <v>41</v>
       </c>
       <c r="C131" s="11" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="D131" s="12" t="s">
         <v>27</v>
       </c>
       <c r="E131" s="19" t="s">
-        <v>52</v>
+        <v>120</v>
       </c>
       <c r="F131" s="17" t="s">
         <v>24</v>
       </c>
       <c r="G131" s="14">
-        <v>44216</v>
+        <v>40569</v>
       </c>
       <c r="H131" s="15" t="s">
         <v>19</v>
       </c>
       <c r="I131" s="14">
-        <v>44348</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>40695</v>
       </c>
     </row>
     <row r="132" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A132" s="42" t="s">
-        <v>169</v>
+        <v>274</v>
       </c>
       <c r="B132" s="16" t="s">
-        <v>170</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>275</v>
+      </c>
+      <c r="C132" s="11" t="s">
+        <v>47</v>
       </c>
       <c r="D132" s="12" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="E132" s="19" t="s">
         <v>52</v>
       </c>
       <c r="F132" s="17" t="s">
         <v>24</v>
       </c>
-      <c r="G132" s="18">
-[...6 lines deleted...]
-        <v>37956</v>
+      <c r="G132" s="14">
+        <v>44216</v>
+      </c>
+      <c r="H132" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="I132" s="14">
+        <v>44348</v>
+      </c>
+      <c r="J132" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="133" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A133" s="42" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="B133" s="16" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>170</v>
+      </c>
+      <c r="C133" s="16" t="s">
+        <v>42</v>
       </c>
       <c r="D133" s="12" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>23</v>
+      </c>
+      <c r="E133" s="19" t="s">
+        <v>52</v>
       </c>
       <c r="F133" s="17" t="s">
-        <v>29</v>
-[...8 lines deleted...]
-        <v>40269</v>
+        <v>24</v>
+      </c>
+      <c r="G133" s="18">
+        <v>37599</v>
+      </c>
+      <c r="H133" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="I133" s="18">
+        <v>37956</v>
       </c>
     </row>
     <row r="134" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A134" s="42" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="B134" s="16" t="s">
-        <v>50</v>
+        <v>172</v>
       </c>
       <c r="C134" s="11" t="s">
         <v>22</v>
       </c>
       <c r="D134" s="12" t="s">
         <v>27</v>
       </c>
-      <c r="E134" s="19" t="s">
-        <v>52</v>
+      <c r="E134" s="13" t="s">
+        <v>28</v>
       </c>
       <c r="F134" s="17" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="G134" s="14">
-        <v>39737</v>
+        <v>39629</v>
       </c>
       <c r="H134" s="15" t="s">
         <v>19</v>
       </c>
-      <c r="I134" s="25">
-        <v>39904</v>
+      <c r="I134" s="14">
+        <v>40269</v>
       </c>
     </row>
     <row r="135" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A135" s="43" t="s">
-[...2 lines deleted...]
-      <c r="B135" s="29" t="s">
+      <c r="A135" s="42" t="s">
+        <v>173</v>
+      </c>
+      <c r="B135" s="16" t="s">
         <v>50</v>
       </c>
-      <c r="C135" s="34" t="s">
+      <c r="C135" s="11" t="s">
         <v>22</v>
       </c>
-      <c r="D135" s="33" t="s">
-        <v>23</v>
+      <c r="D135" s="12" t="s">
+        <v>27</v>
       </c>
       <c r="E135" s="19" t="s">
         <v>52</v>
       </c>
       <c r="F135" s="17" t="s">
         <v>24</v>
       </c>
-      <c r="G135" s="41">
+      <c r="G135" s="14">
+        <v>39737</v>
+      </c>
+      <c r="H135" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="I135" s="25">
+        <v>39904</v>
+      </c>
+    </row>
+    <row r="136" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A136" s="43" t="s">
+        <v>318</v>
+      </c>
+      <c r="B136" s="29" t="s">
+        <v>50</v>
+      </c>
+      <c r="C136" s="34" t="s">
+        <v>22</v>
+      </c>
+      <c r="D136" s="33" t="s">
+        <v>23</v>
+      </c>
+      <c r="E136" s="19" t="s">
+        <v>52</v>
+      </c>
+      <c r="F136" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="G136" s="41">
         <v>45253</v>
       </c>
-      <c r="H135" s="21" t="s">
-[...2 lines deleted...]
-      <c r="I135" s="55">
+      <c r="H136" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="I136" s="55">
         <v>45444</v>
       </c>
-      <c r="J135" t="s">
-[...29 lines deleted...]
-        <v>39234</v>
+      <c r="J136" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="137" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A137" s="42" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="B137" s="16" t="s">
-        <v>176</v>
-[...1 lines deleted...]
-      <c r="C137" s="26" t="s">
+        <v>50</v>
+      </c>
+      <c r="C137" s="16" t="s">
         <v>22</v>
       </c>
       <c r="D137" s="12" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="E137" s="13" t="s">
+        <v>23</v>
+      </c>
+      <c r="E137" s="19" t="s">
         <v>28</v>
       </c>
       <c r="F137" s="17" t="s">
         <v>29</v>
       </c>
-      <c r="G137" s="27">
-[...6 lines deleted...]
-        <v>40669</v>
+      <c r="G137" s="18">
+        <v>38709</v>
+      </c>
+      <c r="H137" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="I137" s="18">
+        <v>39234</v>
       </c>
     </row>
     <row r="138" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A138" s="42" t="s">
+        <v>175</v>
+      </c>
+      <c r="B138" s="16" t="s">
+        <v>176</v>
+      </c>
+      <c r="C138" s="26" t="s">
+        <v>22</v>
+      </c>
+      <c r="D138" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="E138" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="F138" s="17" t="s">
+        <v>29</v>
+      </c>
+      <c r="G138" s="27">
+        <v>40126</v>
+      </c>
+      <c r="H138" s="20" t="s">
+        <v>48</v>
+      </c>
+      <c r="I138" s="27">
+        <v>40669</v>
+      </c>
+    </row>
+    <row r="139" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A139" s="42" t="s">
         <v>177</v>
       </c>
-      <c r="B138" s="16" t="s">
+      <c r="B139" s="16" t="s">
         <v>178</v>
       </c>
-      <c r="C138" s="16" t="s">
+      <c r="C139" s="16" t="s">
         <v>179</v>
       </c>
-      <c r="D138" s="12" t="s">
+      <c r="D139" s="12" t="s">
         <v>23</v>
-      </c>
-[...27 lines deleted...]
-        <v>27</v>
       </c>
       <c r="E139" s="19" t="s">
         <v>52</v>
       </c>
       <c r="F139" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="G139" s="18">
+        <v>37924</v>
+      </c>
+      <c r="H139" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="I139" s="18">
+        <v>38047</v>
+      </c>
+    </row>
+    <row r="140" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A140" s="42" t="s">
+        <v>211</v>
+      </c>
+      <c r="B140" s="16" t="s">
+        <v>153</v>
+      </c>
+      <c r="C140" s="16" t="s">
+        <v>22</v>
+      </c>
+      <c r="D140" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="E140" s="19" t="s">
+        <v>52</v>
+      </c>
+      <c r="F140" s="17" t="s">
         <v>212</v>
       </c>
-      <c r="G139" s="18">
+      <c r="G140" s="18">
         <v>42865</v>
       </c>
-      <c r="H139" s="20" t="s">
-[...2 lines deleted...]
-      <c r="I139" s="18">
+      <c r="H140" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="I140" s="18">
         <v>43040</v>
       </c>
-      <c r="J139" t="s">
-[...29 lines deleted...]
-        <v>41640</v>
+      <c r="J140" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="141" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A141" s="42" t="s">
-        <v>309</v>
+        <v>180</v>
       </c>
       <c r="B141" s="16" t="s">
-        <v>132</v>
+        <v>181</v>
       </c>
       <c r="C141" s="16" t="s">
         <v>47</v>
       </c>
       <c r="D141" s="12" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="E141" s="19" t="s">
+        <v>28</v>
+      </c>
+      <c r="F141" s="17" t="s">
+        <v>29</v>
+      </c>
+      <c r="G141" s="18">
+        <v>41362</v>
+      </c>
+      <c r="H141" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="I141" s="18">
+        <v>41640</v>
+      </c>
+    </row>
+    <row r="142" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A142" s="42" t="s">
+        <v>309</v>
+      </c>
+      <c r="B142" s="16" t="s">
+        <v>132</v>
+      </c>
+      <c r="C142" s="16" t="s">
+        <v>47</v>
+      </c>
+      <c r="D142" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="E142" s="19" t="s">
         <v>17</v>
       </c>
-      <c r="F141" s="17" t="s">
+      <c r="F142" s="17" t="s">
         <v>231</v>
       </c>
-      <c r="G141" s="18">
+      <c r="G142" s="18">
         <v>45034</v>
       </c>
-      <c r="H141" s="20" t="s">
-[...2 lines deleted...]
-      <c r="I141" s="18">
+      <c r="H142" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="I142" s="18">
         <v>45323</v>
       </c>
-      <c r="J141" t="s">
+      <c r="J142" t="s">
         <v>271</v>
       </c>
     </row>
-    <row r="142" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A142" s="43" t="s">
+    <row r="143" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A143" s="43" t="s">
         <v>257</v>
       </c>
-      <c r="B142" s="29" t="s">
+      <c r="B143" s="29" t="s">
         <v>230</v>
       </c>
-      <c r="C142" s="29" t="s">
+      <c r="C143" s="29" t="s">
         <v>258</v>
       </c>
-      <c r="D142" s="33" t="s">
-[...2 lines deleted...]
-      <c r="E142" s="19" t="s">
+      <c r="D143" s="33" t="s">
+        <v>27</v>
+      </c>
+      <c r="E143" s="19" t="s">
         <v>52</v>
       </c>
-      <c r="F142" s="17" t="s">
+      <c r="F143" s="17" t="s">
         <v>212</v>
       </c>
-      <c r="G142" s="32">
+      <c r="G143" s="32">
         <v>43614</v>
       </c>
-      <c r="H142" s="20" t="s">
-[...2 lines deleted...]
-      <c r="I142" s="32">
+      <c r="H143" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="I143" s="32">
         <v>43770</v>
       </c>
-      <c r="J142" t="s">
-[...4 lines deleted...]
-      <c r="A143" s="43" t="s">
+      <c r="J143" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="144" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A144" s="43" t="s">
         <v>328</v>
       </c>
-      <c r="B143" s="29" t="s">
+      <c r="B144" s="29" t="s">
         <v>329</v>
       </c>
-      <c r="C143" s="36" t="s">
+      <c r="C144" s="36" t="s">
         <v>238</v>
       </c>
-      <c r="D143" s="36" t="s">
+      <c r="D144" s="36" t="s">
         <v>330</v>
       </c>
-      <c r="E143" s="50" t="s">
+      <c r="E144" s="50" t="s">
         <v>223</v>
       </c>
-      <c r="F143" s="17" t="s">
+      <c r="F144" s="17" t="s">
         <v>217</v>
       </c>
-      <c r="G143" s="38">
+      <c r="G144" s="38">
         <v>45672</v>
       </c>
-      <c r="H143" s="28" t="s">
-[...2 lines deleted...]
-      <c r="I143" s="32">
+      <c r="H144" s="28" t="s">
+        <v>19</v>
+      </c>
+      <c r="I144" s="32">
         <v>45992</v>
       </c>
-      <c r="J143" t="s">
-[...4 lines deleted...]
-      <c r="A144" s="42" t="s">
+      <c r="J144" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="145" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A145" s="42" t="s">
         <v>182</v>
       </c>
-      <c r="B144" s="16" t="s">
+      <c r="B145" s="16" t="s">
         <v>183</v>
       </c>
-      <c r="C144" s="16" t="s">
+      <c r="C145" s="16" t="s">
         <v>22</v>
       </c>
-      <c r="D144" s="12" t="s">
-[...2 lines deleted...]
-      <c r="E144" s="19" t="s">
+      <c r="D145" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="E145" s="19" t="s">
         <v>120</v>
       </c>
-      <c r="F144" s="17" t="s">
+      <c r="F145" s="17" t="s">
         <v>121</v>
       </c>
-      <c r="G144" s="18">
+      <c r="G145" s="18">
         <v>42648</v>
       </c>
-      <c r="H144" s="28" t="s">
-[...2 lines deleted...]
-      <c r="I144" s="32">
+      <c r="H145" s="28" t="s">
+        <v>19</v>
+      </c>
+      <c r="I145" s="32">
         <v>42887</v>
-      </c>
-[...30 lines deleted...]
-        <v>43221</v>
       </c>
       <c r="J145" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="146" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A146" s="42" t="s">
-        <v>303</v>
+        <v>221</v>
       </c>
       <c r="B146" s="16" t="s">
-        <v>304</v>
+        <v>95</v>
       </c>
       <c r="C146" s="16" t="s">
-        <v>305</v>
+        <v>222</v>
       </c>
       <c r="D146" s="12" t="s">
         <v>27</v>
       </c>
       <c r="E146" s="19" t="s">
         <v>223</v>
       </c>
       <c r="F146" s="17" t="s">
         <v>217</v>
       </c>
       <c r="G146" s="18">
+        <v>42984</v>
+      </c>
+      <c r="H146" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="I146" s="18">
+        <v>43221</v>
+      </c>
+      <c r="J146" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="147" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A147" s="42" t="s">
+        <v>303</v>
+      </c>
+      <c r="B147" s="16" t="s">
+        <v>304</v>
+      </c>
+      <c r="C147" s="16" t="s">
+        <v>305</v>
+      </c>
+      <c r="D147" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="E147" s="19" t="s">
+        <v>223</v>
+      </c>
+      <c r="F147" s="17" t="s">
+        <v>217</v>
+      </c>
+      <c r="G147" s="18">
         <v>44880</v>
-      </c>
-[...30 lines deleted...]
-        <v>44455</v>
       </c>
       <c r="H147" s="20" t="s">
         <v>48</v>
       </c>
-      <c r="I147" s="32">
-        <v>44648</v>
+      <c r="I147" s="18">
+        <v>44966</v>
       </c>
       <c r="J147" t="s">
-        <v>292</v>
+        <v>271</v>
       </c>
     </row>
     <row r="148" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A148" s="43" t="s">
         <v>290</v>
       </c>
       <c r="B148" s="29" t="s">
         <v>291</v>
       </c>
       <c r="C148" s="29" t="s">
         <v>47</v>
       </c>
       <c r="D148" s="33" t="s">
         <v>27</v>
       </c>
       <c r="E148" s="19" t="s">
         <v>28</v>
       </c>
       <c r="F148" s="17" t="s">
         <v>29</v>
       </c>
       <c r="G148" s="32">
-        <v>45203</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>44455</v>
+      </c>
+      <c r="H148" s="20" t="s">
+        <v>48</v>
       </c>
       <c r="I148" s="32">
-        <v>45413</v>
+        <v>44648</v>
       </c>
       <c r="J148" t="s">
-        <v>27</v>
+        <v>292</v>
       </c>
     </row>
     <row r="149" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A149" s="42" t="s">
-[...9 lines deleted...]
-        <v>23</v>
+      <c r="A149" s="43" t="s">
+        <v>290</v>
+      </c>
+      <c r="B149" s="29" t="s">
+        <v>291</v>
+      </c>
+      <c r="C149" s="29" t="s">
+        <v>47</v>
+      </c>
+      <c r="D149" s="33" t="s">
+        <v>27</v>
       </c>
       <c r="E149" s="19" t="s">
         <v>28</v>
       </c>
       <c r="F149" s="17" t="s">
         <v>29</v>
       </c>
-      <c r="G149" s="18">
-[...6 lines deleted...]
-        <v>38504</v>
+      <c r="G149" s="32">
+        <v>45203</v>
+      </c>
+      <c r="H149" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="I149" s="32">
+        <v>45413</v>
+      </c>
+      <c r="J149" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="150" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A150" s="42" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="B150" s="16" t="s">
-        <v>50</v>
+        <v>26</v>
       </c>
       <c r="C150" s="16" t="s">
         <v>22</v>
       </c>
       <c r="D150" s="12" t="s">
         <v>23</v>
       </c>
       <c r="E150" s="19" t="s">
-        <v>52</v>
+        <v>28</v>
       </c>
       <c r="F150" s="17" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="G150" s="18">
-        <v>38897</v>
+        <v>38245</v>
       </c>
       <c r="H150" s="21" t="s">
         <v>19</v>
       </c>
       <c r="I150" s="18">
-        <v>39142</v>
+        <v>38504</v>
       </c>
     </row>
     <row r="151" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A151" s="42" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="B151" s="16" t="s">
-        <v>95</v>
+        <v>50</v>
       </c>
       <c r="C151" s="16" t="s">
         <v>22</v>
       </c>
       <c r="D151" s="12" t="s">
         <v>23</v>
       </c>
       <c r="E151" s="19" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="F151" s="17" t="s">
-        <v>187</v>
+        <v>24</v>
       </c>
       <c r="G151" s="18">
-        <v>39176</v>
+        <v>38897</v>
       </c>
       <c r="H151" s="21" t="s">
         <v>19</v>
       </c>
-      <c r="I151" s="18" t="s">
-        <v>188</v>
+      <c r="I151" s="18">
+        <v>39142</v>
       </c>
     </row>
     <row r="152" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A152" s="43" t="s">
-[...8 lines deleted...]
-      <c r="D152" s="33" t="s">
+      <c r="A152" s="42" t="s">
+        <v>186</v>
+      </c>
+      <c r="B152" s="16" t="s">
+        <v>95</v>
+      </c>
+      <c r="C152" s="16" t="s">
+        <v>22</v>
+      </c>
+      <c r="D152" s="12" t="s">
         <v>23</v>
       </c>
       <c r="E152" s="19" t="s">
         <v>17</v>
       </c>
       <c r="F152" s="17" t="s">
+        <v>187</v>
+      </c>
+      <c r="G152" s="18">
+        <v>39176</v>
+      </c>
+      <c r="H152" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="I152" s="18" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="153" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A153" s="43" t="s">
+        <v>189</v>
+      </c>
+      <c r="B153" s="29" t="s">
+        <v>190</v>
+      </c>
+      <c r="C153" s="29" t="s">
+        <v>191</v>
+      </c>
+      <c r="D153" s="33" t="s">
+        <v>23</v>
+      </c>
+      <c r="E153" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="F153" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="G152" s="32">
+      <c r="G153" s="32">
         <v>41015</v>
       </c>
-      <c r="H152" s="20" t="s">
+      <c r="H153" s="20" t="s">
         <v>48</v>
       </c>
-      <c r="I152" s="32">
+      <c r="I153" s="32">
         <v>41563</v>
       </c>
     </row>
-    <row r="153" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A153" s="42" t="s">
+    <row r="154" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A154" s="42" t="s">
         <v>251</v>
       </c>
-      <c r="B153" s="16" t="s">
+      <c r="B154" s="16" t="s">
         <v>252</v>
       </c>
-      <c r="C153" s="16" t="s">
+      <c r="C154" s="16" t="s">
         <v>253</v>
       </c>
-      <c r="D153" s="12" t="s">
-[...2 lines deleted...]
-      <c r="E153" s="19" t="s">
+      <c r="D154" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="E154" s="19" t="s">
         <v>223</v>
       </c>
-      <c r="F153" s="17" t="s">
+      <c r="F154" s="17" t="s">
         <v>217</v>
       </c>
-      <c r="G153" s="18">
+      <c r="G154" s="18">
         <v>43446</v>
       </c>
-      <c r="H153" s="56" t="s">
-[...2 lines deleted...]
-      <c r="I153" s="18">
+      <c r="H154" s="56" t="s">
+        <v>19</v>
+      </c>
+      <c r="I154" s="18">
         <v>43922</v>
       </c>
-      <c r="J153" t="s">
+      <c r="J154" t="s">
         <v>271</v>
       </c>
     </row>
-    <row r="154" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A154" s="43" t="s">
+    <row r="155" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A155" s="43" t="s">
         <v>192</v>
       </c>
-      <c r="B154" s="29" t="s">
+      <c r="B155" s="29" t="s">
         <v>26</v>
       </c>
-      <c r="C154" s="34" t="s">
+      <c r="C155" s="34" t="s">
         <v>22</v>
       </c>
-      <c r="D154" s="33" t="s">
-[...2 lines deleted...]
-      <c r="E154" s="13" t="s">
+      <c r="D155" s="33" t="s">
+        <v>27</v>
+      </c>
+      <c r="E155" s="13" t="s">
         <v>17</v>
       </c>
-      <c r="F154" s="17" t="s">
+      <c r="F155" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="G154" s="41">
+      <c r="G155" s="41">
         <v>39533</v>
       </c>
-      <c r="H154" s="15" t="s">
-[...2 lines deleted...]
-      <c r="I154" s="41">
+      <c r="H155" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="I155" s="41">
         <v>39783</v>
-      </c>
-[...30 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="156" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A156" s="42" t="s">
+        <v>242</v>
+      </c>
+      <c r="B156" s="16" t="s">
+        <v>243</v>
+      </c>
+      <c r="C156" s="11" t="s">
+        <v>244</v>
+      </c>
+      <c r="D156" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="E156" s="19" t="s">
+        <v>223</v>
+      </c>
+      <c r="F156" s="17" t="s">
+        <v>217</v>
+      </c>
+      <c r="G156" s="14">
+        <v>43305</v>
+      </c>
+      <c r="H156" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="I156" s="14">
+        <v>43800</v>
+      </c>
+      <c r="J156" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="157" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A157" s="42" t="s">
         <v>193</v>
       </c>
-      <c r="B156" s="16" t="s">
+      <c r="B157" s="16" t="s">
         <v>194</v>
       </c>
-      <c r="C156" s="11" t="s">
+      <c r="C157" s="11" t="s">
         <v>22</v>
       </c>
-      <c r="D156" s="12" t="s">
-[...28 lines deleted...]
-      <c r="D157" s="33" t="s">
+      <c r="D157" s="12" t="s">
         <v>27</v>
       </c>
       <c r="E157" s="13" t="s">
         <v>28</v>
       </c>
       <c r="F157" s="17" t="s">
         <v>29</v>
       </c>
-      <c r="G157" s="41">
-        <v>45013</v>
+      <c r="G157" s="14">
+        <v>39780</v>
       </c>
       <c r="H157" s="15" t="s">
         <v>19</v>
       </c>
-      <c r="I157" s="32">
-[...3 lines deleted...]
-        <v>27</v>
+      <c r="I157" s="14">
+        <v>40179</v>
       </c>
     </row>
     <row r="158" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A158" s="42" t="s">
-[...5 lines deleted...]
-      <c r="C158" s="16" t="s">
+      <c r="A158" s="43" t="s">
+        <v>306</v>
+      </c>
+      <c r="B158" s="29" t="s">
+        <v>307</v>
+      </c>
+      <c r="C158" s="34" t="s">
         <v>22</v>
       </c>
-      <c r="D158" s="12" t="s">
-[...2 lines deleted...]
-      <c r="E158" s="19" t="s">
+      <c r="D158" s="33" t="s">
+        <v>27</v>
+      </c>
+      <c r="E158" s="13" t="s">
         <v>28</v>
       </c>
       <c r="F158" s="17" t="s">
         <v>29</v>
       </c>
-      <c r="G158" s="18">
-[...6 lines deleted...]
-        <v>39417</v>
+      <c r="G158" s="41">
+        <v>45013</v>
+      </c>
+      <c r="H158" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="I158" s="32">
+        <v>45413</v>
+      </c>
+      <c r="J158" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="159" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A159" s="42" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="B159" s="16" t="s">
-        <v>39</v>
+        <v>196</v>
       </c>
       <c r="C159" s="16" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="D159" s="12" t="s">
         <v>23</v>
       </c>
       <c r="E159" s="19" t="s">
         <v>28</v>
       </c>
       <c r="F159" s="17" t="s">
         <v>29</v>
       </c>
       <c r="G159" s="18">
+        <v>39098</v>
+      </c>
+      <c r="H159" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="I159" s="18">
+        <v>39417</v>
+      </c>
+    </row>
+    <row r="160" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A160" s="42" t="s">
+        <v>197</v>
+      </c>
+      <c r="B160" s="16" t="s">
+        <v>39</v>
+      </c>
+      <c r="C160" s="16" t="s">
+        <v>47</v>
+      </c>
+      <c r="D160" s="12" t="s">
+        <v>23</v>
+      </c>
+      <c r="E160" s="19" t="s">
+        <v>28</v>
+      </c>
+      <c r="F160" s="17" t="s">
+        <v>29</v>
+      </c>
+      <c r="G160" s="18">
         <v>41213</v>
       </c>
-      <c r="H159" s="20" t="s">
-[...2 lines deleted...]
-      <c r="I159" s="18">
+      <c r="H160" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="I160" s="18">
         <v>41395</v>
       </c>
     </row>
-    <row r="160" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A160" s="43" t="s">
+    <row r="161" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A161" s="43" t="s">
         <v>344</v>
       </c>
-      <c r="B160" s="29" t="s">
+      <c r="B161" s="29" t="s">
         <v>39</v>
       </c>
-      <c r="C160" s="29" t="s">
+      <c r="C161" s="29" t="s">
         <v>22</v>
       </c>
-      <c r="D160" s="36" t="s">
+      <c r="D161" s="36" t="s">
         <v>330</v>
       </c>
-      <c r="E160" s="30" t="s">
+      <c r="E161" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="F160" s="31" t="s">
+      <c r="F161" s="31" t="s">
         <v>29</v>
       </c>
-      <c r="G160" s="32">
+      <c r="G161" s="32">
         <v>45947</v>
       </c>
-      <c r="H160" s="44" t="s">
+      <c r="H161" s="44" t="s">
         <v>105</v>
       </c>
-      <c r="I160" s="32"/>
-[...5 lines deleted...]
-      <c r="A161" s="42" t="s">
+      <c r="I161" s="32"/>
+      <c r="J161" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="162" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A162" s="42" t="s">
         <v>286</v>
       </c>
-      <c r="B161" s="36" t="s">
+      <c r="B162" s="36" t="s">
         <v>287</v>
       </c>
-      <c r="C161" s="36" t="s">
+      <c r="C162" s="36" t="s">
         <v>15</v>
       </c>
-      <c r="D161" s="12" t="s">
+      <c r="D162" s="12" t="s">
         <v>23</v>
       </c>
-      <c r="E161" s="50" t="s">
+      <c r="E162" s="50" t="s">
         <v>28</v>
       </c>
-      <c r="F161" s="36" t="s">
+      <c r="F162" s="36" t="s">
         <v>104</v>
       </c>
-      <c r="G161" s="38">
+      <c r="G162" s="38">
         <v>44390</v>
       </c>
-      <c r="H161" s="20" t="s">
+      <c r="H162" s="20" t="s">
         <v>48</v>
       </c>
-      <c r="I161" s="32">
+      <c r="I162" s="32">
         <v>44916</v>
-      </c>
-[...30 lines deleted...]
-        <v>44044</v>
       </c>
       <c r="J162" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="163" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A163" s="42" t="s">
-[...9 lines deleted...]
-        <v>23</v>
+      <c r="A163" s="43" t="s">
+        <v>268</v>
+      </c>
+      <c r="B163" s="29" t="s">
+        <v>196</v>
+      </c>
+      <c r="C163" s="29" t="s">
+        <v>47</v>
+      </c>
+      <c r="D163" s="33" t="s">
+        <v>27</v>
       </c>
       <c r="E163" s="19" t="s">
         <v>52</v>
       </c>
       <c r="F163" s="17" t="s">
         <v>24</v>
       </c>
-      <c r="G163" s="18">
+      <c r="G163" s="32">
+        <v>43866</v>
+      </c>
+      <c r="H163" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="I163" s="32">
+        <v>44044</v>
+      </c>
+      <c r="J163" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="164" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A164" s="42" t="s">
+        <v>198</v>
+      </c>
+      <c r="B164" s="16" t="s">
+        <v>199</v>
+      </c>
+      <c r="C164" s="16" t="s">
+        <v>22</v>
+      </c>
+      <c r="D164" s="12" t="s">
+        <v>23</v>
+      </c>
+      <c r="E164" s="19" t="s">
+        <v>52</v>
+      </c>
+      <c r="F164" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="G164" s="18">
         <v>38894</v>
       </c>
-      <c r="H163" s="21" t="s">
-[...2 lines deleted...]
-      <c r="I163" s="18">
+      <c r="H164" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="I164" s="18">
         <v>39142</v>
       </c>
     </row>
-    <row r="164" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A164" s="43" t="s">
+    <row r="165" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A165" s="43" t="s">
         <v>285</v>
       </c>
-      <c r="B164" s="29" t="s">
+      <c r="B165" s="29" t="s">
         <v>39</v>
       </c>
-      <c r="C164" s="29" t="s">
+      <c r="C165" s="29" t="s">
         <v>22</v>
       </c>
-      <c r="D164" s="33" t="s">
-[...2 lines deleted...]
-      <c r="E164" s="13" t="s">
+      <c r="D165" s="33" t="s">
+        <v>27</v>
+      </c>
+      <c r="E165" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="F164" s="17" t="s">
+      <c r="F165" s="17" t="s">
         <v>29</v>
       </c>
-      <c r="G164" s="32">
+      <c r="G165" s="32">
         <v>44357</v>
       </c>
-      <c r="H164" s="20" t="s">
+      <c r="H165" s="20" t="s">
         <v>48</v>
       </c>
-      <c r="I164" s="32">
+      <c r="I165" s="32">
         <v>45002</v>
       </c>
-      <c r="J164" t="s">
-[...4 lines deleted...]
-      <c r="A165" s="42" t="s">
+      <c r="J165" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="166" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A166" s="42" t="s">
         <v>200</v>
       </c>
-      <c r="B165" s="16" t="s">
+      <c r="B166" s="16" t="s">
         <v>117</v>
       </c>
-      <c r="C165" s="22" t="s">
+      <c r="C166" s="22" t="s">
         <v>47</v>
       </c>
-      <c r="D165" s="12" t="s">
-[...2 lines deleted...]
-      <c r="E165" s="23" t="s">
+      <c r="D166" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="E166" s="23" t="s">
         <v>17</v>
       </c>
-      <c r="F165" s="17" t="s">
+      <c r="F166" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="G165" s="24">
+      <c r="G166" s="24">
         <v>41941</v>
       </c>
-      <c r="H165" s="15" t="s">
-[...2 lines deleted...]
-      <c r="I165" s="18">
+      <c r="H166" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="I166" s="18">
         <v>42156</v>
       </c>
-      <c r="J165" t="s">
-[...4 lines deleted...]
-      <c r="A166" s="43" t="s">
+      <c r="J166" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="167" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A167" s="43" t="s">
         <v>314</v>
       </c>
-      <c r="B166" s="29" t="s">
+      <c r="B167" s="29" t="s">
         <v>315</v>
       </c>
-      <c r="C166" s="36" t="s">
+      <c r="C167" s="36" t="s">
         <v>316</v>
       </c>
-      <c r="D166" s="33" t="s">
-[...2 lines deleted...]
-      <c r="E166" s="13" t="s">
+      <c r="D167" s="33" t="s">
+        <v>27</v>
+      </c>
+      <c r="E167" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="F166" s="17" t="s">
+      <c r="F167" s="17" t="s">
         <v>29</v>
       </c>
-      <c r="G166" s="38">
+      <c r="G167" s="38">
         <v>45203</v>
       </c>
-      <c r="H166" s="20" t="s">
+      <c r="H167" s="20" t="s">
         <v>48</v>
       </c>
-      <c r="I166" s="32">
+      <c r="I167" s="32">
         <v>45376</v>
       </c>
-      <c r="J166" t="s">
+      <c r="J167" t="s">
         <v>271</v>
-      </c>
-[...27 lines deleted...]
-        <v>43467</v>
       </c>
     </row>
     <row r="168" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A168" s="42" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="B168" s="16" t="s">
-        <v>34</v>
+        <v>95</v>
       </c>
       <c r="C168" s="11" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="D168" s="12" t="s">
         <v>27</v>
       </c>
       <c r="E168" s="13" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="F168" s="17" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="G168" s="14">
-        <v>39216</v>
-[...5 lines deleted...]
-        <v>39630</v>
+        <v>39747</v>
+      </c>
+      <c r="H168" s="56" t="s">
+        <v>19</v>
+      </c>
+      <c r="I168" s="18">
+        <v>43467</v>
       </c>
     </row>
     <row r="169" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A169" s="42" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="B169" s="16" t="s">
-        <v>204</v>
+        <v>34</v>
       </c>
       <c r="C169" s="11" t="s">
-        <v>205</v>
+        <v>22</v>
       </c>
       <c r="D169" s="12" t="s">
         <v>27</v>
       </c>
-      <c r="E169" s="19" t="s">
-        <v>120</v>
+      <c r="E169" s="13" t="s">
+        <v>28</v>
       </c>
       <c r="F169" s="17" t="s">
-        <v>167</v>
+        <v>29</v>
       </c>
       <c r="G169" s="14">
-        <v>42249</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>39216</v>
+      </c>
+      <c r="H169" s="15" t="s">
+        <v>19</v>
       </c>
       <c r="I169" s="14">
-        <v>44846</v>
-[...2 lines deleted...]
-        <v>271</v>
+        <v>39630</v>
       </c>
     </row>
     <row r="170" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A170" s="42" t="s">
+        <v>203</v>
+      </c>
+      <c r="B170" s="16" t="s">
+        <v>204</v>
+      </c>
+      <c r="C170" s="11" t="s">
+        <v>205</v>
+      </c>
+      <c r="D170" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="E170" s="19" t="s">
+        <v>120</v>
+      </c>
+      <c r="F170" s="17" t="s">
+        <v>167</v>
+      </c>
+      <c r="G170" s="14">
+        <v>42249</v>
+      </c>
+      <c r="H170" s="35" t="s">
+        <v>48</v>
+      </c>
+      <c r="I170" s="14">
+        <v>44846</v>
+      </c>
+      <c r="J170" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="171" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A171" s="42" t="s">
         <v>206</v>
       </c>
-      <c r="B170" s="16" t="s">
+      <c r="B171" s="16" t="s">
         <v>95</v>
       </c>
-      <c r="C170" s="16" t="s">
+      <c r="C171" s="16" t="s">
         <v>22</v>
       </c>
-      <c r="D170" s="12" t="s">
+      <c r="D171" s="12" t="s">
         <v>23</v>
       </c>
-      <c r="E170" s="19" t="s">
+      <c r="E171" s="19" t="s">
         <v>52</v>
       </c>
-      <c r="F170" s="17" t="s">
+      <c r="F171" s="17" t="s">
         <v>24</v>
       </c>
-      <c r="G170" s="18">
+      <c r="G171" s="18">
         <v>37522</v>
       </c>
-      <c r="H170" s="47" t="s">
-[...2 lines deleted...]
-      <c r="I170" s="18">
+      <c r="H171" s="47" t="s">
+        <v>19</v>
+      </c>
+      <c r="I171" s="18">
         <v>37653</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A4:I170" xr:uid="{00000000-0009-0000-0000-000000000000}">
-[...1 lines deleted...]
-      <sortCondition ref="A6:A129"/>
+  <autoFilter ref="A4:I171" xr:uid="{00000000-0009-0000-0000-000000000000}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A5:I130">
+      <sortCondition ref="A6:A130"/>
     </sortState>
   </autoFilter>
   <mergeCells count="4">
     <mergeCell ref="H1:I1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="H2:I2"/>
     <mergeCell ref="H3:I3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 