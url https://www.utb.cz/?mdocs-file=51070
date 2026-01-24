--- v0 (2025-11-25)
+++ v1 (2026-01-24)
@@ -1,75 +1,76 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29029"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://utbcz-my.sharepoint.com/personal/ospalikova_utb_cz/Documents/Dokumenty/MARTINA/2025/Habilitační a Profesorské řízení/WEB_Seznamy/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://utbcz-my.sharepoint.com/personal/ospalikova_utb_cz/Documents/Dokumenty/MARTINA/2026/Habilitace, Profesury/WEB_Seznamy/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="5" documentId="8_{561805AB-3811-430E-A2DD-F2A6371FCD79}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{6C8AB960-FAA0-4C9B-B5D0-FAB616147659}"/>
+  <xr:revisionPtr revIDLastSave="20" documentId="8_{561805AB-3811-430E-A2DD-F2A6371FCD79}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{1849F51D-7D47-4C16-9F13-EB1DE802D005}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId1"/>
     <sheet name="List2" sheetId="2" r:id="rId2"/>
     <sheet name="List3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">List1!$A$4:$I$170</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">List1!$A$4:$I$171</definedName>
   </definedNames>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1176" uniqueCount="333">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1183" uniqueCount="335">
   <si>
     <t>Adámek</t>
   </si>
   <si>
     <t>Milan</t>
   </si>
   <si>
     <t>Mgr. Ph.D.</t>
   </si>
   <si>
     <t xml:space="preserve">UTB  </t>
   </si>
   <si>
     <t>J</t>
   </si>
   <si>
     <t>Bakar</t>
   </si>
   <si>
     <t>Mohamed</t>
   </si>
   <si>
     <t>Ing. Ph.D.</t>
   </si>
   <si>
@@ -1024,50 +1025,56 @@
     <t>PhD.</t>
   </si>
   <si>
     <t xml:space="preserve">Blahová </t>
   </si>
   <si>
     <t>Ing. Ph.D</t>
   </si>
   <si>
     <t>Hazuchová</t>
   </si>
   <si>
     <t>Naďa</t>
   </si>
   <si>
     <t>Mikeska</t>
   </si>
   <si>
     <t>Papadaki</t>
   </si>
   <si>
     <t>Šárka</t>
   </si>
   <si>
     <t>Vaculčíková</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pálka </t>
+  </si>
+  <si>
+    <t>Přemysl</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="d/m/yyyy;@"/>
   </numFmts>
   <fonts count="29" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="238"/>
@@ -1832,51 +1839,55 @@
     <cellStyle name="Výpočet 3" xfId="49" xr:uid="{00000000-0005-0000-0000-00002B000000}"/>
     <cellStyle name="Výstup 2" xfId="36" xr:uid="{00000000-0005-0000-0000-00002C000000}"/>
     <cellStyle name="Výstup 3" xfId="50" xr:uid="{00000000-0005-0000-0000-00002D000000}"/>
     <cellStyle name="Vysvětlující text 2" xfId="37" xr:uid="{00000000-0005-0000-0000-00002E000000}"/>
     <cellStyle name="Zvýraznění 1 2" xfId="38" xr:uid="{00000000-0005-0000-0000-00002F000000}"/>
     <cellStyle name="Zvýraznění 2 2" xfId="39" xr:uid="{00000000-0005-0000-0000-000030000000}"/>
     <cellStyle name="Zvýraznění 3 2" xfId="40" xr:uid="{00000000-0005-0000-0000-000031000000}"/>
     <cellStyle name="Zvýraznění 4 2" xfId="41" xr:uid="{00000000-0005-0000-0000-000032000000}"/>
     <cellStyle name="Zvýraznění 5 2" xfId="42" xr:uid="{00000000-0005-0000-0000-000033000000}"/>
     <cellStyle name="Zvýraznění 6 2" xfId="43" xr:uid="{00000000-0005-0000-0000-000034000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2126,57 +2137,57 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:I170"/>
+  <dimension ref="A1:I171"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
-      <pane xSplit="3" ySplit="4" topLeftCell="D123" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="3" ySplit="4" topLeftCell="D5" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
-      <selection pane="bottomRight" activeCell="I177" sqref="I176:I177"/>
+      <selection pane="bottomRight" activeCell="H75" sqref="H75:I75"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="13.85546875" customWidth="1"/>
     <col min="2" max="2" width="13.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="24" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="12.42578125" customWidth="1"/>
     <col min="5" max="5" width="26.28515625" customWidth="1"/>
     <col min="6" max="6" width="30.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.5703125" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="3"/>
       <c r="E1" s="4"/>
       <c r="F1" s="5"/>
       <c r="G1" s="6"/>
       <c r="H1" s="51" t="s">
         <v>182</v>
@@ -2555,54 +2566,56 @@
       </c>
       <c r="I15" s="33"/>
     </row>
     <row r="16" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A16" s="32" t="s">
         <v>316</v>
       </c>
       <c r="B16" s="28" t="s">
         <v>95</v>
       </c>
       <c r="C16" s="30" t="s">
         <v>7</v>
       </c>
       <c r="D16" s="8" t="s">
         <v>3</v>
       </c>
       <c r="E16" s="24" t="s">
         <v>195</v>
       </c>
       <c r="F16" s="42" t="s">
         <v>313</v>
       </c>
       <c r="G16" s="36">
         <v>45636</v>
       </c>
-      <c r="H16" s="23" t="s">
-[...2 lines deleted...]
-      <c r="I16" s="33"/>
+      <c r="H16" s="27" t="s">
+        <v>4</v>
+      </c>
+      <c r="I16" s="33">
+        <v>46054</v>
+      </c>
     </row>
     <row r="17" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A17" s="31" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="11" t="s">
         <v>16</v>
       </c>
       <c r="C17" s="11" t="s">
         <v>7</v>
       </c>
       <c r="D17" s="8" t="s">
         <v>8</v>
       </c>
       <c r="E17" s="25" t="s">
         <v>197</v>
       </c>
       <c r="F17" s="26" t="s">
         <v>198</v>
       </c>
       <c r="G17" s="12">
         <v>37967</v>
       </c>
       <c r="H17" s="14" t="s">
         <v>4</v>
@@ -4260,54 +4273,56 @@
         <v>39965</v>
       </c>
     </row>
     <row r="75" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A75" s="32" t="s">
         <v>320</v>
       </c>
       <c r="B75" s="28" t="s">
         <v>18</v>
       </c>
       <c r="C75" s="30" t="s">
         <v>7</v>
       </c>
       <c r="D75" s="29" t="s">
         <v>3</v>
       </c>
       <c r="E75" s="24" t="s">
         <v>195</v>
       </c>
       <c r="F75" s="42" t="s">
         <v>313</v>
       </c>
       <c r="G75" s="33">
         <v>45763</v>
       </c>
-      <c r="H75" s="48" t="s">
-[...2 lines deleted...]
-      <c r="I75" s="46"/>
+      <c r="H75" s="27" t="s">
+        <v>4</v>
+      </c>
+      <c r="I75" s="33">
+        <v>46054</v>
+      </c>
     </row>
     <row r="76" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A76" s="31" t="s">
         <v>87</v>
       </c>
       <c r="B76" s="11" t="s">
         <v>88</v>
       </c>
       <c r="C76" s="7" t="s">
         <v>89</v>
       </c>
       <c r="D76" s="8" t="s">
         <v>3</v>
       </c>
       <c r="E76" s="24" t="s">
         <v>199</v>
       </c>
       <c r="F76" s="26" t="s">
         <v>200</v>
       </c>
       <c r="G76" s="9">
         <v>39799</v>
       </c>
       <c r="H76" s="10" t="s">
         <v>4</v>
@@ -5164,1904 +5179,1931 @@
       </c>
       <c r="C106" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D106" s="8" t="s">
         <v>3</v>
       </c>
       <c r="E106" s="24" t="s">
         <v>199</v>
       </c>
       <c r="F106" s="26" t="s">
         <v>201</v>
       </c>
       <c r="G106" s="9">
         <v>42137</v>
       </c>
       <c r="H106" s="10" t="s">
         <v>4</v>
       </c>
       <c r="I106" s="9">
         <v>42278</v>
       </c>
     </row>
     <row r="107" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A107" s="32" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="B107" s="28" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="C107" s="30" t="s">
         <v>7</v>
       </c>
       <c r="D107" s="8" t="s">
         <v>11</v>
       </c>
       <c r="E107" s="25" t="s">
         <v>197</v>
       </c>
       <c r="F107" s="26" t="s">
         <v>198</v>
       </c>
       <c r="G107" s="33">
-        <v>45945</v>
+        <v>46002</v>
       </c>
       <c r="H107" s="48" t="s">
         <v>194</v>
       </c>
       <c r="I107" s="33"/>
     </row>
     <row r="108" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A108" s="31" t="s">
-[...5 lines deleted...]
-      <c r="C108" s="7" t="s">
+      <c r="A108" s="32" t="s">
+        <v>330</v>
+      </c>
+      <c r="B108" s="28" t="s">
+        <v>331</v>
+      </c>
+      <c r="C108" s="30" t="s">
         <v>7</v>
       </c>
       <c r="D108" s="8" t="s">
         <v>11</v>
       </c>
       <c r="E108" s="25" t="s">
         <v>197</v>
       </c>
       <c r="F108" s="26" t="s">
         <v>198</v>
       </c>
-      <c r="G108" s="9">
-[...7 lines deleted...]
-      </c>
+      <c r="G108" s="33">
+        <v>45945</v>
+      </c>
+      <c r="H108" s="48" t="s">
+        <v>194</v>
+      </c>
+      <c r="I108" s="33"/>
     </row>
     <row r="109" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A109" s="31" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="B109" s="11" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>122</v>
+        <v>120</v>
+      </c>
+      <c r="C109" s="7" t="s">
+        <v>7</v>
       </c>
       <c r="D109" s="8" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>199</v>
+        <v>11</v>
+      </c>
+      <c r="E109" s="25" t="s">
+        <v>197</v>
       </c>
       <c r="F109" s="26" t="s">
-        <v>200</v>
-[...8 lines deleted...]
-        <v>37530</v>
+        <v>198</v>
+      </c>
+      <c r="G109" s="9">
+        <v>40137</v>
+      </c>
+      <c r="H109" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="I109" s="9">
+        <v>40330</v>
       </c>
     </row>
     <row r="110" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A110" s="31" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="B110" s="11" t="s">
-        <v>124</v>
+        <v>23</v>
       </c>
       <c r="C110" s="11" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="D110" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="E110" s="25" t="s">
-        <v>197</v>
+      <c r="E110" s="24" t="s">
+        <v>199</v>
       </c>
       <c r="F110" s="26" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="G110" s="12">
-        <v>38471</v>
+        <v>37520</v>
       </c>
       <c r="H110" s="14" t="s">
         <v>4</v>
       </c>
       <c r="I110" s="12">
-        <v>38777</v>
+        <v>37530</v>
       </c>
     </row>
     <row r="111" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A111" s="31" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="B111" s="11" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>124</v>
+      </c>
+      <c r="C111" s="11" t="s">
+        <v>125</v>
       </c>
       <c r="D111" s="8" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E111" s="25" t="s">
         <v>197</v>
       </c>
       <c r="F111" s="26" t="s">
         <v>198</v>
       </c>
-      <c r="G111" s="9">
+      <c r="G111" s="12">
+        <v>38471</v>
+      </c>
+      <c r="H111" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="I111" s="12">
+        <v>38777</v>
+      </c>
+    </row>
+    <row r="112" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A112" s="31" t="s">
+        <v>126</v>
+      </c>
+      <c r="B112" s="11" t="s">
+        <v>127</v>
+      </c>
+      <c r="C112" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="D112" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E112" s="25" t="s">
+        <v>197</v>
+      </c>
+      <c r="F112" s="26" t="s">
+        <v>198</v>
+      </c>
+      <c r="G112" s="9">
         <v>42283</v>
       </c>
-      <c r="H111" s="27" t="s">
-[...2 lines deleted...]
-      <c r="I111" s="9">
+      <c r="H112" s="27" t="s">
+        <v>4</v>
+      </c>
+      <c r="I112" s="9">
         <v>42705</v>
-      </c>
-[...27 lines deleted...]
-        <v>43951</v>
       </c>
     </row>
     <row r="113" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A113" s="32" t="s">
         <v>255</v>
       </c>
       <c r="B113" s="28" t="s">
         <v>115</v>
       </c>
       <c r="C113" s="30" t="s">
         <v>29</v>
       </c>
       <c r="D113" s="29" t="s">
         <v>11</v>
       </c>
       <c r="E113" s="24" t="s">
         <v>195</v>
       </c>
       <c r="F113" s="24" t="s">
         <v>196</v>
       </c>
       <c r="G113" s="33">
-        <v>44329</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>43787</v>
+      </c>
+      <c r="H113" s="13" t="s">
+        <v>30</v>
       </c>
       <c r="I113" s="33">
-        <v>44562</v>
+        <v>43951</v>
       </c>
     </row>
     <row r="114" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A114" s="32" t="s">
-        <v>227</v>
-[...4 lines deleted...]
-      <c r="C114" s="34" t="s">
+        <v>255</v>
+      </c>
+      <c r="B114" s="28" t="s">
+        <v>115</v>
+      </c>
+      <c r="C114" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="D114" s="35" t="s">
+      <c r="D114" s="29" t="s">
         <v>11</v>
       </c>
       <c r="E114" s="24" t="s">
         <v>195</v>
       </c>
       <c r="F114" s="24" t="s">
         <v>196</v>
       </c>
       <c r="G114" s="33">
-        <v>43052</v>
+        <v>44329</v>
       </c>
       <c r="H114" s="27" t="s">
         <v>4</v>
       </c>
       <c r="I114" s="33">
-        <v>43252</v>
+        <v>44562</v>
       </c>
     </row>
     <row r="115" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A115" s="32" t="s">
-        <v>256</v>
+        <v>227</v>
       </c>
       <c r="B115" s="34" t="s">
-        <v>257</v>
+        <v>225</v>
       </c>
       <c r="C115" s="34" t="s">
         <v>29</v>
       </c>
       <c r="D115" s="35" t="s">
         <v>11</v>
       </c>
       <c r="E115" s="24" t="s">
         <v>195</v>
       </c>
       <c r="F115" s="24" t="s">
         <v>196</v>
       </c>
       <c r="G115" s="33">
-        <v>43802</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>43052</v>
+      </c>
+      <c r="H115" s="27" t="s">
+        <v>4</v>
       </c>
       <c r="I115" s="33">
-        <v>43951</v>
+        <v>43252</v>
       </c>
     </row>
     <row r="116" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A116" s="32" t="s">
+        <v>256</v>
+      </c>
+      <c r="B116" s="34" t="s">
+        <v>257</v>
+      </c>
+      <c r="C116" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="D116" s="35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E116" s="24" t="s">
+        <v>195</v>
+      </c>
+      <c r="F116" s="24" t="s">
+        <v>196</v>
+      </c>
+      <c r="G116" s="33">
+        <v>43802</v>
+      </c>
+      <c r="H116" s="13" t="s">
+        <v>30</v>
+      </c>
+      <c r="I116" s="33">
+        <v>43951</v>
+      </c>
+    </row>
+    <row r="117" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A117" s="32" t="s">
         <v>228</v>
       </c>
-      <c r="B116" s="34" t="s">
+      <c r="B117" s="34" t="s">
         <v>229</v>
       </c>
-      <c r="C116" s="34" t="s">
+      <c r="C117" s="34" t="s">
         <v>230</v>
       </c>
-      <c r="D116" s="35" t="s">
-[...2 lines deleted...]
-      <c r="E116" s="24" t="s">
+      <c r="D117" s="35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E117" s="24" t="s">
         <v>210</v>
       </c>
-      <c r="F116" s="24" t="s">
+      <c r="F117" s="24" t="s">
         <v>211</v>
       </c>
-      <c r="G116" s="33">
+      <c r="G117" s="33">
         <v>43201</v>
       </c>
-      <c r="H116" s="10" t="s">
-[...2 lines deleted...]
-      <c r="I116" s="33">
+      <c r="H117" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="I117" s="33">
         <v>43466</v>
-      </c>
-[...27 lines deleted...]
-        <v>42095</v>
       </c>
     </row>
     <row r="118" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A118" s="31" t="s">
-        <v>298</v>
+        <v>128</v>
       </c>
       <c r="B118" s="11" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="C118" s="7" t="s">
+        <v>129</v>
+      </c>
+      <c r="C118" s="15" t="s">
         <v>29</v>
       </c>
       <c r="D118" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="E118" s="24" t="s">
-        <v>199</v>
+      <c r="E118" s="25" t="s">
+        <v>197</v>
       </c>
       <c r="F118" s="26" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-        <v>45036</v>
+        <v>198</v>
+      </c>
+      <c r="G118" s="16">
+        <v>41971</v>
       </c>
       <c r="H118" s="10" t="s">
         <v>4</v>
       </c>
-      <c r="I118" s="9">
-        <v>45231</v>
+      <c r="I118" s="12">
+        <v>42095</v>
       </c>
     </row>
     <row r="119" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A119" s="31" t="s">
+        <v>298</v>
+      </c>
+      <c r="B119" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="C119" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="D119" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E119" s="24" t="s">
+        <v>199</v>
+      </c>
+      <c r="F119" s="26" t="s">
+        <v>200</v>
+      </c>
+      <c r="G119" s="9">
+        <v>45036</v>
+      </c>
+      <c r="H119" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="I119" s="9">
+        <v>45231</v>
+      </c>
+    </row>
+    <row r="120" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A120" s="31" t="s">
         <v>131</v>
       </c>
-      <c r="B119" s="11" t="s">
+      <c r="B120" s="11" t="s">
         <v>132</v>
       </c>
-      <c r="C119" s="7" t="s">
+      <c r="C120" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="D119" s="8" t="s">
-[...2 lines deleted...]
-      <c r="E119" s="25" t="s">
+      <c r="D120" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E120" s="25" t="s">
         <v>197</v>
       </c>
-      <c r="F119" s="26" t="s">
+      <c r="F120" s="26" t="s">
         <v>198</v>
       </c>
-      <c r="G119" s="9">
+      <c r="G120" s="9">
         <v>40147</v>
       </c>
-      <c r="H119" s="10" t="s">
-[...2 lines deleted...]
-      <c r="I119" s="9">
+      <c r="H120" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="I120" s="9">
         <v>40330</v>
       </c>
     </row>
-    <row r="120" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A120" s="32" t="s">
+    <row r="121" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A121" s="32" t="s">
         <v>305</v>
       </c>
-      <c r="B120" s="28" t="s">
+      <c r="B121" s="28" t="s">
         <v>75</v>
       </c>
-      <c r="C120" s="30" t="s">
+      <c r="C121" s="30" t="s">
         <v>7</v>
       </c>
-      <c r="D120" s="29" t="s">
-[...2 lines deleted...]
-      <c r="E120" s="24" t="s">
+      <c r="D121" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E121" s="24" t="s">
         <v>195</v>
       </c>
-      <c r="F120" s="24" t="s">
+      <c r="F121" s="24" t="s">
         <v>196</v>
       </c>
-      <c r="G120" s="33">
+      <c r="G121" s="33">
         <v>45194</v>
       </c>
-      <c r="H120" s="10" t="s">
-[...2 lines deleted...]
-      <c r="I120" s="33">
+      <c r="H121" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="I121" s="33">
         <v>45444</v>
-      </c>
-[...27 lines deleted...]
-        <v>45352</v>
       </c>
     </row>
     <row r="122" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A122" s="31" t="s">
+        <v>296</v>
+      </c>
+      <c r="B122" s="11" t="s">
+        <v>266</v>
+      </c>
+      <c r="C122" s="7" t="s">
+        <v>236</v>
+      </c>
+      <c r="D122" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E122" s="25" t="s">
+        <v>210</v>
+      </c>
+      <c r="F122" s="26" t="s">
+        <v>211</v>
+      </c>
+      <c r="G122" s="9">
+        <v>45021</v>
+      </c>
+      <c r="H122" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="I122" s="9">
+        <v>45352</v>
+      </c>
+    </row>
+    <row r="123" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A123" s="31" t="s">
         <v>133</v>
       </c>
-      <c r="B122" s="11" t="s">
+      <c r="B123" s="11" t="s">
         <v>134</v>
       </c>
-      <c r="C122" s="11" t="s">
+      <c r="C123" s="11" t="s">
         <v>24</v>
       </c>
-      <c r="D122" s="8" t="s">
+      <c r="D123" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="E122" s="24" t="s">
+      <c r="E123" s="24" t="s">
         <v>195</v>
       </c>
-      <c r="F122" s="24" t="s">
+      <c r="F123" s="24" t="s">
         <v>196</v>
       </c>
-      <c r="G122" s="12">
+      <c r="G123" s="12">
         <v>39176</v>
       </c>
-      <c r="H122" s="14" t="s">
-[...2 lines deleted...]
-      <c r="I122" s="12">
+      <c r="H123" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="I123" s="12">
         <v>39448</v>
-      </c>
-[...27 lines deleted...]
-        <v>45992</v>
       </c>
     </row>
     <row r="124" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A124" s="32" t="s">
+        <v>321</v>
+      </c>
+      <c r="B124" s="28" t="s">
+        <v>266</v>
+      </c>
+      <c r="C124" s="28" t="s">
+        <v>29</v>
+      </c>
+      <c r="D124" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E124" s="25" t="s">
+        <v>197</v>
+      </c>
+      <c r="F124" s="26" t="s">
+        <v>198</v>
+      </c>
+      <c r="G124" s="36">
+        <v>45814</v>
+      </c>
+      <c r="H124" s="29" t="s">
+        <v>4</v>
+      </c>
+      <c r="I124" s="36">
+        <v>45992</v>
+      </c>
+    </row>
+    <row r="125" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A125" s="32" t="s">
         <v>283</v>
       </c>
-      <c r="B124" s="28" t="s">
+      <c r="B125" s="28" t="s">
         <v>129</v>
       </c>
-      <c r="C124" s="28" t="s">
+      <c r="C125" s="28" t="s">
         <v>7</v>
       </c>
-      <c r="D124" s="29" t="s">
-[...29 lines deleted...]
-        <v>8</v>
+      <c r="D125" s="29" t="s">
+        <v>11</v>
       </c>
       <c r="E125" s="24" t="s">
         <v>199</v>
       </c>
       <c r="F125" s="26" t="s">
         <v>200</v>
       </c>
-      <c r="G125" s="12">
-[...6 lines deleted...]
-        <v>39417</v>
+      <c r="G125" s="36">
+        <v>44700</v>
+      </c>
+      <c r="H125" s="27" t="s">
+        <v>4</v>
+      </c>
+      <c r="I125" s="33">
+        <v>44958</v>
       </c>
     </row>
     <row r="126" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A126" s="31" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="B126" s="11" t="s">
-        <v>138</v>
+        <v>82</v>
       </c>
       <c r="C126" s="11" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="D126" s="8" t="s">
         <v>8</v>
       </c>
       <c r="E126" s="24" t="s">
         <v>199</v>
       </c>
       <c r="F126" s="26" t="s">
         <v>200</v>
       </c>
       <c r="G126" s="12">
+        <v>38831</v>
+      </c>
+      <c r="H126" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="I126" s="12">
+        <v>39417</v>
+      </c>
+    </row>
+    <row r="127" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A127" s="31" t="s">
+        <v>137</v>
+      </c>
+      <c r="B127" s="11" t="s">
+        <v>138</v>
+      </c>
+      <c r="C127" s="11" t="s">
+        <v>139</v>
+      </c>
+      <c r="D127" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="E127" s="24" t="s">
+        <v>199</v>
+      </c>
+      <c r="F127" s="26" t="s">
+        <v>200</v>
+      </c>
+      <c r="G127" s="12">
         <v>38541</v>
       </c>
-      <c r="H126" s="14" t="s">
-[...2 lines deleted...]
-      <c r="I126" s="12">
+      <c r="H127" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="I127" s="12">
         <v>38930</v>
       </c>
     </row>
-    <row r="127" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A127" s="32" t="s">
+    <row r="128" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A128" s="32" t="s">
         <v>276</v>
       </c>
-      <c r="B127" s="28" t="s">
+      <c r="B128" s="28" t="s">
         <v>277</v>
       </c>
-      <c r="C127" s="28" t="s">
+      <c r="C128" s="28" t="s">
         <v>7</v>
       </c>
-      <c r="D127" s="29" t="s">
+      <c r="D128" s="29" t="s">
         <v>8</v>
       </c>
-      <c r="E127" s="41" t="s">
+      <c r="E128" s="41" t="s">
         <v>199</v>
       </c>
-      <c r="F127" s="42" t="s">
+      <c r="F128" s="42" t="s">
         <v>201</v>
       </c>
-      <c r="G127" s="36">
+      <c r="G128" s="36">
         <v>44328</v>
       </c>
-      <c r="H127" s="43" t="s">
-[...2 lines deleted...]
-      <c r="I127" s="36">
+      <c r="H128" s="43" t="s">
+        <v>4</v>
+      </c>
+      <c r="I128" s="36">
         <v>44470</v>
-      </c>
-[...27 lines deleted...]
-        <v>41791</v>
       </c>
     </row>
     <row r="129" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A129" s="31" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="B129" s="11" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="C129" s="7" t="s">
+        <v>141</v>
+      </c>
+      <c r="C129" s="11" t="s">
         <v>29</v>
       </c>
       <c r="D129" s="8" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E129" s="24" t="s">
         <v>199</v>
       </c>
       <c r="F129" s="26" t="s">
         <v>200</v>
       </c>
-      <c r="G129" s="9">
-[...6 lines deleted...]
-        <v>42522</v>
+      <c r="G129" s="12">
+        <v>41556</v>
+      </c>
+      <c r="H129" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="I129" s="12">
+        <v>41791</v>
       </c>
     </row>
     <row r="130" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A130" s="31" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="B130" s="11" t="s">
-        <v>23</v>
+        <v>129</v>
       </c>
       <c r="C130" s="7" t="s">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="D130" s="8" t="s">
         <v>11</v>
       </c>
       <c r="E130" s="24" t="s">
         <v>199</v>
       </c>
       <c r="F130" s="26" t="s">
         <v>200</v>
       </c>
       <c r="G130" s="9">
-        <v>40569</v>
+        <v>42249</v>
       </c>
       <c r="H130" s="10" t="s">
         <v>4</v>
       </c>
       <c r="I130" s="9">
-        <v>40695</v>
+        <v>42522</v>
       </c>
     </row>
     <row r="131" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A131" s="32" t="s">
-[...8 lines deleted...]
-      <c r="D131" s="29" t="s">
+      <c r="A131" s="31" t="s">
+        <v>143</v>
+      </c>
+      <c r="B131" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="C131" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="D131" s="8" t="s">
         <v>11</v>
       </c>
       <c r="E131" s="24" t="s">
         <v>199</v>
       </c>
       <c r="F131" s="26" t="s">
         <v>200</v>
       </c>
-      <c r="G131" s="33">
-        <v>44216</v>
+      <c r="G131" s="9">
+        <v>40569</v>
       </c>
       <c r="H131" s="10" t="s">
         <v>4</v>
       </c>
-      <c r="I131" s="33">
-        <v>44348</v>
+      <c r="I131" s="9">
+        <v>40695</v>
       </c>
     </row>
     <row r="132" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A132" s="31" t="s">
-[...9 lines deleted...]
-        <v>8</v>
+      <c r="A132" s="32" t="s">
+        <v>265</v>
+      </c>
+      <c r="B132" s="28" t="s">
+        <v>266</v>
+      </c>
+      <c r="C132" s="30" t="s">
+        <v>29</v>
+      </c>
+      <c r="D132" s="29" t="s">
+        <v>11</v>
       </c>
       <c r="E132" s="24" t="s">
         <v>199</v>
       </c>
       <c r="F132" s="26" t="s">
         <v>200</v>
       </c>
-      <c r="G132" s="12">
-[...6 lines deleted...]
-        <v>37956</v>
+      <c r="G132" s="33">
+        <v>44216</v>
+      </c>
+      <c r="H132" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="I132" s="33">
+        <v>44348</v>
       </c>
     </row>
     <row r="133" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A133" s="31" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="B133" s="11" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>145</v>
+      </c>
+      <c r="C133" s="11" t="s">
+        <v>24</v>
       </c>
       <c r="D133" s="8" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>197</v>
+        <v>8</v>
+      </c>
+      <c r="E133" s="24" t="s">
+        <v>199</v>
       </c>
       <c r="F133" s="26" t="s">
-        <v>198</v>
-[...8 lines deleted...]
-        <v>40269</v>
+        <v>200</v>
+      </c>
+      <c r="G133" s="12">
+        <v>37599</v>
+      </c>
+      <c r="H133" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="I133" s="12">
+        <v>37956</v>
       </c>
     </row>
     <row r="134" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A134" s="31" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="B134" s="11" t="s">
-        <v>32</v>
+        <v>147</v>
       </c>
       <c r="C134" s="7" t="s">
         <v>7</v>
       </c>
       <c r="D134" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="E134" s="24" t="s">
-        <v>199</v>
+      <c r="E134" s="25" t="s">
+        <v>197</v>
       </c>
       <c r="F134" s="26" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="G134" s="9">
-        <v>39737</v>
+        <v>39629</v>
       </c>
       <c r="H134" s="10" t="s">
         <v>4</v>
       </c>
-      <c r="I134" s="17">
-        <v>39904</v>
+      <c r="I134" s="9">
+        <v>40269</v>
       </c>
     </row>
     <row r="135" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A135" s="32" t="s">
-[...2 lines deleted...]
-      <c r="B135" s="28" t="s">
+      <c r="A135" s="31" t="s">
+        <v>148</v>
+      </c>
+      <c r="B135" s="11" t="s">
         <v>32</v>
       </c>
       <c r="C135" s="7" t="s">
         <v>7</v>
       </c>
       <c r="D135" s="8" t="s">
         <v>11</v>
       </c>
       <c r="E135" s="24" t="s">
         <v>199</v>
       </c>
       <c r="F135" s="26" t="s">
         <v>200</v>
       </c>
-      <c r="G135" s="33">
+      <c r="G135" s="9">
+        <v>39737</v>
+      </c>
+      <c r="H135" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="I135" s="17">
+        <v>39904</v>
+      </c>
+    </row>
+    <row r="136" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A136" s="32" t="s">
+        <v>306</v>
+      </c>
+      <c r="B136" s="28" t="s">
+        <v>32</v>
+      </c>
+      <c r="C136" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="D136" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E136" s="24" t="s">
+        <v>199</v>
+      </c>
+      <c r="F136" s="26" t="s">
+        <v>200</v>
+      </c>
+      <c r="G136" s="33">
         <v>45253</v>
       </c>
-      <c r="H135" s="14" t="s">
-[...2 lines deleted...]
-      <c r="I135" s="46">
+      <c r="H136" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="I136" s="46">
         <v>45444</v>
-      </c>
-[...27 lines deleted...]
-        <v>39234</v>
       </c>
     </row>
     <row r="137" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A137" s="31" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="B137" s="11" t="s">
-        <v>151</v>
-[...1 lines deleted...]
-      <c r="C137" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="C137" s="11" t="s">
         <v>7</v>
       </c>
       <c r="D137" s="8" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E137" s="25" t="s">
         <v>197</v>
       </c>
       <c r="F137" s="26" t="s">
         <v>198</v>
       </c>
-      <c r="G137" s="19">
-[...6 lines deleted...]
-        <v>40669</v>
+      <c r="G137" s="12">
+        <v>38709</v>
+      </c>
+      <c r="H137" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="I137" s="12">
+        <v>39234</v>
       </c>
     </row>
     <row r="138" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A138" s="31" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="B138" s="11" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-        <v>154</v>
+        <v>151</v>
+      </c>
+      <c r="C138" s="18" t="s">
+        <v>7</v>
       </c>
       <c r="D138" s="8" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>199</v>
+        <v>11</v>
+      </c>
+      <c r="E138" s="25" t="s">
+        <v>197</v>
       </c>
       <c r="F138" s="26" t="s">
-        <v>200</v>
-[...8 lines deleted...]
-        <v>38047</v>
+        <v>198</v>
+      </c>
+      <c r="G138" s="19">
+        <v>40126</v>
+      </c>
+      <c r="H138" s="13" t="s">
+        <v>30</v>
+      </c>
+      <c r="I138" s="19">
+        <v>40669</v>
       </c>
     </row>
     <row r="139" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A139" s="31" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="B139" s="11" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="C139" s="11" t="s">
-        <v>29</v>
+        <v>154</v>
       </c>
       <c r="D139" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="E139" s="25" t="s">
+      <c r="E139" s="24" t="s">
+        <v>199</v>
+      </c>
+      <c r="F139" s="26" t="s">
+        <v>200</v>
+      </c>
+      <c r="G139" s="12">
+        <v>37924</v>
+      </c>
+      <c r="H139" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="I139" s="12">
+        <v>38047</v>
+      </c>
+    </row>
+    <row r="140" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A140" s="31" t="s">
+        <v>155</v>
+      </c>
+      <c r="B140" s="11" t="s">
+        <v>156</v>
+      </c>
+      <c r="C140" s="11" t="s">
+        <v>29</v>
+      </c>
+      <c r="D140" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="E140" s="25" t="s">
         <v>197</v>
       </c>
-      <c r="F139" s="26" t="s">
+      <c r="F140" s="26" t="s">
         <v>198</v>
       </c>
-      <c r="G139" s="12">
+      <c r="G140" s="12">
         <v>41362</v>
       </c>
-      <c r="H139" s="13" t="s">
-[...2 lines deleted...]
-      <c r="I139" s="12">
+      <c r="H140" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="I140" s="12">
         <v>41640</v>
       </c>
     </row>
-    <row r="140" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A140" s="31" t="s">
+    <row r="141" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A141" s="31" t="s">
         <v>206</v>
       </c>
-      <c r="B140" s="11" t="s">
+      <c r="B141" s="11" t="s">
         <v>129</v>
       </c>
-      <c r="C140" s="11" t="s">
+      <c r="C141" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="D140" s="8" t="s">
-[...2 lines deleted...]
-      <c r="E140" s="24" t="s">
+      <c r="D141" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E141" s="24" t="s">
         <v>199</v>
       </c>
-      <c r="F140" s="26" t="s">
+      <c r="F141" s="26" t="s">
         <v>196</v>
       </c>
-      <c r="G140" s="12">
+      <c r="G141" s="12">
         <v>42865</v>
       </c>
-      <c r="H140" s="13" t="s">
-[...2 lines deleted...]
-      <c r="I140" s="12">
+      <c r="H141" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="I141" s="12">
         <v>43040</v>
       </c>
     </row>
-    <row r="141" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A141" s="31" t="s">
+    <row r="142" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A142" s="31" t="s">
         <v>297</v>
       </c>
-      <c r="B141" s="11" t="s">
+      <c r="B142" s="11" t="s">
         <v>108</v>
       </c>
-      <c r="C141" s="11" t="s">
+      <c r="C142" s="11" t="s">
         <v>29</v>
       </c>
-      <c r="D141" s="8" t="s">
-[...2 lines deleted...]
-      <c r="E141" s="24" t="s">
+      <c r="D142" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E142" s="24" t="s">
         <v>195</v>
       </c>
-      <c r="F141" s="24" t="s">
+      <c r="F142" s="24" t="s">
         <v>196</v>
       </c>
-      <c r="G141" s="12">
+      <c r="G142" s="12">
         <v>45034</v>
       </c>
-      <c r="H141" s="13" t="s">
-[...2 lines deleted...]
-      <c r="I141" s="12">
+      <c r="H142" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="I142" s="12">
         <v>45323</v>
       </c>
     </row>
-    <row r="142" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A142" s="32" t="s">
+    <row r="143" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A143" s="32" t="s">
         <v>250</v>
       </c>
-      <c r="B142" s="28" t="s">
+      <c r="B143" s="28" t="s">
         <v>223</v>
       </c>
-      <c r="C142" s="28" t="s">
+      <c r="C143" s="28" t="s">
         <v>122</v>
       </c>
-      <c r="D142" s="29" t="s">
-[...2 lines deleted...]
-      <c r="E142" s="24" t="s">
+      <c r="D143" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E143" s="24" t="s">
         <v>199</v>
       </c>
-      <c r="F142" s="26" t="s">
+      <c r="F143" s="26" t="s">
         <v>196</v>
       </c>
-      <c r="G142" s="36">
+      <c r="G143" s="36">
         <v>43614</v>
       </c>
-      <c r="H142" s="13" t="s">
-[...2 lines deleted...]
-      <c r="I142" s="36">
+      <c r="H143" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="I143" s="36">
         <v>43770</v>
       </c>
     </row>
-    <row r="143" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A143" s="32" t="s">
+    <row r="144" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A144" s="32" t="s">
         <v>314</v>
       </c>
-      <c r="B143" s="28" t="s">
+      <c r="B144" s="28" t="s">
         <v>315</v>
       </c>
-      <c r="C143" s="28" t="s">
+      <c r="C144" s="28" t="s">
         <v>226</v>
       </c>
-      <c r="D143" s="8" t="s">
-[...2 lines deleted...]
-      <c r="E143" s="24" t="s">
+      <c r="D144" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E144" s="24" t="s">
         <v>210</v>
       </c>
-      <c r="F143" s="24" t="s">
+      <c r="F144" s="24" t="s">
         <v>211</v>
       </c>
-      <c r="G143" s="36">
+      <c r="G144" s="36">
         <v>45672</v>
       </c>
-      <c r="H143" s="14" t="s">
-[...2 lines deleted...]
-      <c r="I143" s="36">
+      <c r="H144" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="I144" s="36">
         <v>45992</v>
       </c>
     </row>
-    <row r="144" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A144" s="31" t="s">
+    <row r="145" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A145" s="31" t="s">
         <v>157</v>
       </c>
-      <c r="B144" s="11" t="s">
+      <c r="B145" s="11" t="s">
         <v>158</v>
       </c>
-      <c r="C144" s="11" t="s">
+      <c r="C145" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="D144" s="8" t="s">
-[...2 lines deleted...]
-      <c r="E144" s="24" t="s">
+      <c r="D145" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E145" s="24" t="s">
         <v>199</v>
       </c>
-      <c r="F144" s="26" t="s">
+      <c r="F145" s="26" t="s">
         <v>201</v>
       </c>
-      <c r="G144" s="12">
+      <c r="G145" s="12">
         <v>42648</v>
       </c>
-      <c r="H144" s="27" t="s">
-[...2 lines deleted...]
-      <c r="I144" s="12">
+      <c r="H145" s="27" t="s">
+        <v>4</v>
+      </c>
+      <c r="I145" s="12">
         <v>42887</v>
       </c>
     </row>
-    <row r="145" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A145" s="31" t="s">
+    <row r="146" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A146" s="31" t="s">
         <v>215</v>
       </c>
-      <c r="B145" s="11" t="s">
+      <c r="B146" s="11" t="s">
         <v>75</v>
       </c>
-      <c r="C145" s="11" t="s">
+      <c r="C146" s="11" t="s">
         <v>216</v>
       </c>
-      <c r="D145" s="8" t="s">
-[...28 lines deleted...]
-      <c r="D146" s="29" t="s">
+      <c r="D146" s="8" t="s">
         <v>11</v>
       </c>
       <c r="E146" s="24" t="s">
         <v>210</v>
       </c>
       <c r="F146" s="24" t="s">
         <v>211</v>
       </c>
-      <c r="G146" s="36">
-[...3 lines deleted...]
-        <v>30</v>
+      <c r="G146" s="12">
+        <v>42984</v>
+      </c>
+      <c r="H146" s="27" t="s">
+        <v>4</v>
       </c>
       <c r="I146" s="36">
-        <v>44966</v>
+        <v>43221</v>
       </c>
     </row>
     <row r="147" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A147" s="32" t="s">
-        <v>280</v>
+        <v>289</v>
       </c>
       <c r="B147" s="28" t="s">
-        <v>281</v>
+        <v>290</v>
       </c>
       <c r="C147" s="28" t="s">
-        <v>29</v>
+        <v>291</v>
       </c>
       <c r="D147" s="29" t="s">
         <v>11</v>
       </c>
-      <c r="E147" s="25" t="s">
-[...3 lines deleted...]
-        <v>198</v>
+      <c r="E147" s="24" t="s">
+        <v>210</v>
+      </c>
+      <c r="F147" s="24" t="s">
+        <v>211</v>
       </c>
       <c r="G147" s="36">
-        <v>44455</v>
+        <v>44880</v>
       </c>
       <c r="H147" s="13" t="s">
         <v>30</v>
       </c>
       <c r="I147" s="36">
-        <v>44648</v>
+        <v>44966</v>
       </c>
     </row>
     <row r="148" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A148" s="32" t="s">
         <v>280</v>
       </c>
       <c r="B148" s="28" t="s">
         <v>281</v>
       </c>
       <c r="C148" s="28" t="s">
         <v>29</v>
       </c>
       <c r="D148" s="29" t="s">
         <v>11</v>
       </c>
       <c r="E148" s="25" t="s">
         <v>197</v>
       </c>
       <c r="F148" s="26" t="s">
         <v>198</v>
       </c>
       <c r="G148" s="36">
-        <v>45203</v>
+        <v>44455</v>
       </c>
       <c r="H148" s="13" t="s">
-        <v>4</v>
+        <v>30</v>
       </c>
       <c r="I148" s="36">
-        <v>45413</v>
+        <v>44648</v>
       </c>
     </row>
     <row r="149" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A149" s="31" t="s">
-[...9 lines deleted...]
-        <v>8</v>
+      <c r="A149" s="32" t="s">
+        <v>280</v>
+      </c>
+      <c r="B149" s="28" t="s">
+        <v>281</v>
+      </c>
+      <c r="C149" s="28" t="s">
+        <v>29</v>
+      </c>
+      <c r="D149" s="29" t="s">
+        <v>11</v>
       </c>
       <c r="E149" s="25" t="s">
         <v>197</v>
       </c>
       <c r="F149" s="26" t="s">
         <v>198</v>
       </c>
-      <c r="G149" s="12">
-[...6 lines deleted...]
-        <v>38504</v>
+      <c r="G149" s="36">
+        <v>45203</v>
+      </c>
+      <c r="H149" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="I149" s="36">
+        <v>45413</v>
       </c>
     </row>
     <row r="150" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A150" s="31" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="B150" s="11" t="s">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="C150" s="11" t="s">
         <v>7</v>
       </c>
       <c r="D150" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="E150" s="24" t="s">
-        <v>199</v>
+      <c r="E150" s="25" t="s">
+        <v>197</v>
       </c>
       <c r="F150" s="26" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="G150" s="12">
-        <v>38897</v>
+        <v>38245</v>
       </c>
       <c r="H150" s="14" t="s">
         <v>4</v>
       </c>
       <c r="I150" s="12">
-        <v>39142</v>
+        <v>38504</v>
       </c>
     </row>
     <row r="151" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A151" s="31" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="B151" s="11" t="s">
-        <v>75</v>
+        <v>32</v>
       </c>
       <c r="C151" s="11" t="s">
         <v>7</v>
       </c>
       <c r="D151" s="8" t="s">
         <v>8</v>
       </c>
       <c r="E151" s="24" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-        <v>196</v>
+        <v>199</v>
+      </c>
+      <c r="F151" s="26" t="s">
+        <v>200</v>
       </c>
       <c r="G151" s="12">
-        <v>39176</v>
+        <v>38897</v>
       </c>
       <c r="H151" s="14" t="s">
         <v>4</v>
       </c>
-      <c r="I151" s="12" t="s">
-        <v>162</v>
+      <c r="I151" s="12">
+        <v>39142</v>
       </c>
     </row>
     <row r="152" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A152" s="31" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="B152" s="11" t="s">
-        <v>164</v>
+        <v>75</v>
       </c>
       <c r="C152" s="11" t="s">
-        <v>165</v>
+        <v>7</v>
       </c>
       <c r="D152" s="8" t="s">
         <v>8</v>
       </c>
       <c r="E152" s="24" t="s">
         <v>195</v>
       </c>
       <c r="F152" s="24" t="s">
         <v>196</v>
       </c>
       <c r="G152" s="12">
+        <v>39176</v>
+      </c>
+      <c r="H152" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="I152" s="12" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="153" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A153" s="31" t="s">
+        <v>163</v>
+      </c>
+      <c r="B153" s="11" t="s">
+        <v>164</v>
+      </c>
+      <c r="C153" s="11" t="s">
+        <v>165</v>
+      </c>
+      <c r="D153" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="E153" s="24" t="s">
+        <v>195</v>
+      </c>
+      <c r="F153" s="24" t="s">
+        <v>196</v>
+      </c>
+      <c r="G153" s="12">
         <v>41015</v>
       </c>
-      <c r="H152" s="13" t="s">
+      <c r="H153" s="13" t="s">
         <v>30</v>
       </c>
-      <c r="I152" s="12">
+      <c r="I153" s="12">
         <v>41563</v>
       </c>
     </row>
-    <row r="153" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A153" s="32" t="s">
+    <row r="154" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A154" s="32" t="s">
         <v>244</v>
       </c>
-      <c r="B153" s="28" t="s">
+      <c r="B154" s="28" t="s">
         <v>245</v>
       </c>
-      <c r="C153" s="28" t="s">
+      <c r="C154" s="28" t="s">
         <v>246</v>
       </c>
-      <c r="D153" s="29" t="s">
-[...2 lines deleted...]
-      <c r="E153" s="24" t="s">
+      <c r="D154" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E154" s="24" t="s">
         <v>210</v>
       </c>
-      <c r="F153" s="24" t="s">
+      <c r="F154" s="24" t="s">
         <v>211</v>
       </c>
-      <c r="G153" s="36">
+      <c r="G154" s="36">
         <v>43446</v>
       </c>
-      <c r="H153" s="14" t="s">
-[...2 lines deleted...]
-      <c r="I153" s="36">
+      <c r="H154" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="I154" s="36">
         <v>43922</v>
       </c>
     </row>
-    <row r="154" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A154" s="31" t="s">
+    <row r="155" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A155" s="31" t="s">
         <v>166</v>
       </c>
-      <c r="B154" s="11" t="s">
+      <c r="B155" s="11" t="s">
         <v>10</v>
       </c>
-      <c r="C154" s="7" t="s">
+      <c r="C155" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="D154" s="8" t="s">
-[...2 lines deleted...]
-      <c r="E154" s="24" t="s">
+      <c r="D155" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E155" s="24" t="s">
         <v>195</v>
       </c>
-      <c r="F154" s="24" t="s">
+      <c r="F155" s="24" t="s">
         <v>196</v>
       </c>
-      <c r="G154" s="9">
+      <c r="G155" s="9">
         <v>39533</v>
       </c>
-      <c r="H154" s="10" t="s">
-[...2 lines deleted...]
-      <c r="I154" s="9">
+      <c r="H155" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="I155" s="9">
         <v>39783</v>
       </c>
     </row>
-    <row r="155" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A155" s="32" t="s">
+    <row r="156" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A156" s="32" t="s">
         <v>234</v>
       </c>
-      <c r="B155" s="28" t="s">
+      <c r="B156" s="28" t="s">
         <v>235</v>
       </c>
-      <c r="C155" s="30" t="s">
+      <c r="C156" s="30" t="s">
         <v>236</v>
       </c>
-      <c r="D155" s="29" t="s">
-[...2 lines deleted...]
-      <c r="E155" s="24" t="s">
+      <c r="D156" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E156" s="24" t="s">
         <v>210</v>
       </c>
-      <c r="F155" s="24" t="s">
+      <c r="F156" s="24" t="s">
         <v>211</v>
       </c>
-      <c r="G155" s="33">
+      <c r="G156" s="33">
         <v>43305</v>
       </c>
-      <c r="H155" s="10" t="s">
-[...2 lines deleted...]
-      <c r="I155" s="33">
+      <c r="H156" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="I156" s="33">
         <v>43800</v>
       </c>
     </row>
-    <row r="156" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A156" s="31" t="s">
+    <row r="157" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A157" s="31" t="s">
         <v>167</v>
       </c>
-      <c r="B156" s="11" t="s">
+      <c r="B157" s="11" t="s">
         <v>168</v>
-      </c>
-[...27 lines deleted...]
-        <v>295</v>
       </c>
       <c r="C157" s="7" t="s">
         <v>7</v>
       </c>
       <c r="D157" s="8" t="s">
         <v>11</v>
       </c>
       <c r="E157" s="25" t="s">
         <v>197</v>
       </c>
       <c r="F157" s="26" t="s">
         <v>198</v>
       </c>
-      <c r="G157" s="33">
-[...6 lines deleted...]
-        <v>45413</v>
+      <c r="G157" s="9">
+        <v>39780</v>
+      </c>
+      <c r="H157" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="I157" s="9">
+        <v>40179</v>
       </c>
     </row>
     <row r="158" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A158" s="31" t="s">
-[...5 lines deleted...]
-      <c r="C158" s="11" t="s">
+      <c r="A158" s="32" t="s">
+        <v>294</v>
+      </c>
+      <c r="B158" s="28" t="s">
+        <v>295</v>
+      </c>
+      <c r="C158" s="7" t="s">
         <v>7</v>
       </c>
       <c r="D158" s="8" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E158" s="25" t="s">
         <v>197</v>
       </c>
       <c r="F158" s="26" t="s">
         <v>198</v>
       </c>
-      <c r="G158" s="12">
-[...6 lines deleted...]
-        <v>39417</v>
+      <c r="G158" s="33">
+        <v>45013</v>
+      </c>
+      <c r="H158" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="I158" s="36">
+        <v>45413</v>
       </c>
     </row>
     <row r="159" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A159" s="31" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="B159" s="11" t="s">
-        <v>21</v>
+        <v>170</v>
       </c>
       <c r="C159" s="11" t="s">
-        <v>29</v>
+        <v>7</v>
       </c>
       <c r="D159" s="8" t="s">
         <v>8</v>
       </c>
       <c r="E159" s="25" t="s">
         <v>197</v>
       </c>
       <c r="F159" s="26" t="s">
         <v>198</v>
       </c>
       <c r="G159" s="12">
-        <v>41213</v>
-[...1 lines deleted...]
-      <c r="H159" s="13" t="s">
+        <v>39098</v>
+      </c>
+      <c r="H159" s="14" t="s">
         <v>4</v>
       </c>
       <c r="I159" s="12">
-        <v>41395</v>
+        <v>39417</v>
       </c>
     </row>
     <row r="160" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A160" s="32" t="s">
-[...2 lines deleted...]
-      <c r="B160" s="28" t="s">
+      <c r="A160" s="31" t="s">
+        <v>171</v>
+      </c>
+      <c r="B160" s="11" t="s">
         <v>21</v>
       </c>
-      <c r="C160" s="28" t="s">
-        <v>7</v>
+      <c r="C160" s="11" t="s">
+        <v>29</v>
       </c>
       <c r="D160" s="8" t="s">
         <v>8</v>
       </c>
       <c r="E160" s="25" t="s">
         <v>197</v>
       </c>
       <c r="F160" s="26" t="s">
         <v>198</v>
       </c>
-      <c r="G160" s="36">
-[...5 lines deleted...]
-      <c r="I160" s="36"/>
+      <c r="G160" s="12">
+        <v>41213</v>
+      </c>
+      <c r="H160" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="I160" s="12">
+        <v>41395</v>
+      </c>
     </row>
     <row r="161" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A161" s="32" t="s">
-        <v>274</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>332</v>
+      </c>
+      <c r="B161" s="28" t="s">
+        <v>21</v>
+      </c>
+      <c r="C161" s="28" t="s">
+        <v>7</v>
       </c>
       <c r="D161" s="8" t="s">
         <v>8</v>
       </c>
       <c r="E161" s="25" t="s">
         <v>197</v>
       </c>
       <c r="F161" s="26" t="s">
         <v>198</v>
       </c>
       <c r="G161" s="36">
-        <v>44390</v>
-[...6 lines deleted...]
-      </c>
+        <v>45947</v>
+      </c>
+      <c r="H161" s="23" t="s">
+        <v>194</v>
+      </c>
+      <c r="I161" s="36"/>
     </row>
     <row r="162" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A162" s="32" t="s">
-        <v>260</v>
-[...5 lines deleted...]
-        <v>7</v>
+        <v>274</v>
+      </c>
+      <c r="B162" s="34" t="s">
+        <v>275</v>
+      </c>
+      <c r="C162" s="34" t="s">
+        <v>2</v>
       </c>
       <c r="D162" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="E162" s="24" t="s">
-        <v>199</v>
+      <c r="E162" s="25" t="s">
+        <v>197</v>
       </c>
       <c r="F162" s="26" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="G162" s="36">
-        <v>43866</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>44390</v>
+      </c>
+      <c r="H162" s="13" t="s">
+        <v>30</v>
       </c>
       <c r="I162" s="36">
-        <v>44044</v>
+        <v>44916</v>
       </c>
     </row>
     <row r="163" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A163" s="31" t="s">
-[...5 lines deleted...]
-      <c r="C163" s="11" t="s">
+      <c r="A163" s="32" t="s">
+        <v>260</v>
+      </c>
+      <c r="B163" s="28" t="s">
+        <v>170</v>
+      </c>
+      <c r="C163" s="28" t="s">
         <v>7</v>
       </c>
       <c r="D163" s="8" t="s">
         <v>8</v>
       </c>
       <c r="E163" s="24" t="s">
         <v>199</v>
       </c>
       <c r="F163" s="26" t="s">
         <v>200</v>
       </c>
-      <c r="G163" s="12">
-[...6 lines deleted...]
-        <v>39142</v>
+      <c r="G163" s="36">
+        <v>43866</v>
+      </c>
+      <c r="H163" s="27" t="s">
+        <v>4</v>
+      </c>
+      <c r="I163" s="36">
+        <v>44044</v>
       </c>
     </row>
     <row r="164" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A164" s="32" t="s">
-[...5 lines deleted...]
-      <c r="C164" s="28" t="s">
+      <c r="A164" s="31" t="s">
+        <v>172</v>
+      </c>
+      <c r="B164" s="11" t="s">
+        <v>173</v>
+      </c>
+      <c r="C164" s="11" t="s">
         <v>7</v>
       </c>
       <c r="D164" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="E164" s="25" t="s">
+      <c r="E164" s="24" t="s">
+        <v>199</v>
+      </c>
+      <c r="F164" s="26" t="s">
+        <v>200</v>
+      </c>
+      <c r="G164" s="12">
+        <v>38894</v>
+      </c>
+      <c r="H164" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="I164" s="12">
+        <v>39142</v>
+      </c>
+    </row>
+    <row r="165" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A165" s="32" t="s">
+        <v>273</v>
+      </c>
+      <c r="B165" s="28" t="s">
+        <v>21</v>
+      </c>
+      <c r="C165" s="28" t="s">
+        <v>7</v>
+      </c>
+      <c r="D165" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="E165" s="25" t="s">
         <v>197</v>
       </c>
-      <c r="F164" s="26" t="s">
+      <c r="F165" s="26" t="s">
         <v>198</v>
       </c>
-      <c r="G164" s="36">
+      <c r="G165" s="36">
         <v>44357</v>
       </c>
-      <c r="H164" s="13" t="s">
+      <c r="H165" s="13" t="s">
         <v>30</v>
       </c>
-      <c r="I164" s="36">
+      <c r="I165" s="36">
         <v>45002</v>
       </c>
     </row>
-    <row r="165" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A165" s="31" t="s">
+    <row r="166" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A166" s="31" t="s">
         <v>174</v>
       </c>
-      <c r="B165" s="11" t="s">
+      <c r="B166" s="11" t="s">
         <v>95</v>
       </c>
-      <c r="C165" s="15" t="s">
+      <c r="C166" s="15" t="s">
         <v>29</v>
       </c>
-      <c r="D165" s="8" t="s">
-[...2 lines deleted...]
-      <c r="E165" s="24" t="s">
+      <c r="D166" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E166" s="24" t="s">
         <v>195</v>
       </c>
-      <c r="F165" s="24" t="s">
+      <c r="F166" s="24" t="s">
         <v>196</v>
       </c>
-      <c r="G165" s="16">
+      <c r="G166" s="16">
         <v>41941</v>
       </c>
-      <c r="H165" s="10" t="s">
-[...2 lines deleted...]
-      <c r="I165" s="12">
+      <c r="H166" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="I166" s="12">
         <v>42156</v>
       </c>
     </row>
-    <row r="166" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A166" s="32" t="s">
+    <row r="167" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A167" s="32" t="s">
         <v>302</v>
       </c>
-      <c r="B166" s="28" t="s">
+      <c r="B167" s="28" t="s">
         <v>303</v>
       </c>
-      <c r="C166" s="34" t="s">
+      <c r="C167" s="34" t="s">
         <v>304</v>
       </c>
-      <c r="D166" s="8" t="s">
+      <c r="D167" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="E166" s="25" t="s">
+      <c r="E167" s="25" t="s">
         <v>197</v>
       </c>
-      <c r="F166" s="26" t="s">
+      <c r="F167" s="26" t="s">
         <v>198</v>
       </c>
-      <c r="G166" s="38">
+      <c r="G167" s="38">
         <v>45203</v>
       </c>
-      <c r="H166" s="13" t="s">
+      <c r="H167" s="13" t="s">
         <v>30</v>
       </c>
-      <c r="I166" s="36">
+      <c r="I167" s="36">
         <v>45376</v>
-      </c>
-[...27 lines deleted...]
-        <v>43467</v>
       </c>
     </row>
     <row r="168" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A168" s="31" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="B168" s="11" t="s">
-        <v>16</v>
+        <v>75</v>
       </c>
       <c r="C168" s="7" t="s">
-        <v>7</v>
+        <v>24</v>
       </c>
       <c r="D168" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="E168" s="25" t="s">
-[...3 lines deleted...]
-        <v>198</v>
+      <c r="E168" s="24" t="s">
+        <v>195</v>
+      </c>
+      <c r="F168" s="24" t="s">
+        <v>196</v>
       </c>
       <c r="G168" s="9">
-        <v>39216</v>
+        <v>39747</v>
       </c>
       <c r="H168" s="10" t="s">
         <v>4</v>
       </c>
-      <c r="I168" s="9">
-        <v>39630</v>
+      <c r="I168" s="12">
+        <v>43467</v>
       </c>
     </row>
     <row r="169" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A169" s="31" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="B169" s="11" t="s">
-        <v>178</v>
+        <v>16</v>
       </c>
       <c r="C169" s="7" t="s">
-        <v>179</v>
+        <v>7</v>
       </c>
       <c r="D169" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="E169" s="24" t="s">
-        <v>199</v>
+      <c r="E169" s="25" t="s">
+        <v>197</v>
       </c>
       <c r="F169" s="26" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="G169" s="9">
-        <v>42249</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>39216</v>
+      </c>
+      <c r="H169" s="10" t="s">
+        <v>4</v>
       </c>
       <c r="I169" s="9">
-        <v>44846</v>
+        <v>39630</v>
       </c>
     </row>
     <row r="170" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A170" s="31" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="B170" s="11" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>178</v>
+      </c>
+      <c r="C170" s="7" t="s">
+        <v>179</v>
       </c>
       <c r="D170" s="8" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E170" s="24" t="s">
         <v>199</v>
       </c>
       <c r="F170" s="26" t="s">
         <v>200</v>
       </c>
-      <c r="G170" s="12">
+      <c r="G170" s="9">
+        <v>42249</v>
+      </c>
+      <c r="H170" s="13" t="s">
+        <v>30</v>
+      </c>
+      <c r="I170" s="9">
+        <v>44846</v>
+      </c>
+    </row>
+    <row r="171" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A171" s="31" t="s">
+        <v>180</v>
+      </c>
+      <c r="B171" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="C171" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="D171" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="E171" s="24" t="s">
+        <v>199</v>
+      </c>
+      <c r="F171" s="26" t="s">
+        <v>200</v>
+      </c>
+      <c r="G171" s="12">
         <v>37522</v>
       </c>
-      <c r="H170" s="14" t="s">
-[...2 lines deleted...]
-      <c r="I170" s="12">
+      <c r="H171" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="I171" s="12">
         <v>37653</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A4:I170" xr:uid="{00000000-0009-0000-0000-000000000000}">
+  <autoFilter ref="A4:I171" xr:uid="{00000000-0009-0000-0000-000000000000}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A89:I92">
-      <sortCondition descending="1" ref="A4:A126"/>
+      <sortCondition descending="1" ref="A4:A127"/>
     </sortState>
   </autoFilter>
   <mergeCells count="4">
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="H1:I1"/>
     <mergeCell ref="H2:I2"/>
     <mergeCell ref="H3:I3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 