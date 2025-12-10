--- v0 (2025-10-15)
+++ v1 (2025-12-10)
@@ -1,324 +1,652 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3F815411" w14:textId="79517C46" w:rsidR="0082094D" w:rsidRPr="0082094D" w:rsidRDefault="0082094D">
+    <w:p w14:paraId="3F815411" w14:textId="154F19EB" w:rsidR="0082094D" w:rsidRPr="0082094D" w:rsidRDefault="0082094D">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00617ABF">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">Přihláška do programu </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00617ABF">
+        <w:t>Přihláška do programu Mentoring Job Centra UTB ve Zlíně</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Mentoring</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00617ABF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00937AAD">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Job Centra UTB ve Zlíně</w:t>
+        <w:t>–</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> - </w:t>
-[...14 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> Mentee</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29DA3B00" w14:textId="7D305EF1" w:rsidR="002923C4" w:rsidRPr="00B414CA" w:rsidRDefault="002923C4">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B414CA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>Jméno, příjmení, titul:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43B72BED" w14:textId="4F34E8AE" w:rsidR="002923C4" w:rsidRDefault="002923C4">
-      <w:r>
+    <w:p w14:paraId="43B72BED" w14:textId="4F34E8AE" w:rsidR="002923C4" w:rsidRPr="00B414CA" w:rsidRDefault="002923C4">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B414CA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>Fakulta:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BCF4443" w14:textId="6DF8047F" w:rsidR="002923C4" w:rsidRDefault="002923C4">
-      <w:r>
+    <w:p w14:paraId="3BCF4443" w14:textId="6DF8047F" w:rsidR="002923C4" w:rsidRPr="00B414CA" w:rsidRDefault="002923C4">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B414CA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>Studijní program/ obor:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ED17392" w14:textId="68EA03C5" w:rsidR="002923C4" w:rsidRDefault="002923C4">
-      <w:r>
+    <w:p w14:paraId="5ED17392" w14:textId="68EA03C5" w:rsidR="002923C4" w:rsidRPr="00B414CA" w:rsidRDefault="002923C4">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B414CA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>Ročník studia:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="749F8996" w14:textId="2B8D68A5" w:rsidR="002923C4" w:rsidRDefault="002923C4">
-      <w:r>
+    <w:p w14:paraId="749F8996" w14:textId="2B8D68A5" w:rsidR="002923C4" w:rsidRPr="00B414CA" w:rsidRDefault="002923C4">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B414CA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>Forma studia:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7595F6EE" w14:textId="152EF3E9" w:rsidR="00502B16" w:rsidRDefault="00502B16">
-[...13 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7595F6EE" w14:textId="152EF3E9" w:rsidR="00502B16" w:rsidRPr="00B414CA" w:rsidRDefault="00502B16">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B414CA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Preferovaný jazyk pro mentoring:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06AC00F8" w14:textId="1DB22959" w:rsidR="00571825" w:rsidRPr="00B414CA" w:rsidRDefault="00571825">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B414CA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>Preferovaný mentor/mentoři:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AF454E2" w14:textId="72C6E577" w:rsidR="002923C4" w:rsidRDefault="002923C4">
-      <w:r>
+    <w:p w14:paraId="6AF454E2" w14:textId="72C6E577" w:rsidR="002923C4" w:rsidRPr="00B414CA" w:rsidRDefault="002923C4">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B414CA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>Kontaktní e-mail:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="535E0994" w14:textId="69DD023E" w:rsidR="002923C4" w:rsidRDefault="002923C4">
-      <w:r>
+    <w:p w14:paraId="535E0994" w14:textId="69DD023E" w:rsidR="002923C4" w:rsidRPr="00B414CA" w:rsidRDefault="002923C4">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B414CA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>Kontaktní telefon:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EAC01CD" w14:textId="07CE0A4A" w:rsidR="00467B25" w:rsidRDefault="00467B25"/>
-    <w:p w14:paraId="066D732E" w14:textId="2632BBB8" w:rsidR="00467B25" w:rsidRDefault="00467B25">
-[...9 lines deleted...]
-        <w:t>?</w:t>
+    <w:p w14:paraId="561ACC09" w14:textId="7C2F57B3" w:rsidR="00B414CA" w:rsidRPr="00B23FB7" w:rsidRDefault="00B414CA">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B23FB7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Co vás vedlo k tomu přihlásit se do mentoringu? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5125A856" w14:textId="2CB7CF46" w:rsidR="002923C4" w:rsidRDefault="002923C4"/>
     <w:p w14:paraId="1F761BC3" w14:textId="77777777" w:rsidR="00571825" w:rsidRDefault="00571825"/>
-    <w:p w14:paraId="22978DB8" w14:textId="7A4A29C4" w:rsidR="002923C4" w:rsidRDefault="002923C4">
-[...11 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="33AD782F" w14:textId="2663B0EF" w:rsidR="00B414CA" w:rsidRDefault="002923C4" w:rsidP="00B414CA">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B414CA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Co od mentoringu očekáváte?</w:t>
+      </w:r>
+      <w:r w:rsidR="00B414CA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B414CA" w:rsidRPr="0078732C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Co byste si z této zkušenosti chtěl/a odnést?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73C009A6" w14:textId="77777777" w:rsidR="004E6C7D" w:rsidRDefault="004E6C7D" w:rsidP="00B414CA">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="770D3848" w14:textId="77777777" w:rsidR="004E6C7D" w:rsidRDefault="004E6C7D" w:rsidP="00B414CA">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B40BA19" w14:textId="7D305002" w:rsidR="004E6C7D" w:rsidRPr="004E6C7D" w:rsidRDefault="004E6C7D" w:rsidP="00B414CA">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E6C7D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Na jaká témata byste se v rámci mentoringu chtěl/a zaměřit?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22978DB8" w14:textId="20E8605E" w:rsidR="002923C4" w:rsidRDefault="002923C4"/>
     <w:p w14:paraId="0A313D11" w14:textId="1E0073BE" w:rsidR="002923C4" w:rsidRDefault="002923C4"/>
     <w:p w14:paraId="12650D34" w14:textId="49B83AD0" w:rsidR="002923C4" w:rsidRDefault="002923C4"/>
-    <w:p w14:paraId="3BB51CDF" w14:textId="2E2172A7" w:rsidR="002923C4" w:rsidRDefault="002923C4"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> věnovat?</w:t>
+    <w:p w14:paraId="3BB51CDF" w14:textId="2E2172A7" w:rsidR="002923C4" w:rsidRPr="00621FCE" w:rsidRDefault="002923C4"/>
+    <w:p w14:paraId="59864417" w14:textId="00FA4DD6" w:rsidR="008F7506" w:rsidRPr="00452B22" w:rsidRDefault="008F7506">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00452B22">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Jak často byste se chtěl/a se svým mentorem/mentorkou setkávat? (Pro úspěšné absolvování je potřeba minimálně 5 setkání)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76534D03" w14:textId="74BE635F" w:rsidR="002923C4" w:rsidRDefault="002923C4"/>
-    <w:p w14:paraId="46F73A4F" w14:textId="1584B9D9" w:rsidR="002923C4" w:rsidRDefault="002923C4"/>
-[...1 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="46F73A4F" w14:textId="1584B9D9" w:rsidR="002923C4" w:rsidRPr="00F91514" w:rsidRDefault="002923C4">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F863514" w14:textId="5F513915" w:rsidR="00467B25" w:rsidRPr="00564430" w:rsidRDefault="002923C4">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F91514">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>Jaké povolání byste chtěl</w:t>
       </w:r>
-      <w:r w:rsidR="00FC3CF9">
-[...10 lines deleted...]
-    <w:sectPr w:rsidR="00467B25">
+      <w:r w:rsidR="00FC3CF9" w:rsidRPr="00F91514">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">/a vykonávat v budoucnu? (Můžete napsat i více, nebo pokud nevíte, </w:t>
+      </w:r>
+      <w:r w:rsidR="008F0608">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>napište</w:t>
+      </w:r>
+      <w:r w:rsidR="007F23BA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="008F0608">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> co vás baví a </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC3CF9" w:rsidRPr="00F91514">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>jakým aktivitám se rádi věnujete ve volném čase)</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00467B25" w:rsidRPr="00564430">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1283605B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A260EDBC"/>
+    <w:lvl w:ilvl="0" w:tplc="3FAC32BC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04050001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04050001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1381127961">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002923C4"/>
+    <w:rsid w:val="0000282B"/>
+    <w:rsid w:val="000E555D"/>
+    <w:rsid w:val="0012272D"/>
+    <w:rsid w:val="001811BB"/>
+    <w:rsid w:val="001F502F"/>
+    <w:rsid w:val="00284484"/>
     <w:rsid w:val="002923C4"/>
     <w:rsid w:val="002C64D9"/>
+    <w:rsid w:val="00364167"/>
+    <w:rsid w:val="00452B22"/>
     <w:rsid w:val="00467B25"/>
+    <w:rsid w:val="004E6C7D"/>
     <w:rsid w:val="00502B16"/>
+    <w:rsid w:val="00545A35"/>
+    <w:rsid w:val="00564430"/>
     <w:rsid w:val="00571825"/>
     <w:rsid w:val="005A4D6A"/>
+    <w:rsid w:val="00621FCE"/>
     <w:rsid w:val="006A501E"/>
     <w:rsid w:val="0075398F"/>
     <w:rsid w:val="00775A0A"/>
+    <w:rsid w:val="0078732C"/>
+    <w:rsid w:val="007F23BA"/>
     <w:rsid w:val="0082094D"/>
+    <w:rsid w:val="00856E71"/>
     <w:rsid w:val="008E119B"/>
+    <w:rsid w:val="008F0608"/>
+    <w:rsid w:val="008F7506"/>
+    <w:rsid w:val="00937AAD"/>
+    <w:rsid w:val="00B23FB7"/>
+    <w:rsid w:val="00B246FF"/>
+    <w:rsid w:val="00B414CA"/>
+    <w:rsid w:val="00DE28C4"/>
+    <w:rsid w:val="00DE40E6"/>
+    <w:rsid w:val="00F42805"/>
+    <w:rsid w:val="00F91514"/>
+    <w:rsid w:val="00FC16A4"/>
     <w:rsid w:val="00FC3CF9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="68D79E1A"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{3F07E1DB-D0AC-401C-A9A1-8637DEA0D9B7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="cs-CZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -646,95 +974,111 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normln">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardnpsmoodstavce">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normlntabulka">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezseznamu">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Odstavecseseznamem">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normln"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B246FF"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -993,69 +1337,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>73</Words>
-  <Characters>434</Characters>
+  <Words>105</Words>
+  <Characters>623</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>3</Lines>
+  <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>506</CharactersWithSpaces>
+  <CharactersWithSpaces>727</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Eliška Volná</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>