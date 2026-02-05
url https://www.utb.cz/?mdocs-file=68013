--- v0 (2025-12-17)
+++ v1 (2026-02-05)
@@ -1,33 +1,33 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
@@ -223,54 +223,54 @@
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="15987" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="132" d="100"/>
-          <a:sy n="132" d="100"/>
+          <a:sx n="123" d="100"/>
+          <a:sy n="123" d="100"/>
         </p:scale>
-        <p:origin x="528" y="120"/>
+        <p:origin x="870" y="330"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="3" d="2"/>
         <a:sy n="3" d="2"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
@@ -6414,97 +6414,104 @@
           </a:effectRef>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" sz="2000" b="1" strike="noStrike" spc="-1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="50000"/>
                     <a:lumOff val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="UTB Text" panose="00000500000000000000" pitchFamily="50" charset="-18"/>
                 <a:ea typeface="DejaVu Sans"/>
               </a:rPr>
-              <a:t>2025</a:t>
+              <a:t>2026</a:t>
             </a:r>
             <a:endParaRPr lang="cs-CZ" sz="1600" b="0" strike="noStrike" spc="-1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="50000"/>
                   <a:lumOff val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="UTB Text" panose="00000500000000000000" pitchFamily="50" charset="-18"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="155" name="Line 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2686752" y="3632947"/>
             <a:ext cx="792000" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="57240">
             <a:solidFill>
               <a:srgbClr val="EA7500"/>
             </a:solidFill>
             <a:round/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:effectRef>
           <a:fontRef idx="minor"/>
         </p:style>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="cs-CZ"/>
+          </a:p>
+        </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Obrázek 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{25331FEA-E55C-4F7B-AB04-5BBA19B6753D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect l="30639" r="18697"/>
           <a:stretch/>
@@ -6748,50 +6755,57 @@
             <a:off x="3448159" y="4296053"/>
             <a:ext cx="792000" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="57240">
             <a:solidFill>
               <a:srgbClr val="EA7500"/>
             </a:solidFill>
             <a:round/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:effectRef>
           <a:fontRef idx="minor"/>
         </p:style>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="cs-CZ"/>
+          </a:p>
+        </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Obdélník 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D40DAA85-8D6E-4E7C-93B8-3D1E1D059D70}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3361073" y="4388082"/>
             <a:ext cx="4092011" cy="923330"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
@@ -7421,50 +7435,69 @@
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="UTB Text" panose="00000500000000000000" pitchFamily="50" charset="-18"/>
                 <a:ea typeface="Source Sans Pro" panose="020B0503030403020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Problematika ochrany osobních údajů </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="742950" lvl="1" indent="-285750">
               <a:lnSpc>
                 <a:spcPct val="130000"/>
               </a:lnSpc>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" sz="1600" spc="-1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="UTB Text" panose="00000500000000000000" pitchFamily="50" charset="-18"/>
                 <a:ea typeface="Source Sans Pro" panose="020B0503030403020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Bezpečnost a ochrana zdraví při práci a školení Požární ochrany</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="742950" lvl="1" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="130000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="1600" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="UTB Text" panose="00000500000000000000" pitchFamily="50" charset="-18"/>
+                <a:ea typeface="Source Sans Pro" panose="020B0503030403020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Kyberbezpečnost</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" sz="1600" spc="-1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="UTB Text" panose="00000500000000000000" pitchFamily="50" charset="-18"/>
                 <a:ea typeface="Source Sans Pro" panose="020B0503030403020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:endParaRPr lang="cs-CZ" sz="1600" spc="-1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="UTB Text" panose="00000500000000000000" pitchFamily="50" charset="-18"/>
               <a:ea typeface="Source Sans Pro" panose="020B0503030403020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
@@ -10421,52 +10454,52 @@
             </a:pPr>
             <a:endParaRPr lang="cs-CZ" sz="1600" b="1" strike="noStrike" spc="-1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Source Sans Pro" panose="020B0503030403020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Source Sans Pro" panose="020B0503030403020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="33" name="CustomShape 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1BA22126-DC44-4AFD-BE5A-A823BA007870}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="955453" y="1273025"/>
-            <a:ext cx="7694504" cy="3918407"/>
+            <a:off x="955451" y="1273025"/>
+            <a:ext cx="9125173" cy="3918407"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:effectRef>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
@@ -10677,81 +10710,61 @@
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="UTB Text" panose="00000500000000000000" pitchFamily="50" charset="-18"/>
                 <a:ea typeface="Source Sans Pro" panose="020B0503030403020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> Zlín, …)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:lnSpc>
                 <a:spcPct val="130000"/>
               </a:lnSpc>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" spc="-1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="UTB Text" panose="00000500000000000000" pitchFamily="50" charset="-18"/>
                 <a:ea typeface="Source Sans Pro" panose="020B0503030403020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Pobyty a </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="cs-CZ" b="1" spc="-1" dirty="0" err="1">
+              <a:t>Slevy na pobyty a wellness </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" spc="-1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="UTB Text" panose="00000500000000000000" pitchFamily="50" charset="-18"/>
                 <a:ea typeface="Source Sans Pro" panose="020B0503030403020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>wellness</a:t>
-[...19 lines deleted...]
-              <a:t>(chata Portáš, Augustiniánský dům, Lázně Luhačovice, …)</a:t>
+              <a:t>(Portáš, Augustiniánský dům, Lázně Luhačovice, CK Alexandria,…)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:lnSpc>
                 <a:spcPct val="130000"/>
               </a:lnSpc>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" spc="-1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="UTB Text" panose="00000500000000000000" pitchFamily="50" charset="-18"/>
                 <a:ea typeface="Source Sans Pro" panose="020B0503030403020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Zvýhodněné </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" spc="-1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
@@ -13290,88 +13303,85 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
-  <Words>445</Words>
+  <Words>499</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Vlastní</PresentationFormat>
-  <Paragraphs>103</Paragraphs>
+  <Paragraphs>104</Paragraphs>
   <Slides>10</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Použitá písma</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>8</vt:i4>
+        <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Motiv</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nadpisy snímků</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>10</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="21" baseType="lpstr">
-      <vt:lpstr>Microsoft YaHei</vt:lpstr>
+    <vt:vector size="18" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
-      <vt:lpstr>DejaVu Sans</vt:lpstr>
       <vt:lpstr>Source Sans Pro</vt:lpstr>
-      <vt:lpstr>SourceSansPro-Light</vt:lpstr>
       <vt:lpstr>Symbol</vt:lpstr>
       <vt:lpstr>UTB Text</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>Prezentace aplikace PowerPoint</vt:lpstr>
       <vt:lpstr>Prezentace aplikace PowerPoint</vt:lpstr>
       <vt:lpstr>Prezentace aplikace PowerPoint</vt:lpstr>
       <vt:lpstr>Prezentace aplikace PowerPoint</vt:lpstr>
       <vt:lpstr>Prezentace aplikace PowerPoint</vt:lpstr>
       <vt:lpstr>Prezentace aplikace PowerPoint</vt:lpstr>
       <vt:lpstr>Prezentace aplikace PowerPoint</vt:lpstr>
       <vt:lpstr>Prezentace aplikace PowerPoint</vt:lpstr>
       <vt:lpstr>Prezentace aplikace PowerPoint</vt:lpstr>
       <vt:lpstr>Prezentace aplikace PowerPoint</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 