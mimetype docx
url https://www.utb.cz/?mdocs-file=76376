--- v0 (2025-10-15)
+++ v1 (2025-12-04)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer7.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer8.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer9.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer10.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/word/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer11.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer12.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webextensions/taskpanes.xml" ContentType="application/vnd.ms-office.webextensiontaskpanes+xml"/>
   <Override PartName="/word/webextensions/webextension1.xml" ContentType="application/vnd.ms-office.webextension+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/webextensiontaskpanes" Target="word/webextensions/taskpanes.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="084FEB39" w14:textId="08FE237E" w:rsidR="00534E21" w:rsidRPr="006360B8" w:rsidRDefault="00E65E0B" w:rsidP="006360B8">
+    <w:p w14:paraId="084FEB39" w14:textId="521DB4FC" w:rsidR="00534E21" w:rsidRPr="006360B8" w:rsidRDefault="00E65E0B" w:rsidP="006360B8">
       <w:pPr>
         <w:pStyle w:val="9556896D55254894825BAA4CFD7290421"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:lang w:eastAsia="cs-CZ"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662848" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="30BAC68E" wp14:editId="38C14DF8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>73025</wp:posOffset>
                 </wp:positionH>
@@ -186,51 +186,51 @@
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="3603172"/>
                             <a:ext cx="5939790" cy="28575"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
+          <mc:Fallback>
             <w:pict>
               <v:group w14:anchorId="0705D3A2" id="Skupina 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:5.75pt;margin-top:379.9pt;width:467.7pt;height:285.95pt;z-index:-251653632" coordsize="59397,36317" o:gfxdata="UEsDBBQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QratPtgBBqu8M6joDQeIAocdtA40RxKNvbk3abBNNA4pjY3+/PSbna2YGNEMg4rPgiLzgD&#10;VE4b7Cr+un3I7jijKFHLwSFUfA/EV/X1VbndeyCWaKSK9zH6eyFI9WAl5c4DpkrrgpUxHUMnvFTv&#10;sgOxLIpboRxGwJjFKYPXZQOt/Bgi2+zS9cHkzUPH2frQOM2quLFTwFwQF5kAA50x0vvBKBnTdmJE&#10;fWaWHa3yRM491BtPN0mdX54wVX5KfR9w5J7ScwajgT3LEB+lTepCBxKwdI1T+d8Zk6SlzLWtUZA3&#10;gTYzdXL6LVu7Twww/je8SdgLjKd0MX9q/QUAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAKP28SD/AgAAbgwAAA4AAABkcnMvZTJvRG9jLnhtbOxXXW7bMAx+H7A7&#10;CH5PbSuOnRhNii5piwHbGqzbARRZjoXakiApSbthh9lZdrFRspP+JECLPq1DH2JLpESRH/mZyvHJ&#10;TVOjNdOGSzEO4qMoQExQWXCxHAffv533hgEyloiC1FKwcXDLTHAyef/ueKNyhmUl64JpBEaEyTdq&#10;HFTWqjwMDa1YQ8yRVEyAspS6IRamehkWmmzAelOHOIrScCN1obSkzBiQzlplMPH2y5JRe1mWhllU&#10;jwPwzfqn9s+Fe4aTY5IvNVEVp50b5AVeNIQLOHRnakYsQSvN90w1nGppZGmPqGxCWZacMh8DRBNH&#10;j6K50HKlfCzLfLNUO5gA2kc4vdgs/bKea8SLcZAGSJAGUnR1vVJcEJQ6cDZqmcOaC62u1Fx3gmU7&#10;c/HelLpxb4gE3XhYb3ewshuLKAgHo/4oGwH6FHT9tB9nSdYCTyvIzt4+Wp09sTPcHhw6/3buKE5z&#10;+HU4wWgPp6frCXbZlWZBZ6R5lo2GaACtBylVxPIFr7m99eUJyXNOifWc07luJ3eQxymOMMajLfKX&#10;C/3n9w92jWIHj9vo1rY7iYvsk6TXBlThQ52fPjhjUXN1zuvapcaNu2ig8B8VzgFA2qKcSbpqmLAt&#10;yzSrITApTMWVCZDOWbNgUDT6YxFDXoHhFipHaS6spwGk/pOx7nRXBJ4IP/HwNIpG+ENvOoimvSTK&#10;znqnoyTrZdFZlkTJMJ7G019ud5zkK8MgVlLPFO9cB+me8wervvs+tHzyvERr4tnvgPMObd/eRRA5&#10;hJyvxmpmaeWGJYD3Fb4e7Z6dwiN9B65LgwFeoMXmsywAAbKy0gNwkBe4D3FCusFoC8weO/BwkA2c&#10;flfhkHdt7AWTDXIDgBy88keQNfjfLt0ucXaFdIn3R9TigQBsOomPwXndDSGItthg8Gqok+C0H2UY&#10;Z6+aO/iNO8/lTteqD/aUN9Y8s+EAUIMkTeGT3bb6t4bzfzecfhrBbQv/iw3H39zgUutbXXcBd7fm&#10;+3MY3/+bMPkLAAD//wMAUEsDBBQABgAIAAAAIQAZlLvJwwAAAKcBAAAZAAAAZHJzL19yZWxzL2Uy&#10;b0RvYy54bWwucmVsc7yQywrCMBBF94L/EGZv03YhIqZuRHAr+gFDMk2jzYMkiv69AUEUBHcuZ4Z7&#10;7mFW65sd2ZViMt4JaKoaGDnplXFawPGwnS2ApYxO4egdCbhTgnU3naz2NGIuoTSYkFihuCRgyDks&#10;OU9yIIup8oFcufQ+WsxljJoHlGfUxNu6nvP4zoDug8l2SkDcqRbY4R5K82+273sjaePlxZLLXyq4&#10;saW7ADFqygIsKYPPZVudAmng3yWa/0g0Lwn+8d7uAQAA//8DAFBLAwQUAAYACAAAACEAhqCbPOEA&#10;AAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBSE74L/YXmCN7tZY9omZlNKUU+lYCtIb9vs&#10;axKa3Q3ZbZL+e58nPQ4zzHyTrybTsgF73zgrQcwiYGhLpxtbSfg6vD8tgfmgrFatsyjhhh5Wxf1d&#10;rjLtRvuJwz5UjEqsz5SEOoQu49yXNRrlZ65DS97Z9UYFkn3Fda9GKjctf46iOTeqsbRQqw43NZaX&#10;/dVI+BjVuI7F27C9nDe34yHZfW8FSvn4MK1fgQWcwl8YfvEJHQpiOrmr1Z61pEVCSQmLJKULFEhf&#10;5imwEzlxLBbAi5z//1D8AAAA//8DAFBLAwQKAAAAAAAAACEAbuv0ld8DAADfAwAAFQAAAGRycy9t&#10;ZWRpYS9pbWFnZTEuanBlZ//Y/+AAEEpGSUYAAQEBANwA3AAA/9sAQwACAQEBAQECAQEBAgICAgIE&#10;AwICAgIFBAQDBAYFBgYGBQYGBgcJCAYHCQcGBggLCAkKCgoKCgYICwwLCgwJCgoK/9sAQwECAgIC&#10;AgIFAwMFCgcGBwoKCgoKCgoKCgoKCgoKCgoKCgoKCgoKCgoKCgoKCgoKCgoKCgoKCgoKCgoKCgoK&#10;CgoK/8AAEQgABwWVAwEiAAIRAQMRAf/EAB8AAAEFAQEBAQEBAAAAAAAAAAABAgMEBQYHCAkKC//E&#10;ALUQAAIBAwMCBAMFBQQEAAABfQECAwAEEQUSITFBBhNRYQcicRQygZGhCCNCscEVUtHwJDNicoIJ&#10;ChYXGBkaJSYnKCkqNDU2Nzg5OkNERUZHSElKU1RVVldYWVpjZGVmZ2hpanN0dXZ3eHl6g4SFhoeI&#10;iYqSk5SVlpeYmZqio6Slpqeoqaqys7S1tre4ubrCw8TFxsfIycrS09TV1tfY2drh4uPk5ebn6Onq&#10;8fLz9PX29/j5+v/EAB8BAAMBAQEBAQEBAQEAAAAAAAABAgMEBQYHCAkKC//EALURAAIBAgQEAwQH&#10;BQQEAAECdwABAgMRBAUhMQYSQVEHYXETIjKBCBRCkaGxwQkjM1LwFWJy0QoWJDThJfEXGBkaJico&#10;KSo1Njc4OTpDREVGR0hJSlNUVVZXWFlaY2RlZmdoaWpzdHV2d3h5eoKDhIWGh4iJipKTlJWWl5iZ&#10;mqKjpKWmp6ipqrKztLW2t7i5usLDxMXGx8jJytLT1NXW19jZ2uLj5OXm5+jp6vLz9PX29/j5+v/a&#10;AAwDAQACEQMRAD8A9Aooor/Ls/0gCiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKA&#10;CiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAK&#10;KKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoo&#10;ooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiii&#10;gAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKA&#10;CiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAK&#10;KKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooA//9lQSwMECgAAAAAAAAAhAJ5TaASH&#10;AwAAhwMAABUAAABkcnMvbWVkaWEvaW1hZ2UyLmpwZWf/2P/gABBKRklGAAEBAQDcANwAAP/bAEMA&#10;AgEBAQEBAgEBAQICAgICBAMCAgICBQQEAwQGBQYGBgUGBgYHCQgGBwkHBgYICwgJCgoKCgoGCAsM&#10;CwoMCQoKCv/bAEMBAgICAgICBQMDBQoHBgcKCgoKCgoKCgoKCgoKCgoKCgoKCgoKCgoKCgoKCgoK&#10;CgoKCgoKCgoKCgoKCgoKCgoKCv/AABEIAAcEOwMBIgACEQEDEQH/xAAfAAABBQEBAQEBAQAAAAAA&#10;AAAAAQIDBAUGBwgJCgv/xAC1EAACAQMDAgQDBQUEBAAAAX0BAgMABBEFEiExQQYTUWEHInEUMoGR&#10;oQgjQrHBFVLR8CQzYnKCCQoWFxgZGiUmJygpKjQ1Njc4OTpDREVGR0hJSlNUVVZXWFlaY2RlZmdo&#10;aWpzdHV2d3h5eoOEhYaHiImKkpOUlZaXmJmaoqOkpaanqKmqsrO0tba3uLm6wsPExcbHyMnK0tPU&#10;1dbX2Nna4eLj5OXm5+jp6vHy8/T19vf4+fr/xAAfAQADAQEBAQEBAQEBAAAAAAAAAQIDBAUGBwgJ&#10;Cgv/xAC1EQACAQIEBAMEBwUEBAABAncAAQIDEQQFITEGEkFRB2FxEyIygQgUQpGhscEJIzNS8BVi&#10;ctEKFiQ04SXxFxgZGiYnKCkqNTY3ODk6Q0RFRkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1dnd4eXqC&#10;g4SFhoeIiYqSk5SVlpeYmZqio6Slpqeoqaqys7S1tre4ubrCw8TFxsfIycrS09TV1tfY2dri4+Tl&#10;5ufo6ery8/T19vf4+fr/2gAMAwEAAhEDEQA/APQKKKK/y7P9IAooooAKKKKACiiigAooooAKKKKA&#10;CiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAK&#10;KKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoo&#10;ooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiii&#10;gAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKA&#10;CiiigAooooAKKKKACiiigAooooA//9lQSwECLQAUAAYACAAAACEAihU/mAwBAAAVAgAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAD0BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCj9vEg/wIAAG4M&#10;AAAOAAAAAAAAAAAAAAAAADwCAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAZlLvJwwAA&#10;AKcBAAAZAAAAAAAAAAAAAAAAAGcFAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAIagmzzhAAAACwEAAA8AAAAAAAAAAAAAAAAAYQYAAGRycy9kb3ducmV2LnhtbFBLAQIt&#10;AAoAAAAAAAAAIQBu6/SV3wMAAN8DAAAVAAAAAAAAAAAAAAAAAG8HAABkcnMvbWVkaWEvaW1hZ2Ux&#10;LmpwZWdQSwECLQAKAAAAAAAAACEAnlNoBIcDAACHAwAAFQAAAAAAAAAAAAAAAACBCwAAZHJzL21l&#10;ZGlhL2ltYWdlMi5qcGVnUEsFBgAAAAAHAAcAwAEAADsPAAAAAA==&#10;">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
                 <v:shape id="Obrázek 1" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;top:23404;width:59397;height:286;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAQQI3DxgAAAOEAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LSgMx&#10;FN0L/kO4gjubMdBip02LilUXlr6Ly8vkdmbo5GaYxDb+vREKXR7OezyNthEn6nztWMNjLwNBXDhT&#10;c6lhu5k9PIHwAdlg45g0/JKH6eT2Zoy5cWde0WkdSpFC2OeooQqhzaX0RUUWfc+1xIk7uM5iSLAr&#10;penwnMJtI1WWDaTFmlNDhS29VlQc1z9Ww0v/o/mexze53329H5e7hYz74UHr+7v4PAIRKIar+OL+&#10;NGn+QGVKqSH8P0oQ5OQPAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAEECNw8YAAADhAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;">
                   <v:imagedata r:id="rId13" o:title=""/>
                   <v:path arrowok="t"/>
                   <o:lock v:ext="edit" aspectratio="f"/>
@@ -311,51 +311,51 @@
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="15F51588" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Textové pole 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:402.35pt;margin-top:291.75pt;width:453.55pt;height:182.55pt;z-index:251634176;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDmtQgUUwIAAIgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO2jAQfa/Uf7D8XnLhsjQirCgrqkpo&#10;dyWo9tk4DkRyPK5tSOgf9Tv6Yx07gaXbPlXlwXg84+OZc2Yyu29rSU7C2ApUTpNBTIlQHIpK7XP6&#10;dbv6MKXEOqYKJkGJnJ6Fpffz9+9mjc5ECgeQhTAEQZTNGp3Tg3M6iyLLD6JmdgBaKHSWYGrm0DT7&#10;qDCsQfRaRmkcT6IGTKENcGEtnj50TjoP+GUpuHsqSysckTnF3FxYTVh3fo3mM5btDdOHivdpsH/I&#10;omaVwkevUA/MMXI01R9QdcUNWCjdgEMdQVlWXIQasJokflPN5sC0CLUgOVZfabL/D5Y/np4NqYqc&#10;jsajJE2GKSWK1ajUVrQOTj9/EA1SkKFnqtE2wwsbjVdc+wlaVPxybvHQE9CWpvb/WBpBP3J+vvKM&#10;iITj4fhuEuOPEo6+dJhMh9Oxx4ler2tj3WcBNfGbnBoUMvDLTmvrutBLiH/NgqyKVSVlMHzziKU0&#10;5MRQdulCkgj+W5RUpMnpZDiOA7ACf71Dlgpz8cV2Rfmda3dtz8AOijMSYKBrJqv5qsIk18y6Z2aw&#10;e7AwnAj3hEspAR+BfkfJAcz3v537eBQVvZQ02I05td+OzAhK5BeFcn9MRiPfvsEYje9SNMytZ3fr&#10;Ucd6CVh5grOnedj6eCcv29JA/YKDs/Cvoospjm/nlDtzMZaumxIcPS4WixCGLauZW6uN5h7cc+1F&#10;2LYvzOheKYciP8Klc1n2RrAu1t9UsDg6KKugpqe447VnHts99EM/mn6ebu0Q9foBmf8CAAD//wMA&#10;UEsDBBQABgAIAAAAIQDK194F3QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyD&#10;tUhcKuoEaElDnKpU4gOa9gOceGuHxOsodprw95gT3GY1q5k3xX6xPbvh6FtHAtJ1AgypcaolLeBy&#10;/nzKgPkgScneEQr4Rg/78v6ukLlyM53wVgXNYgj5XAowIQw5574xaKVfuwEpelc3WhniOWquRjnH&#10;cNvz5yTZcitbig1GDng02HTVZAVUp/qw0tX0dV6ZDzrOly5NdSfE48NyeAcWcAl/z/CLH9GhjEy1&#10;m0h51guIQ4KATfayARbtXfKWAqujeM22wMuC/x9Q/gAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQDmtQgUUwIAAIgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQDK194F3QAAAAgBAAAPAAAAAAAAAAAAAAAAAK0EAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAtwUAAAAA&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+              <v:shape id="Textové pole 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:402.35pt;margin-top:291.75pt;width:453.55pt;height:182.55pt;z-index:251634176;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAf4PzYLgIAAFcEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+x8NjPiFFmKDAOK&#10;tkA69KzIUmxAFjVJiZ39+lGy87Fup2E5KKJIPZGPj17ct7UiR2FdBTqnw0FKidAcikrvc/r9dfNp&#10;TonzTBdMgRY5PQlH75cfPywak4kRlKAKYQmCaJc1Jqel9yZLEsdLUTM3ACM0OiXYmnk07T4pLGsQ&#10;vVbJKE1nSQO2MBa4cA5PHzonXUZ8KQX3z1I64YnKKebm42rjugtrslywbG+ZKSvep8H+IYuaVRof&#10;vUA9MM/IwVZ/QNUVt+BA+gGHOgEpKy5iDVjNMH1XzbZkRsRakBxnLjS5/wfLn45b82KJb79Aiw0M&#10;hDTGZQ4PQz2ttHX4x0wJ+pHC04U20XrC8XB6N0vxRwlH32g8nI/n04CTXK8b6/xXATUJm5xa7Euk&#10;ix0fne9CzyHhNQeqKjaVUtEIWhBrZcmRYReVj0ki+G9RSpMmp7PxNI3AGsL1DllpzOVaVNj5dtf2&#10;le6gOCEBFjptOMM3FSb5yJx/YRbFgIWhwP0zLlIBPgL9jpIS7M+/nYd47BF6KWlQXDl1Pw7MCkrU&#10;N43d+zycTIIaozGZ3o3QsLee3a1HH+o1YOVDHCXD4zbEe3XeSgv1G87BKryKLqY5vp1T7u3ZWPtO&#10;9DhJXKxWMQwVaJh/1FvDA3jgOjThtX1j1vSd8tjkJzgLkWXvGtbFhpsaVgcPsordDBR3vPbMo3qj&#10;HvpJC+Nxa8eo6/dg+QsAAP//AwBQSwMEFAAGAAgAAAAhAMrX3gXdAAAACAEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOwzAQRO9I/IO1SFwq6gRoSUOcqlTiA5r2A5x4a4fE6yh2mvD3mBPcZjWrmTfF&#10;frE9u+HoW0cC0nUCDKlxqiUt4HL+fMqA+SBJyd4RCvhGD/vy/q6QuXIznfBWBc1iCPlcCjAhDDnn&#10;vjFopV+7ASl6VzdaGeI5aq5GOcdw2/PnJNlyK1uKDUYOeDTYdNVkBVSn+rDS1fR1XpkPOs6XLk11&#10;J8Tjw3J4BxZwCX/P8Isf0aGMTLWbSHnWC4hDgoBN9rIBFu1d8pYCq6N4zbbAy4L/H1D+AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAB/g/NguAgAAVwQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMrX3gXdAAAACAEAAA8AAAAAAAAAAAAAAAAAiAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACSBQAAAAA=&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="46322F40" w14:textId="2E9ECFCD" w:rsidR="005526E5" w:rsidRPr="00A03478" w:rsidRDefault="005526E5" w:rsidP="00180B16">
                       <w:pPr>
                         <w:pStyle w:val="Titulkanzev"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Manuál pro šablonu závěrečných prací</w:t>
                       </w:r>
                       <w:r>
                         <w:br/>
                         <w:t>na UTB ve Zlíně</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="007E4637" w:rsidRPr="006360B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -423,51 +423,51 @@
                               <w:t xml:space="preserve"> | 2025</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="436E1244" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:24.1pt;margin-top:518.8pt;width:439.35pt;height:115.95pt;z-index:251642368;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAcFzhZVQIAAI8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r3bSpGmCOkXWosOA&#10;oC3QDj0rstwYkEVNUmJnf7Tv2I/1SU7arNtpWA4KKZJP5CPpi8uu0WyrnK/JFHxwknOmjKSyNs8F&#10;//Z48+mcMx+EKYUmowq+U55fzj9+uGjtTA1pTbpUjgHE+FlrC74Owc6yzMu1aoQ/IasMjBW5RgSo&#10;7jkrnWiB3uhsmOdnWUuutI6k8h63172RzxN+VSkZ7qrKq8B0wZFbSKdL5yqe2fxCzJ6dsOta7tMQ&#10;/5BFI2qDR1+hrkUQbOPqP6CaWjryVIUTSU1GVVVLlWpANYP8XTUPa2FVqgXkePtKk/9/sPJ2e+9Y&#10;XaJ3w/HkdJRPpxPOjGjQq0fVBdr++sksacVOI1et9TOEPFgEhe4zdYg73HtcRgq6yjXxH8Ux2MH6&#10;7pVpIDKJy/H4PMePMwnbYDQZjqAAP3sLt86HL4oaFoWCO7QyMSy2Sx9614NLfM2TrsubWuukxPFR&#10;V9qxrUDjdUhJAvw3L21YW/Cz03GegA3F8B5ZG+QSi+2LilLoVl1P1KHgFZU78OConypv5U2NXJfC&#10;h3vhMEaoD6sR7nBUmvAW7SXO1uR+/O0++qO7sHLWYiwL7r9vhFOc6a8GfZ8ORqM4x0kZjSdDKO7Y&#10;sjq2mE1zRSBggCW0MonRP+iDWDlqnrBBi/gqTMJIvF3wcBCvQr8s2ECpFovkhMm1IizNg5UROhIe&#10;O/HYPQln9+0K6PQtHQZYzN51rfeNkYYWm0BVnVoaee5Z3dOPqU9Dsd/QuFbHevJ6+47MXwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAG7o7b7iAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj09Pg0AQxe8m&#10;fofNmHgxdhEsbZGlMUZt4s3in3jbsiMQ2VnCbgG/veNJbzPvvbz5Tb6dbSdGHHzrSMHVIgKBVDnT&#10;Uq3gpXy4XIPwQZPRnSNU8I0etsXpSa4z4yZ6xnEfasEl5DOtoAmhz6T0VYNW+4Xrkdj7dIPVgdeh&#10;lmbQE5fbTsZRlEqrW+ILje7xrsHqa3+0Cj4u6vcnPz++Tsky6e93Y7l6M6VS52fz7Q2IgHP4C8Mv&#10;PqNDwUwHdyTjRafgeh1zkvUoWaUgOLGJ0w2IA0s8LEEWufz/RPEDAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAHBc4WVUCAACPBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAbujtvuIAAAAMAQAADwAAAAAAAAAAAAAAAACvBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAL4FAAAAAA==&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="436E1244" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:24.1pt;margin-top:518.8pt;width:439.35pt;height:115.95pt;z-index:251642368;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAenVVxLgIAAFwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2yAQvVfqf0DcGztpsh9WnFWaVapK&#10;0e5K2WrPBEOMhBkKJHb66zvgfHXbU9UcyAwzPGbePDx96BpN9sJ5Baakw0FOiTAcKmW2Jf3+uvx0&#10;R4kPzFRMgxElPQhPH2YfP0xbW4gR1KAr4QiCGF+0tqR1CLbIMs9r0TA/ACsMBiW4hgV03TarHGsR&#10;vdHZKM9vshZcZR1w4T3uPvZBOkv4UgoenqX0IhBdUqwtpNWldRPXbDZlxdYxWyt+LIP9QxUNUwYv&#10;PUM9ssDIzqk/oBrFHXiQYcChyUBKxUXqAbsZ5u+6WdfMitQLkuPtmSb//2D5035tXxwJ3RfocICR&#10;kNb6wuNm7KeTron/WCnBOFJ4ONMmukA4bk4mdzn+KOEYG45vR2N0ECe7HLfOh68CGhKNkjqcS6KL&#10;7Vc+9KmnlHibB62qpdI6OVELYqEd2TOcog6pSAT/LUsb0pb05vMkT8AG4vEeWRus5dJUtEK36Yiq&#10;rhreQHVAHhz0EvGWLxXWumI+vDCHmsD+UOfhGRepAe+Co0VJDe7n3/ZjPo4Ko5S0qLGS+h875gQl&#10;+pvBId4Px+MoyuSMJ7cjdNx1ZHMdMbtmAUjAEF+U5cmM+UGfTOmgecPnMI+3YogZjneXNJzMReiV&#10;j8+Ji/k8JaEMLQsrs7Y8QkfC4yReuzfm7HFcASf9BCc1suLd1PrceNLAfBdAqjTSyHPP6pF+lHAS&#10;xfG5xTdy7aesy0dh9gsAAP//AwBQSwMEFAAGAAgAAAAhAG7o7b7iAAAADAEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj09Pg0AQxe8mfofNmHgxdhEsbZGlMUZt4s3in3jbsiMQ2VnCbgG/veNJbzPvvbz5&#10;Tb6dbSdGHHzrSMHVIgKBVDnTUq3gpXy4XIPwQZPRnSNU8I0etsXpSa4z4yZ6xnEfasEl5DOtoAmh&#10;z6T0VYNW+4Xrkdj7dIPVgdehlmbQE5fbTsZRlEqrW+ILje7xrsHqa3+0Cj4u6vcnPz++Tsky6e93&#10;Y7l6M6VS52fz7Q2IgHP4C8MvPqNDwUwHdyTjRafgeh1zkvUoWaUgOLGJ0w2IA0s8LEEWufz/RPED&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAHp1VcS4CAABcBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAbujtvuIAAAAMAQAADwAAAAAAAAAAAAAA&#10;AACIBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="0070AB0B" w14:textId="77777777" w:rsidR="005526E5" w:rsidRDefault="005526E5" w:rsidP="00937E70">
                       <w:pPr>
                         <w:pStyle w:val="Titulkaautor"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Jméno a příjmení</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="7D5E7000" w14:textId="77777777" w:rsidR="005526E5" w:rsidRPr="00937E70" w:rsidRDefault="005526E5" w:rsidP="00937E70">
                       <w:pPr>
                         <w:pStyle w:val="Titulkainfoprce"/>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:kern w:val="0"/>
                         </w:rPr>
                         <w:t>Závěrečná práce</w:t>
                       </w:r>
                       <w:r>
                         <w:t xml:space="preserve"> | 2025</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
@@ -539,51 +539,51 @@
                               <w:t>Knihovna UTB</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="02C35260" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:254.65pt;margin-top:686.05pt;width:305.85pt;height:57.55pt;z-index:251671040;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBgpUWcVAIAAI4EAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6r7aT/qRBnCJr0WFA&#10;0RZIh54VWU4MyKImKbG7N9pz7MX6SU7arttp2EUmRfIT+ZH07KJvNdsp5xsyJS+Ocs6UkVQ1Zl3y&#10;bw/Xnyac+SBMJTQZVfIn5fnF/OOHWWenakQb0pVyDCDGTztb8k0IdpplXm5UK/wRWWVgrMm1IkB1&#10;66xyogN6q7NRnp9mHbnKOpLKe9xeDUY+T/h1rWS4q2uvAtMlR24hnS6dq3hm85mYrp2wm0bu0xD/&#10;kEUrGoNHX6CuRBBs65o/oNpGOvJUhyNJbUZ13UiVakA1Rf6umuVGWJVqATnevtDk/x+svN3dO9ZU&#10;6N2oGBfnk6I448yIFr16UH2g3a+fzJJWbBy56qyfImRpERT6z9Qj7nDvcRkp6GvXxi+KY7CD9acX&#10;poHIJC7Hk8nxcQ6ThO1snE8gAz57jbbOhy+KWhaFkjt0MhEsdjc+DK4Hl/iYJ91U143WSYnToy61&#10;YzuBvuuQcgT4b17asK7kp+OTPAEbiuEDsjbIJdY61BSl0K/6xNPoUO+KqifQ4GgYKm/ldYNcb4QP&#10;98JhilAeNiPc4ag14S3aS5xtyP342330R3Nh5azDVJbcf98KpzjTXw3afl6ANoxxUo5PzkZQ3FvL&#10;6q3FbNtLAgEFdtDKJEb/oA9i7ah9xAIt4qswCSPxdsnDQbwMw65gAaVaLJITBteKcGOWVkboSHjs&#10;xEP/KJzdtyug0bd0mF8xfde1wTdGGlpsA9VNamnkeWB1Tz+GPg3FfkHjVr3Vk9frb2T+DAAA//8D&#10;AFBLAwQUAAYACAAAACEAK95IyuEAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPS0/DMBCE70j8&#10;B2uRuCDqPKCpQpwKIR5SbzQ8xM2NlyQiXkexm4R/z3KC486MZr8ptovtxYSj7xwpiFcRCKTamY4a&#10;BS/Vw+UGhA+ajO4doYJv9LAtT08KnRs30zNO+9AILiGfawVtCEMupa9btNqv3IDE3qcbrQ58jo00&#10;o5653PYyiaK1tLoj/tDqAe9arL/2R6vg46J53/nl8XVOr9Ph/mmqsjdTKXV+ttzegAi4hL8w/OIz&#10;OpTMdHBHMl70CnhIYDXNkhgE++s4zkAcWLraZAnIspD/J5Q/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAGClRZxUAgAAjgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhACveSMrhAAAACgEAAA8AAAAAAAAAAAAAAAAArgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAC8BQAAAAA=&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="02C35260" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:254.65pt;margin-top:686.05pt;width:305.85pt;height:57.55pt;z-index:251671040;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC9SWGiMAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+x8tM2MOEWWIsOA&#10;oC2QDj0rshQLkEVNUmJnv36UnDRZt9Owi0yK1BP5+OTZfddochDOKzAlHQ5ySoThUCmzK+n3l9Wn&#10;KSU+MFMxDUaU9Cg8vZ9//DBrbSFGUIOuhCMIYnzR2pLWIdgiyzyvRcP8AKwwGJTgGhbQdbuscqxF&#10;9EZnozy/zVpwlXXAhfe4+9AH6TzhSyl4eJLSi0B0SbG2kFaX1m1cs/mMFTvHbK34qQz2D1U0TBm8&#10;9A3qgQVG9k79AdUo7sCDDAMOTQZSKi5SD9jNMH/XzaZmVqRekBxv32jy/w+WPx429tmR0H2BDgcY&#10;CWmtLzxuxn466Zr4xUoJxpHC4xttoguE4+Z4Op1McgxxjN2N8ynaCJNdTlvnw1cBDYlGSR2OJbHF&#10;Dmsf+tRzSrzMg1bVSmmdnCgFsdSOHBgOUYdUI4L/lqUNaUt6O77JE7CBeLxH1gZrufQUrdBtO6Kq&#10;ko7O/W6hOiINDnqFeMtXCmtdMx+emUNJYHso8/CEi9SAd8HJoqQG9/Nv+zEfJ4VRSlqUWEn9jz1z&#10;ghL9zeAMPw+RNtRkciY3dyN03HVkex0x+2YJSMAQH5TlyYz5QZ9N6aB5xdewiLdiiBmOd5c0nM1l&#10;6IWPr4mLxSIloQotC2uzsTxCR8LjJF66V+bsaVwBB/0IZzGy4t3U+tx40sBiH0CqNNLIc8/qiX5U&#10;cBLF6bXFJ3Ltp6zLP2H+CwAA//8DAFBLAwQUAAYACAAAACEAK95IyuEAAAAKAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPS0/DMBCE70j8B2uRuCDqPKCpQpwKIR5SbzQ8xM2NlyQiXkexm4R/z3KC486M&#10;Zr8ptovtxYSj7xwpiFcRCKTamY4aBS/Vw+UGhA+ajO4doYJv9LAtT08KnRs30zNO+9AILiGfawVt&#10;CEMupa9btNqv3IDE3qcbrQ58jo00o5653PYyiaK1tLoj/tDqAe9arL/2R6vg46J53/nl8XVOr9Ph&#10;/mmqsjdTKXV+ttzegAi4hL8w/OIzOpTMdHBHMl70CnhIYDXNkhgE++s4zkAcWLraZAnIspD/J5Q/&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAL1JYaIwAgAAWwQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACveSMrhAAAACgEAAA8AAAAAAAAAAAAA&#10;AAAAigQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="1624C6D9" w14:textId="77777777" w:rsidR="005526E5" w:rsidRPr="00104B5A" w:rsidRDefault="005526E5" w:rsidP="00142361">
                       <w:pPr>
                         <w:pStyle w:val="Titulkauniverzita"/>
                       </w:pPr>
                       <w:r w:rsidRPr="00104B5A">
                         <w:t>Univerzita Tomáše Bati ve Zlíně</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="1BED4302" w14:textId="77777777" w:rsidR="005526E5" w:rsidRPr="00515B26" w:rsidRDefault="005526E5" w:rsidP="00142361">
                       <w:pPr>
                         <w:pStyle w:val="Titulkafakulta"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Knihovna UTB</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
@@ -642,59 +642,75 @@
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00EF0A40">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>verze 2025-09-1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006360B8" w:rsidRPr="006360B8">
+        <w:t>verze 2025-</w:t>
+      </w:r>
+      <w:r w:rsidR="00C80ABE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>9</w:t>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0A40">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00897374">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>24</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CFFAA97" w14:textId="77777777" w:rsidR="00534E21" w:rsidRDefault="00534E21">
       <w:pPr>
         <w:sectPr w:rsidR="00534E21" w:rsidSect="00F94A11">
           <w:footerReference w:type="default" r:id="rId16"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1985" w:right="652" w:bottom="680" w:left="1134" w:header="680" w:footer="680" w:gutter="851"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="Upozornění"/>
         <w:tag w:val="POLE_UPOZORNĚNÍ"/>
         <w:id w:val="-1539660429"/>
         <w:placeholder>
           <w:docPart w:val="23B2E4D1E4334D099B8BE6B58A7D1BAC"/>
         </w:placeholder>
         <w:temporary/>
         <w:showingPlcHdr/>
         <w15:color w:val="FF6600"/>
         <w:text/>
@@ -880,51 +896,51 @@
                               <w:t>, podpisy v prohlášení se doplní později.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="39933FB9" id="Textové pole 9" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:.05pt;margin-top:544pt;width:411pt;height:79.05pt;z-index:251682816;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBN74INTQIAAIYEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMGO2jAQvVfqP1i+lwQWtktEWFFWVJXQ&#10;7kpQ7dk4Dolke1zbkNA/6nf0xzp2CEu3PVW9OGPP+HnmvZnM7lslyVFYV4PO6XCQUiI0h6LW+5x+&#10;3a4+3FHiPNMFk6BFTk/C0fv5+3ezxmRiBBXIQliCINpljclp5b3JksTxSijmBmCERmcJVjGPW7tP&#10;CssaRFcyGaXpbdKALYwFLpzD04fOSecRvywF909l6YQnMqeYm4+rjesurMl8xrK9Zaaq+TkN9g9Z&#10;KFZrfPQC9cA8Iwdb/wGlam7BQekHHFQCZVlzEWvAaobpm2o2FTMi1oLkOHOhyf0/WP54fLakLnI6&#10;pUQzhRJtRevh+PMHMSAFmQaKGuMyjNwYjPXtJ2hR6v7c4WGovC2tCl+siaAfyT5dCEZEwvFwMkLN&#10;UnRx9A3TdJzejQJO8nrdWOc/C1AkGDm1qGAklh3XznehfUh4zYGsi1UtZdyErhFLacmRod7SxyQR&#10;/LcoqUmT09ubSRqBNYTrHbLUmEsotisqWL7dtZGfm77gHRQn5MFC10zO8FWNua6Z88/MYvdgfTgR&#10;/gmXUgK+BWeLkgrs97+dh3gUFb2UNNiNOXXfDswKSuQXjXJPh+NxaN+4GU8+jnBjrz27a48+qCUg&#10;AUOcPcOjGeK97M3SgnrBwVmEV9HFNMe3c7rrzaXvZgQHj4vFIgZhwxrm13pjeIAOhAcltu0Ls+Ys&#10;l0elH6HvW5a9Ua2LDTc1LA4eyjpKGnjuWD3Tj80em+I8mGGarvcx6vX3Mf8FAAD//wMAUEsDBBQA&#10;BgAIAAAAIQDBfsCK2wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTE/LTsMwELwj8Q/WInGjTqO2&#10;RCFOVZXHFVHyAW68JIF4HcWbNvD1bE9wWWkemp0ptrPv1QnH2AUysFwkoJDq4DpqDFTvz3cZqMiW&#10;nO0DoYFvjLAtr68Km7twpjc8HbhREkIxtwZa5iHXOtYtehsXYUAS7SOM3rLAsdFutGcJ971Ok2Sj&#10;ve1IPrR2wH2L9ddh8gamiaqn/WnH7p7W62r18vP6yY/G3N7MuwdQjDP/meFSX6pDKZ2OYSIXVX/B&#10;iuUmWSaTRM/SVKijUOlqswRdFvr/hPIXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEATe+C&#10;DU0CAACGBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;wX7AitsAAAAKAQAADwAAAAAAAAAAAAAAAACnBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAK8FAAAAAA==&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="39933FB9" id="Textové pole 9" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:.05pt;margin-top:544pt;width:411pt;height:79.05pt;z-index:251682816;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCGnn2WMQIAAFwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1vGjEQvVfqf7B8L7sQSJMVS0SJqCqh&#10;JBKpcjZem7Xk9bi2YZf++o69fDXtqerFjD2zzzPvPTN96BpN9sJ5Baakw0FOiTAcKmW2Jf3+uvx0&#10;R4kPzFRMgxElPQhPH2YfP0xbW4gR1KAr4QiCGF+0tqR1CLbIMs9r0TA/ACsMJiW4hgXcum1WOdYi&#10;eqOzUZ7fZi24yjrgwns8feyTdJbwpRQ8PEvpRSC6pNhbSKtL6yau2WzKiq1jtlb82Ab7hy4apgxe&#10;eoZ6ZIGRnVN/QDWKO/Agw4BDk4GUios0A04zzN9Ns66ZFWkWJMfbM03+/8Hyp/3avjgSui/QoYCR&#10;kNb6wuNhnKeTrom/2CnBPFJ4ONMmukA4Hk5GqESOKY65YZ6P87tRxMkun1vnw1cBDYlBSR3qkuhi&#10;+5UPfempJN7mQatqqbROm+gFsdCO7BmqqENqEsF/q9KGtCW9vZnkCdhA/LxH1gZ7uQwVo9BtOqKq&#10;kt6cBt5AdUAeHPQW8ZYvFfa6Yj68MIeewPnQ5+EZF6kB74JjREkN7uffzmM9SoVZSlr0WEn9jx1z&#10;ghL9zaCI98PxOJoybcaTzyPcuOvM5jpjds0CkIAhvijLUxjrgz6F0kHzhs9hHm/FFDMc7y7p5hQu&#10;Qu98fE5czOepCG1oWViZteUROhIelXjt3pizR7kCKv0EJzey4p1qfW380sB8F0CqJGnkuWf1SD9a&#10;OJni+NziG7nep6rLn8LsFwAAAP//AwBQSwMEFAAGAAgAAAAhAMF+wIrbAAAACgEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMT8tOwzAQvCPxD9YicaNOo7ZEIU5VlccVUfIBbrwkgXgdxZs28PVsT3BZaR6a&#10;nSm2s+/VCcfYBTKwXCSgkOrgOmoMVO/PdxmoyJac7QOhgW+MsC2vrwqbu3CmNzwduFESQjG3Blrm&#10;Idc61i16GxdhQBLtI4zessCx0W60Zwn3vU6TZKO97Ug+tHbAfYv112HyBqaJqqf9acfuntbravXy&#10;8/rJj8bc3sy7B1CMM/+Z4VJfqkMpnY5hIhdVf8GK5SZZJpNEz9JUqKNQ6WqzBF0W+v+E8hcAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCGnn2WMQIAAFwEAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDBfsCK2wAAAAoBAAAPAAAAAAAAAAAAAAAAAIsE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAkwUAAAAA&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="73996006" w14:textId="77777777" w:rsidR="005526E5" w:rsidRPr="006F644D" w:rsidRDefault="005526E5" w:rsidP="006E02D8">
                       <w:pPr>
                         <w:pStyle w:val="Upozornn"/>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="006F644D">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve">Ukázky vloženého zadání práce a prohlášení autora závěrečné práce. </w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="5E05B0CD" w14:textId="77777777" w:rsidR="005526E5" w:rsidRDefault="005526E5" w:rsidP="006E02D8">
                       <w:pPr>
                         <w:pStyle w:val="Upozornn"/>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="1B5C9499" w14:textId="77777777" w:rsidR="005526E5" w:rsidRPr="006E02D8" w:rsidRDefault="005526E5" w:rsidP="006E02D8">
                       <w:pPr>
                         <w:pStyle w:val="Upozornn"/>
                       </w:pPr>
@@ -1385,51 +1401,65 @@
           <w:attr w:name="ProductID" w:val="2 a"/>
         </w:smartTagPr>
         <w:r w:rsidRPr="00375E73">
           <w:rPr>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>2 a</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="00375E73">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3 mohu užít své dílo – </w:t>
       </w:r>
       <w:r w:rsidR="0071508D">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>závěrečnou</w:t>
       </w:r>
       <w:r w:rsidRPr="00375E73">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> práci – nebo poskytnout licenci k jejímu využití jen s předchozím písemným souhlasem Univerzity Tomáše Bati ve Zlíně, která je oprávněna v takovém případě ode mne požadovat přiměřený příspěvek na úhradu nákladů, které byly Univerzitou Tomáše Bati ve Zlíně na</w:t>
+        <w:t xml:space="preserve"> práci – nebo poskytnout licenci k jejímu využití jen s předchozím písemným souhlasem Univerzity Tomáše Bati ve Zlíně, která je oprávněna v takovém případě ode </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00375E73">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mne</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00375E73">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> požadovat přiměřený příspěvek na úhradu nákladů, které byly Univerzitou Tomáše Bati ve Zlíně na</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00375E73">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">vytvoření díla vynaloženy (až do jejich skutečné výše); </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28B76113" w14:textId="77777777" w:rsidR="004360FF" w:rsidRPr="00375E73" w:rsidRDefault="004360FF" w:rsidP="00511496">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="300" w:lineRule="atLeast"/>
         <w:ind w:left="454" w:hanging="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -1670,51 +1700,51 @@
     </w:p>
     <w:p w14:paraId="339296A6" w14:textId="0D60B345" w:rsidR="004360FF" w:rsidRDefault="004360FF" w:rsidP="0071508D">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="300" w:lineRule="atLeast"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="51CA0A6C" w14:textId="77777777" w:rsidR="00511496" w:rsidRPr="00E25B83" w:rsidRDefault="00511496" w:rsidP="0071508D">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="300" w:lineRule="atLeast"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19AA34ED" w14:textId="77777777" w:rsidR="004360FF" w:rsidRPr="00E25B83" w:rsidRDefault="004360FF" w:rsidP="0071508D">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="300" w:lineRule="atLeast"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31BD1AAD" w14:textId="77777777" w:rsidR="004360FF" w:rsidRDefault="005526E5" w:rsidP="0071508D">
+    <w:p w14:paraId="31BD1AAD" w14:textId="77777777" w:rsidR="004360FF" w:rsidRDefault="00000000" w:rsidP="0071508D">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4962"/>
         </w:tabs>
         <w:spacing w:line="300" w:lineRule="atLeast"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:alias w:val="Výběr místa (podle sídla fakulty)"/>
           <w:tag w:val="Výběrt místa"/>
           <w:id w:val="1329325492"/>
           <w:placeholder>
             <w:docPart w:val="7C6FBB73D0DA48519802199128EA6223"/>
           </w:placeholder>
           <w15:color w:val="FF6600"/>
           <w:dropDownList>
             <w:listItem w:displayText="Ve Zlíně" w:value="Ve Zlíně"/>
             <w:listItem w:displayText="V Uherském Hradišti" w:value="V Uherském Hradišti"/>
@@ -1760,51 +1790,51 @@
     </w:p>
     <w:p w14:paraId="470AC39B" w14:textId="77777777" w:rsidR="00C4574E" w:rsidRDefault="00C4574E">
       <w:pPr>
         <w:sectPr w:rsidR="00C4574E" w:rsidSect="00F94A11">
           <w:footerReference w:type="default" r:id="rId23"/>
           <w:type w:val="oddPage"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1985" w:right="1134" w:bottom="2381" w:left="1134" w:header="709" w:footer="1418" w:gutter="851"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="02FEDB0B" w14:textId="77777777" w:rsidR="00F94A11" w:rsidRDefault="00F80F00" w:rsidP="00F94A11">
       <w:pPr>
         <w:pStyle w:val="Nadpisyostatn"/>
       </w:pPr>
       <w:r w:rsidRPr="00F80F00">
         <w:lastRenderedPageBreak/>
         <w:t>Abstra</w:t>
       </w:r>
       <w:r w:rsidR="00F94A11">
         <w:t>kt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0625DE49" w14:textId="391E1EA9" w:rsidR="006F644D" w:rsidRDefault="006F644D" w:rsidP="00F94A11">
+    <w:p w14:paraId="0625DE49" w14:textId="2947EE99" w:rsidR="006F644D" w:rsidRDefault="006F644D" w:rsidP="00F94A11">
       <w:pPr>
         <w:pStyle w:val="Textyostatn"/>
       </w:pPr>
       <w:r w:rsidRPr="006F644D">
         <w:t xml:space="preserve">Text abstraktu v jazyce práce. </w:t>
       </w:r>
       <w:r w:rsidR="002C0941">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="002C0941" w:rsidRPr="002C0941">
         <w:t>bstrakt obsahuje krátkou, přesnou, konkrétní a výstižnou charakteristiku obsahu práce. Má umožnit zapamatovat si a identifikovat klíčové údaje a</w:t>
       </w:r>
       <w:r w:rsidR="002C0941">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="002C0941" w:rsidRPr="002C0941">
         <w:t>fakta o práci. Měl by podat jasnou informaci o cílech, obsahu, použitých metodách, výsledcích a významu závěrečné práce. Rozsah abstraktu by měl být 5 až 10 řádků. Klíčová slova mají vystihn</w:t>
       </w:r>
       <w:r w:rsidR="002C0941">
         <w:t xml:space="preserve">out to nejdůležitější z textu. </w:t>
       </w:r>
       <w:r w:rsidR="002C0941" w:rsidRPr="002C0941">
         <w:t>Zpravidla se jedná o jednoslovné či víceslovné výrazy a ustálená slovní spojení, jména osob, názvy organizací, pojmenování předmětů atd. Klíčová slova se oddělují čárkou a začínají malým písmenem (pokud se nejedná o vlastní název). Práce by měla obsahovat 3 až 8 klíčových slov. Abstrakt a klíčová slova jsou uvedena v jazyce práce, s anglickými ekvivalenty. U prací psaných v jiném než českém jazyce, ma</w:t>
       </w:r>
       <w:r w:rsidR="002C0941">
@@ -1887,136 +1917,158 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Klíčová slova</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D2BCED3" w14:textId="77777777" w:rsidR="00556EAF" w:rsidRDefault="006F644D" w:rsidP="00F94A11">
       <w:pPr>
         <w:pStyle w:val="Textyostatn"/>
       </w:pPr>
       <w:r>
         <w:t>klíčové slovo, klíčové slovo, klíčové slovo</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34AA394A" w14:textId="77777777" w:rsidR="002A45B3" w:rsidRDefault="002A45B3" w:rsidP="00F94A11">
       <w:pPr>
         <w:pStyle w:val="Textyostatn"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01648E0C" w14:textId="77777777" w:rsidR="00556EAF" w:rsidRDefault="00556EAF" w:rsidP="00720AF1">
       <w:pPr>
         <w:pStyle w:val="Nadpisyostatn"/>
         <w:spacing w:before="1200"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Abstract</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="09AA24C0" w14:textId="77777777" w:rsidR="00556EAF" w:rsidRDefault="006F644D" w:rsidP="00556EAF">
       <w:pPr>
         <w:pStyle w:val="Textyostatn"/>
       </w:pPr>
       <w:r>
         <w:t>Text abstraktu v angličtině. Shodný text abstraktu a shodná klíčová slova musí být vloženy do IS/STAG.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F508AAE" w14:textId="77777777" w:rsidR="00556EAF" w:rsidRDefault="00556EAF" w:rsidP="00556EAF">
       <w:pPr>
         <w:pStyle w:val="Textyostatn"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2FE50BA4" w14:textId="77777777" w:rsidR="00D92785" w:rsidRDefault="00556EAF" w:rsidP="00556EAF">
       <w:pPr>
         <w:pStyle w:val="Textyostatn"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Keywords</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="00FC6D3F" w14:textId="2AA3DB5F" w:rsidR="00556EAF" w:rsidRDefault="006F644D" w:rsidP="00556EAF">
       <w:pPr>
         <w:pStyle w:val="Textyostatn"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>keyword</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>keyword</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>keyword</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="6B2398C3" w14:textId="77777777" w:rsidR="002C0941" w:rsidRPr="00556EAF" w:rsidRDefault="002C0941" w:rsidP="00556EAF">
       <w:pPr>
         <w:pStyle w:val="Textyostatn"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6EF7B51E" w14:textId="77777777" w:rsidR="006A200B" w:rsidRDefault="006A200B" w:rsidP="00F94A11">
       <w:pPr>
         <w:pStyle w:val="Textyostatn"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2FEC38AF" w14:textId="77777777" w:rsidR="002135B9" w:rsidRDefault="002135B9" w:rsidP="00F94A11">
       <w:pPr>
         <w:pStyle w:val="Textyostatn"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14476F76" w14:textId="77777777" w:rsidR="002135B9" w:rsidRDefault="002135B9" w:rsidP="00F94A11">
       <w:pPr>
         <w:pStyle w:val="Textyostatn"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:sectPr w:rsidR="002135B9" w:rsidSect="00F94A11">
           <w:footerReference w:type="default" r:id="rId25"/>
           <w:type w:val="oddPage"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1985" w:right="1134" w:bottom="2381" w:left="1134" w:header="709" w:footer="1418" w:gutter="851"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="138BCC33" w14:textId="77777777" w:rsidR="006A200B" w:rsidRDefault="005526E5" w:rsidP="00B52D85">
+    <w:p w14:paraId="138BCC33" w14:textId="77777777" w:rsidR="006A200B" w:rsidRDefault="00000000" w:rsidP="00B52D85">
       <w:pPr>
         <w:pStyle w:val="Textyostatn"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="Poděkování"/>
           <w:tag w:val="POLE_PODEKOVANI_CS"/>
           <w:id w:val="-230541528"/>
           <w:placeholder>
             <w:docPart w:val="9B7E0F404266448BA6DEFDC45F0C5D92"/>
           </w:placeholder>
           <w:temporary/>
           <w:showingPlcHdr/>
           <w15:color w:val="FF6600"/>
           <w:text/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00B52D85" w:rsidRPr="00F94A11">
             <w:t>[</w:t>
           </w:r>
           <w:r w:rsidR="00B52D85">
             <w:t>Na tomto místě můžete napsat poděkování (není povinné), popř. motto, úryvky knih atp</w:t>
           </w:r>
           <w:r w:rsidR="00B52D85" w:rsidRPr="00F94A11">
             <w:t>.</w:t>
@@ -2058,5006 +2110,5077 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:id w:val="1308208389"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="63081450" w14:textId="77777777" w:rsidR="000F709C" w:rsidRDefault="000F709C">
           <w:pPr>
             <w:pStyle w:val="Nadpisobsahu"/>
           </w:pPr>
           <w:r>
             <w:t>Obsah</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="3F724C12" w14:textId="29132A2B" w:rsidR="002B5D28" w:rsidRDefault="000F709C">
+        <w:p w14:paraId="698CC581" w14:textId="287894D2" w:rsidR="00D11913" w:rsidRDefault="000F709C">
           <w:pPr>
             <w:pStyle w:val="Obsah1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc209218729" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909452" w:history="1">
+            <w:r w:rsidR="00D11913" w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Seznam obrázků</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r w:rsidR="00D11913">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r w:rsidR="00D11913">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r w:rsidR="00D11913">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218729 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909452 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00D11913">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r w:rsidR="00D11913">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r w:rsidR="00D11913">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r w:rsidR="00D11913">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1EDD1832" w14:textId="7C2CB6D2" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="5881DC40" w14:textId="424B4F92" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218730" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909453" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Seznam tabulek</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218730 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909453 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="22F5FED9" w14:textId="5EDDF989" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="08EB5CCB" w14:textId="36913A43" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218731" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909454" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Seznam použitých symbolů a zkratek</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218731 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909454 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="523E85A6" w14:textId="138D9962" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="48538D8B" w14:textId="2F59E5C5" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218732" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909455" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Seznam příloh</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218732 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909455 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="439A21B2" w14:textId="11C272D3" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="4869F75F" w14:textId="29664149" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218733" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909456" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Úvod</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218733 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909456 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0B0B9531" w14:textId="1FBC46AB" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="2443C43E" w14:textId="74217E38" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="482"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218734" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909457" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Pokyny k úpravě závěrečných prací na jednotlivých fakultách</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218734 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909457 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="56671F03" w14:textId="4C86E064" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="56CC3200" w14:textId="06D2287A" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218735" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909458" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1.1</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Fakulta technologická</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218735 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909458 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4D1DA85B" w14:textId="61AC8519" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="72A6FBAB" w14:textId="673B31AB" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218736" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909459" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1.2</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Fakulta managementu a ekonomiky</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218736 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909459 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="05D084FA" w14:textId="33B42EA5" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="0B11CEE1" w14:textId="038ABAB3" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218737" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909460" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1.3</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Fakulta multimediálních komunikací</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218737 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909460 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2B8A1D19" w14:textId="79E3A86A" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="453A35AD" w14:textId="4EEE866C" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218738" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909461" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1.4</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Fakulta logistiky a krizového řízení</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218738 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909461 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6C8B1D59" w14:textId="5BFC253E" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="652A0091" w14:textId="5346419F" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218739" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909462" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1.5</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Fakulta aplikované informatiky</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218739 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909462 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2FF1D44C" w14:textId="3A5CD934" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="1764A8E6" w14:textId="2902BF58" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218740" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909463" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1.6</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Fakulta humanitních studií</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218740 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909463 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6B6A2FEA" w14:textId="46839EF8" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="0BB03A74" w14:textId="07090D97" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="482"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218741" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909464" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Obecná doporučení k formální a typografické úpravě prací</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218741 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909464 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="63BD08B6" w14:textId="552F3775" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="02BF1EC7" w14:textId="1BB6D797" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218742" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909465" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2.1</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Odborný styl závěrečné práce</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218742 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909465 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="66040CC0" w14:textId="4233DE69" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="790C7954" w14:textId="5F77189E" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218743" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909466" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2.2</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Základní typografická pravidla</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218743 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909466 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="446A0B66" w14:textId="1BC1F3AB" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="6E977ED5" w14:textId="2EE65E95" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218744" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909467" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2.3</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Dělení slov</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218744 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909467 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3344263E" w14:textId="726F6179" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="44E990C3" w14:textId="333B98D3" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218745" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909468" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2.3.1</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Vypnutí automatického dělení slov</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218745 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909468 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="587BD85C" w14:textId="06D20168" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="4F636B85" w14:textId="3478AAB0" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="482"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218746" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909469" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Příprava šablony a práce se šablonou</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218746 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909469 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="22283856" w14:textId="499CBD20" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="3420AFA0" w14:textId="692592B4" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218747" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909470" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.1</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Instalace šablony</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218747 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909470 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7C05F8D4" w14:textId="167C52F2" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="64FE4C96" w14:textId="1F9B3EE5" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218748" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909471" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.2</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Úprava úvodních a závěrečných stran šablony</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218748 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909471 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0C27E90F" w14:textId="62D4DB89" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="0ACD10EE" w14:textId="2811B60D" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218749" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909472" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.3</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Převod práce do PDF/A</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218749 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909472 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>32</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7224AAA7" w14:textId="11B81CF9" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="780F264A" w14:textId="70EE9793" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218750" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909473" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.4</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Náhled a tisk práce</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218750 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909473 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>34</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="03B3D071" w14:textId="22B45940" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="783CEF0C" w14:textId="20F405DF" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="482"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218751" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909474" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Styly</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218751 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909474 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="245037A0" w14:textId="0E24CD64" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="54AB9D76" w14:textId="190A18A4" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218752" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909475" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.1</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Nadpisy</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218752 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909475 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3472ADEC" w14:textId="4B2724DA" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="56C4ACAE" w14:textId="06131EE4" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218753" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909476" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.2</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Nadpisy pro dělenou a nedělenou šablonu</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218753 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909476 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>36</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2E870470" w14:textId="7DB09671" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="52216FDE" w14:textId="32222E31" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218754" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909477" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.3</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Odstavce</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218754 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909477 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>37</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0CC1FE07" w14:textId="5CFCBD91" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="67CD7DA0" w14:textId="5BFD6B34" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218755" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909478" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.4</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Seznamy</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218755 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909478 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>38</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:t>37</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="093B1502" w14:textId="3A2B0E61" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="51594521" w14:textId="2D9019B6" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218756" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909479" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.5</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Seznam použité literatury</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218756 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909479 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>39</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3AA1A5A0" w14:textId="697D2118" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="68BDF34E" w14:textId="3D45092F" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218757" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909480" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.6</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Citáty a poezie</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218757 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909480 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>40</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="665BB1EE" w14:textId="37C86E69" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="5A2BDBE3" w14:textId="2F9C21DC" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218758" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909481" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.7</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Jazykové příklady</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218758 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909481 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>41</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="66C5EA40" w14:textId="09C2E5A3" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="5F9F8A86" w14:textId="0DAAF64C" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218759" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909482" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.8</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Poznámky pod čarou</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218759 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909482 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>42</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="51B87D94" w14:textId="60DFB777" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="06922893" w14:textId="05F65D6E" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218760" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909483" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.9</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Zdrojový kód</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218760 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909483 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>43</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2DB678EC" w14:textId="47F34F10" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="302B467A" w14:textId="3FFD1903" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="482"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218761" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909484" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Vložené objekty, bloky a rychlé části</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218761 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909484 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>44</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4C49CDA0" w14:textId="42043DB6" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="073B7D35" w14:textId="2818FD88" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218762" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909485" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.1</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Obrázky</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218762 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909485 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>44</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:t>45</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="46624F70" w14:textId="66B03131" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="103F074A" w14:textId="14416E5C" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218763" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909486" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.1.1</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Grafy a schémata</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218763 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909486 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>46</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="448E4D22" w14:textId="36ABCF93" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="5D075BBA" w14:textId="28618386" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218764" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909487" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.2</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Tabulky</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218764 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909487 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>47</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:t>48</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2231FC34" w14:textId="59E06032" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="7E56D119" w14:textId="45F4B08B" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218765" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909488" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.3</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Rovnice</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218765 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909488 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>49</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="72A50B1D" w14:textId="4E80D08D" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="63A0A6D0" w14:textId="5A5D4DB9" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218766" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909489" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.4</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Křížové odkazy</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218766 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909489 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>49</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="40A84887" w14:textId="70C3DACE" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="252C67C9" w14:textId="46E677F6" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218767" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909490" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.5</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Automaticky generované seznamy</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218767 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909490 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>49</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:t>50</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="12F33997" w14:textId="44D07E61" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="339644EA" w14:textId="78A95B13" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218768" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909491" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.5.1</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Aktualizace seznamu s přílohami</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218768 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909491 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>49</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:t>50</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="17F50177" w14:textId="7C67CAAF" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="26DE9602" w14:textId="75219AB0" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218769" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909492" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.5.2</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Vytvoření nových seznamů</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218769 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909492 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>50</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:t>51</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2D460122" w14:textId="4C71EAA2" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="442D8BC4" w14:textId="7D8B9732" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218770" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909493" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.5.3</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Odstranění seznamů</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218770 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909493 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>50</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:t>51</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="71A63317" w14:textId="2D8E6962" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="2257AB28" w14:textId="48074971" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218771" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909494" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.6</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Seznam použité literatury</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218771 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909494 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>51</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:t>52</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1002ECF9" w14:textId="46857C5B" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="184DE5EA" w14:textId="47116CB5" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218772" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909495" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.6.1</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Obecné zásady pro tvorbu citací</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218772 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909495 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>51</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:t>52</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5B49CA6C" w14:textId="52FDC0CD" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="7F7A0750" w14:textId="23372ED8" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218773" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909496" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.6.2</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Základní pojmy</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218773 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909496 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>52</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:t>53</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="38E77364" w14:textId="339161D8" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="077788F1" w14:textId="629E5DB9" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218774" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909497" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.6.3</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Citační etika</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218774 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909497 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>53</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="22429B39" w14:textId="6175AAEC" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="0FCD4937" w14:textId="3C27D850" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218775" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909498" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.6.4</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Příklady citování nejčastějších typů dokumentů podle ČSN ISO 690</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218775 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909498 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>53</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:t>54</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="70498FA7" w14:textId="5F533B73" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="517E7748" w14:textId="724C337B" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218776" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909499" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.6.5</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Odkazy na citace v textu</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218776 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909499 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>57</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:t>59</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5118F17A" w14:textId="3F1AD069" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="7BB2D6C0" w14:textId="2C1E1A93" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218777" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909500" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.6.6</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Nástroj pro tvorbu citací Citace PRO</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218777 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909500 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>60</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:t>61</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="44F4C03E" w14:textId="3B753907" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="16E57C8A" w14:textId="66C88585" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218778" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909501" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.7</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Přílohy</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218778 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909501 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>60</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:t>62</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7C7FEC14" w14:textId="4098E535" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="7CE7661D" w14:textId="5199A829" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="482"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218779" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909502" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Typografický nástroj TeX/LaTeX</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218779 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909502 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>61</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:t>63</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5290A823" w14:textId="7C0DD430" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="54455847" w14:textId="1F13D917" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218780" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909503" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Závěr</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218780 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909503 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>62</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:t>64</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="128F1DB6" w14:textId="3A0F3BAB" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+        <w:p w14:paraId="03586B72" w14:textId="4C12FAE0" w:rsidR="00D11913" w:rsidRDefault="00D11913">
           <w:pPr>
             <w:pStyle w:val="Obsah1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209218781" w:history="1">
-            <w:r w:rsidR="002B5D28" w:rsidRPr="00CB5E32">
+          <w:hyperlink w:anchor="_Toc214909504" w:history="1">
+            <w:r w:rsidRPr="00355D54">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Seznam použité literatury</w:t>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209218781 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214909504 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002B5D28">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>63</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B5D28">
+              <w:t>65</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5A36B2D6" w14:textId="17737E2D" w:rsidR="000F709C" w:rsidRDefault="000F709C">
+        <w:p w14:paraId="5A36B2D6" w14:textId="721EAB1C" w:rsidR="000F709C" w:rsidRDefault="000F709C">
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="7F779281" w14:textId="77777777" w:rsidR="002135B9" w:rsidRDefault="002135B9" w:rsidP="002135B9">
       <w:pPr>
         <w:pStyle w:val="Textyostatn"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="293C6C1B" w14:textId="77777777" w:rsidR="00070282" w:rsidRDefault="00070282" w:rsidP="002135B9">
       <w:pPr>
         <w:pStyle w:val="Textyostatn"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E0C0A6C" w14:textId="77777777" w:rsidR="002135B9" w:rsidRDefault="002135B9" w:rsidP="002135B9">
       <w:pPr>
         <w:pStyle w:val="Textyostatn"/>
         <w:sectPr w:rsidR="002135B9" w:rsidSect="006A200B">
           <w:footerReference w:type="default" r:id="rId27"/>
           <w:type w:val="oddPage"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1985" w:right="1134" w:bottom="2381" w:left="1134" w:header="709" w:footer="1418" w:gutter="851"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7EF89710" w14:textId="77777777" w:rsidR="002135B9" w:rsidRDefault="002135B9" w:rsidP="009A41D4">
       <w:pPr>
         <w:pStyle w:val="Nadpisyseznamy"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc209218729"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc214909452"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Seznam obrázků</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="3D6ACF6B" w14:textId="40CB3FB7" w:rsidR="002B5D28" w:rsidRDefault="00BF40AD">
+    <w:p w14:paraId="4D31E864" w14:textId="25644397" w:rsidR="00D11913" w:rsidRDefault="00BF40AD">
       <w:pPr>
         <w:pStyle w:val="Seznamobrzk"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOC \h \z \c "Obr." </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc209218782" w:history="1">
-        <w:r w:rsidR="002B5D28" w:rsidRPr="0027622D">
+      <w:hyperlink w:anchor="_Toc214909505" w:history="1">
+        <w:r w:rsidR="00D11913" w:rsidRPr="004F306D">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Obr. 1: Ukázka rozložení dokumentu s vloženou prázdnou stranou</w:t>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r w:rsidR="00D11913">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r w:rsidR="00D11913">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r w:rsidR="00D11913">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc209218782 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc214909505 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r w:rsidR="00D11913">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r w:rsidR="00D11913">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B91217">
+        <w:r w:rsidR="00D11913">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>34</w:t>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r w:rsidR="00D11913">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="45A40620" w14:textId="6191FC52" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+    <w:p w14:paraId="0EAD27E9" w14:textId="16682D18" w:rsidR="00D11913" w:rsidRDefault="00D11913">
       <w:pPr>
         <w:pStyle w:val="Seznamobrzk"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209218783" w:history="1">
-        <w:r w:rsidR="002B5D28" w:rsidRPr="0027622D">
+      <w:hyperlink w:anchor="_Toc214909506" w:history="1">
+        <w:r w:rsidRPr="004F306D">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Obr. 2: Ukázka dělené šablony s využitím nadpisů pro části</w:t>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc209218783 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc214909506 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B91217">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>36</w:t>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="408BD3B0" w14:textId="184E20B1" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+    <w:p w14:paraId="23E0D87C" w14:textId="6F719F27" w:rsidR="00D11913" w:rsidRDefault="00D11913">
       <w:pPr>
         <w:pStyle w:val="Seznamobrzk"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209218784" w:history="1">
-        <w:r w:rsidR="002B5D28" w:rsidRPr="0027622D">
+      <w:hyperlink w:anchor="_Toc214909507" w:history="1">
+        <w:r w:rsidRPr="004F306D">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Obr. 3: Ukázka odstranění zalomení stránky ve Writeru</w:t>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc209218784 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc214909507 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B91217">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>37</w:t>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4F44ED84" w14:textId="71D6CAEC" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+    <w:p w14:paraId="03DDC16D" w14:textId="3E43985D" w:rsidR="00D11913" w:rsidRDefault="00D11913">
       <w:pPr>
         <w:pStyle w:val="Seznamobrzk"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209218785" w:history="1">
-        <w:r w:rsidR="002B5D28" w:rsidRPr="0027622D">
+      <w:hyperlink w:anchor="_Toc214909508" w:history="1">
+        <w:r w:rsidRPr="004F306D">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Obr. 4: Titulek obrázku</w:t>
+          <w:t>Obr. 4: Ukázka funkce vložení automatického textu v systému macOS</w:t>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc209218785 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc214909508 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B91217">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>45</w:t>
+          <w:t>44</w:t>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2258ADFB" w14:textId="52E17CBF" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+    <w:p w14:paraId="6D5224CC" w14:textId="1EE0B5BB" w:rsidR="00D11913" w:rsidRDefault="00D11913">
       <w:pPr>
         <w:pStyle w:val="Seznamobrzk"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209218786" w:history="1">
-        <w:r w:rsidR="002B5D28" w:rsidRPr="0027622D">
+      <w:hyperlink w:anchor="_Toc214909509" w:history="1">
+        <w:r w:rsidRPr="004F306D">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Obr. 5: Titulek obrázku s uvedením zdroje</w:t>
+          <w:t>Obr. 5: Titulek obrázku</w:t>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc209218786 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc214909509 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B91217">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>45</w:t>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0AC3A4B5" w14:textId="3F174588" w:rsidR="002135B9" w:rsidRDefault="00BF40AD">
+    <w:p w14:paraId="035A9AC7" w14:textId="379FEF73" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+      <w:pPr>
+        <w:pStyle w:val="Seznamobrzk"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc214909510" w:history="1">
+        <w:r w:rsidRPr="004F306D">
+          <w:rPr>
+            <w:rStyle w:val="Hypertextovodkaz"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Obr. 6: Titulek obrázku s uvedením zdroje</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc214909510 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>46</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0AC3A4B5" w14:textId="45F070BA" w:rsidR="002135B9" w:rsidRDefault="00BF40AD">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="004D523E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251686400" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1CC443BE" wp14:editId="332A2E90">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>left</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:align>bottom</wp:align>
                 </wp:positionV>
                 <wp:extent cx="5220000" cy="1004082"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5715"/>
                 <wp:wrapNone/>
@@ -7110,254 +7233,254 @@
                               <w:t>, po dokončení práce je nutné ho aktualizovat (kliknout pravým tlačítkem myši na seznam a zvolit možnost Aktualizovat pole).</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="1CC443BE" id="Textové pole 1520256369" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:411pt;height:79.05pt;z-index:251686400;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:bottom;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAJLKEYVgIAAJgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEFu2zAQvBfoHwjeG8mK7SZG5MBNkKJA&#10;kARIipxpirIFUFyWpC2lP+o7+rEOKdtx056KXqgldzncnZ3VxWXfarZVzjdkSj46yTlTRlLVmFXJ&#10;vz7dfDjjzAdhKqHJqJK/KM8v5+/fXXR2pgpak66UYwAxftbZkq9DsLMs83KtWuFPyCoDZ02uFQFb&#10;t8oqJzqgtzor8nyadeQq60gq73F6PTj5POHXtZLhvq69CkyXHLmFtLq0LuOazS/EbOWEXTdyl4b4&#10;hyxa0Rg8eoC6FkGwjWv+gGob6chTHU4ktRnVdSNVqgHVjPI31TyuhVWpFpDj7YEm//9g5d32wbGm&#10;Qu8mRV5MpqfTc86MaNGrJ9UH2v78wSxpxY78IK2zfoa7jxa3Q/+JegBEMuO5x2Hkoq9dG7+oksEP&#10;+l8OlAOaSRxOCnQxh0vCN8rzcX5WRJzs9bp1PnxW1LJolNyhp4lqsb31YQjdh8TXPOmmumm0Tpuo&#10;I3WlHdsKKECHlCTAf4vShnUln55O8gRsKF4fkLVBLq9FRSv0yz4xNt4XvKTqBTw4GuTlrbxpkOut&#10;8OFBOOgJ9WFGwj2WWhPeop3F2Zrc97+dx3i0GV7OOuiz5P7bRjjFmf5iIIDz0XgcBZ0248nHAht3&#10;7Fkee8ymvSIQMMI0WpnMGB/03qwdtc8YpUV8FS5hJN4u+XJvXoVhajCKUi0WKQgStiLcmkcrI3Qk&#10;PHbiqX8Wzu7aFdDpO9orWczedG2IjTcNLTaB6ia1NPI8sLqjH/JPotiNapyv432Kev2hzH8BAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCagnb92QAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITv&#10;SLyDtUjcqNOIQhTiVFX5uSJKHsCNlyQQr6N4kwaenoULXFYazWj2m2K7+F7NOMYukIH1KgGFVAfX&#10;UWOgen28ykBFtuRsHwgNfGKEbXl+VtjchRO94HzgRkkJxdwaaJmHXOtYt+htXIUBSby3MHrLIsdG&#10;u9GepNz3Ok2SG+1tR/KhtQPuW6w/DpM3ME1UPeznHbtb2myq66ev53e+N+byYtndgWJc+C8MP/iC&#10;DqUwHcNELqregAzh3ytelqYijxLaZGvQZaH/05ffAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAAksoRhWAgAAmAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAJqCdv3ZAAAABQEAAA8AAAAAAAAAAAAAAAAAsAQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAC2BQAAAAA=&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="1CC443BE" id="Textové pole 1520256369" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:411pt;height:79.05pt;z-index:251686400;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:bottom;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA4iwDRMAIAAFwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1vGjEQvVfqf7B8L7tQSNMVS0SJqCqh&#10;JBKpcjZem7Xk9bi2YZf++o69fDXJqerFjD2zzzPvPTO96xpN9sJ5Baakw0FOiTAcKmW2Jf35vPx0&#10;S4kPzFRMgxElPQhP72YfP0xbW4gR1KAr4QiCGF+0tqR1CLbIMs9r0TA/ACsMJiW4hgXcum1WOdYi&#10;eqOzUZ7fZC24yjrgwns8ve+TdJbwpRQ8PErpRSC6pNhbSKtL6yau2WzKiq1jtlb82Ab7hy4apgxe&#10;eoa6Z4GRnVNvoBrFHXiQYcChyUBKxUWaAacZ5q+mWdfMijQLkuPtmSb//2D5w35tnxwJ3TfoUMBI&#10;SGt94fEwztNJ18Rf7JRgHik8nGkTXSAcDycjVCLHFMfcMM/H+e0o4mSXz63z4buAhsSgpA51SXSx&#10;/cqHvvRUEm/zoFW1VFqnTfSCWGhH9gxV1CE1ieB/VWlD2pLefJ7kCdhA/LxH1gZ7uQwVo9BtOqKq&#10;ko5PA2+gOiAPDnqLeMuXCntdMR+emENP4Hzo8/CIi9SAd8ExoqQG9/u981iPUmGWkhY9VlL/a8ec&#10;oET/MCji1+F4HE2ZNuPJlxFu3HVmc50xu2YBSMAQX5TlKYz1QZ9C6aB5wecwj7diihmOd5d0cwoX&#10;oXc+Picu5vNUhDa0LKzM2vIIHQmPSjx3L8zZo1wBlX6AkxtZ8Uq1vjZ+aWC+CyBVkjTy3LN6pB8t&#10;nExxfG7xjVzvU9XlT2H2BwAA//8DAFBLAwQUAAYACAAAACEAmoJ2/dkAAAAFAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KjTiEIU4lRV+bkiSh7AjZckEK+jeJMGnp6FC1xWGs1o&#10;9ptiu/hezTjGLpCB9SoBhVQH11FjoHp9vMpARbbkbB8IDXxihG15flbY3IUTveB84EZJCcXcGmiZ&#10;h1zrWLfobVyFAUm8tzB6yyLHRrvRnqTc9zpNkhvtbUfyobUD7lusPw6TNzBNVD3s5x27W9psquun&#10;r+d3vjfm8mLZ3YFiXPgvDD/4gg6lMB3DRC6q3oAM4d8rXpamIo8S2mRr0GWh/9OX3wAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQA4iwDRMAIAAFwEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCagnb92QAAAAUBAAAPAAAAAAAAAAAAAAAAAIoEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAkAUAAAAA&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="2818E188" w14:textId="5A55AADE" w:rsidR="005526E5" w:rsidRPr="006E02D8" w:rsidRDefault="005526E5" w:rsidP="004D523E">
                       <w:pPr>
                         <w:pStyle w:val="Upozornn"/>
                       </w:pPr>
                       <w:r w:rsidRPr="003D75EA">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve">Seznam </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve">obrázků </w:t>
                       </w:r>
                       <w:r w:rsidRPr="003D75EA">
                         <w:t>je generován automaticky</w:t>
                       </w:r>
                       <w:r>
                         <w:t xml:space="preserve"> (titulek Obr.)</w:t>
                       </w:r>
                       <w:r w:rsidRPr="003D75EA">
                         <w:t>, po dokončení práce je nutné ho aktualizovat (kliknout pravým tlačítkem myši na seznam a zvolit možnost Aktualizovat pole).</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin" anchory="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="002135B9">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E926895" w14:textId="77777777" w:rsidR="002135B9" w:rsidRDefault="002135B9" w:rsidP="009A41D4">
       <w:pPr>
         <w:pStyle w:val="Nadpisyseznamy"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc209218730"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc214909453"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Seznam tabulek</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="0CAAA70E" w14:textId="106C83DF" w:rsidR="002B5D28" w:rsidRDefault="00257894">
+    <w:p w14:paraId="0E79F3A8" w14:textId="207E6579" w:rsidR="00D11913" w:rsidRDefault="00257894">
       <w:pPr>
         <w:pStyle w:val="Seznamobrzk"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOC \h \z \c "Tab." </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc209218787" w:history="1">
-        <w:r w:rsidR="002B5D28" w:rsidRPr="005925AA">
+      <w:hyperlink w:anchor="_Toc214909511" w:history="1">
+        <w:r w:rsidR="00D11913" w:rsidRPr="00CD5E10">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Tab. 1: Styly pro nadpisy</w:t>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r w:rsidR="00D11913">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r w:rsidR="00D11913">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r w:rsidR="00D11913">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc209218787 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc214909511 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r w:rsidR="00D11913">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r w:rsidR="00D11913">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B91217">
+        <w:r w:rsidR="00D11913">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>35</w:t>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r w:rsidR="00D11913">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="09D77218" w14:textId="14607583" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+    <w:p w14:paraId="77851E36" w14:textId="3AED7D45" w:rsidR="00D11913" w:rsidRDefault="00D11913">
       <w:pPr>
         <w:pStyle w:val="Seznamobrzk"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209218788" w:history="1">
-        <w:r w:rsidR="002B5D28" w:rsidRPr="005925AA">
+      <w:hyperlink w:anchor="_Toc214909512" w:history="1">
+        <w:r w:rsidRPr="00CD5E10">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Tab. 2: Titulek tabulky</w:t>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc209218788 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc214909512 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B91217">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>48</w:t>
+          <w:t>49</w:t>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="49F69B3B" w14:textId="2940CA6D" w:rsidR="002135B9" w:rsidRDefault="00257894">
+    <w:p w14:paraId="49F69B3B" w14:textId="48E507EF" w:rsidR="002135B9" w:rsidRDefault="00257894">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="002135B9">
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="003D75EA">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251680256" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4FB5D053" wp14:editId="11E439D5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>left</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:align>bottom</wp:align>
                 </wp:positionV>
@@ -7413,125 +7536,125 @@
                               <w:t>, po dokončení práce je nutné ho aktualizovat (kliknout pravým tlačítkem myši na seznam a zvolit možnost Aktualizovat pole).</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4FB5D053" id="Textové pole 10" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:411pt;height:79.05pt;z-index:251680256;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:bottom;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB09jBvTQIAAIgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEFu2zAQvBfoHwjea8munaaG5cBN4KKA&#10;kQRwipxpiooFUFyWpC25P+o7+rEOKTtx056KXihydzncndnV7KprNNsr52syBR8Ocs6UkVTW5qng&#10;Xx+W7y4580GYUmgyquAH5fnV/O2bWWunakRb0qVyDCDGT1tb8G0IdpplXm5VI/yArDJwVuQaEXB0&#10;T1npRAv0RmejPL/IWnKldSSV97De9E4+T/hVpWS4qyqvAtMFR24hrS6tm7hm85mYPjlht7U8piH+&#10;IYtG1AaPPkPdiCDYztV/QDW1dOSpCgNJTUZVVUuVakA1w/xVNeutsCrVAnK8fabJ/z9Yebu/d6wu&#10;oR3oMaKBRg+qC7T/+YNZ0orBDpJa66eIXVtEh+4TdbhwsnsYY+1d5Zr4RVUMfuAdnikGJJMwTkZQ&#10;LYdLwjfM83F+OYo42ct163z4rKhhcVNwBw0TtWK/8qEPPYXE1zzpulzWWqdD7Bt1rR3bCyiuQ0oS&#10;4L9FacPagl+8n+QJ2FC83iNrg1xisX1RcRe6TZcYmpwK3lB5AA+O+nbyVi5r5LoSPtwLh/5BfZiJ&#10;cIel0oS36LjjbEvu+9/sMR6ywstZi34suP+2E05xpr8YCP5xOB4DNqTDePJhhIM792zOPWbXXBMI&#10;GGL6rEzbGB/0aVs5ah4xOov4KlzCSLxd8M1pex36KcHoSbVYpCC0rBVhZdZWRuhIeFTioXsUzh7l&#10;ClD6lk6dK6avVOtj401Di12gqk6SRp57Vo/0o91TUxxHM87T+TlFvfxA5r8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQCagnb92QAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqNOI&#10;QhTiVFX5uSJKHsCNlyQQr6N4kwaenoULXFYazWj2m2K7+F7NOMYukIH1KgGFVAfXUWOgen28ykBF&#10;tuRsHwgNfGKEbXl+VtjchRO94HzgRkkJxdwaaJmHXOtYt+htXIUBSby3MHrLIsdGu9GepNz3Ok2S&#10;G+1tR/KhtQPuW6w/DpM3ME1UPeznHbtb2myq66ev53e+N+byYtndgWJc+C8MP/iCDqUwHcNELqre&#10;gAzh3ytelqYijxLaZGvQZaH/05ffAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHT2MG9N&#10;AgAAiAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJqC&#10;dv3ZAAAABQEAAA8AAAAAAAAAAAAAAAAApwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AACtBQAAAAA=&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="4FB5D053" id="Textové pole 10" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:411pt;height:79.05pt;z-index:251680256;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:bottom;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBHOU8EMAIAAFwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1vGjEQvVfqf7B8L7tQSNMVS0SJqCqh&#10;JBKpcjZem7Xk9bi2YZf++o69fDXJqerFjD2zzzPvPTO96xpN9sJ5Baakw0FOiTAcKmW2Jf35vPx0&#10;S4kPzFRMgxElPQhP72YfP0xbW4gR1KAr4QiCGF+0tqR1CLbIMs9r0TA/ACsMJiW4hgXcum1WOdYi&#10;eqOzUZ7fZC24yjrgwns8ve+TdJbwpRQ8PErpRSC6pNhbSKtL6yau2WzKiq1jtlb82Ab7hy4apgxe&#10;eoa6Z4GRnVNvoBrFHXiQYcChyUBKxUWaAacZ5q+mWdfMijQLkuPtmSb//2D5w35tnxwJ3TfoUMBI&#10;SGt94fEwztNJ18Rf7JRgHik8nGkTXSAcDycjVCLHFMfcMM/H+e0o4mSXz63z4buAhsSgpA51SXSx&#10;/cqHvvRUEm/zoFW1VFqnTfSCWGhH9gxV1CE1ieB/VWlD2pLefJ7kCdhA/LxH1gZ7uQwVo9BtOqIq&#10;7P008AaqA/LgoLeIt3ypsNcV8+GJOfQEzoc+D4+4SA14FxwjSmpwv987j/UoFWYpadFjJfW/dswJ&#10;SvQPgyJ+HY7H0ZRpM558GeHGXWc21xmzaxaABAzxRVmewlgf9CmUDpoXfA7zeCummOF4d0k3p3AR&#10;eufjc+JiPk9FaEPLwsqsLY/QkfCoxHP3wpw9yhVQ6Qc4uZEVr1Tra+OXBua7AFIlSSPPPatH+tHC&#10;yRTH5xbfyPU+VV3+FGZ/AAAA//8DAFBLAwQUAAYACAAAACEAmoJ2/dkAAAAFAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KjTiEIU4lRV+bkiSh7AjZckEK+jeJMGnp6FC1xWGs1o&#10;9ptiu/hezTjGLpCB9SoBhVQH11FjoHp9vMpARbbkbB8IDXxihG15flbY3IUTveB84EZJCcXcGmiZ&#10;h1zrWLfobVyFAUm8tzB6yyLHRrvRnqTc9zpNkhvtbUfyobUD7lusPw6TNzBNVD3s5x27W9psquun&#10;r+d3vjfm8mLZ3YFiXPgvDD/4gg6lMB3DRC6q3oAM4d8rXpamIo8S2mRr0GWh/9OX3wAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQBHOU8EMAIAAFwEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCagnb92QAAAAUBAAAPAAAAAAAAAAAAAAAAAIoEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAkAUAAAAA&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="2A2D13EF" w14:textId="7C65F675" w:rsidR="005526E5" w:rsidRPr="006E02D8" w:rsidRDefault="005526E5" w:rsidP="003D75EA">
                       <w:pPr>
                         <w:pStyle w:val="Upozornn"/>
                       </w:pPr>
                       <w:r w:rsidRPr="003D75EA">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve">Seznam </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve">tabulek </w:t>
                       </w:r>
                       <w:r w:rsidRPr="003D75EA">
                         <w:t>je generován automaticky</w:t>
                       </w:r>
                       <w:r>
                         <w:t xml:space="preserve"> (titulek Tab.)</w:t>
                       </w:r>
                       <w:r w:rsidRPr="003D75EA">
                         <w:t>, po dokončení práce je nutné ho aktualizovat (kliknout pravým tlačítkem myši na seznam a zvolit možnost Aktualizovat pole).</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin" anchory="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="14ADFB68" w14:textId="77777777" w:rsidR="002135B9" w:rsidRDefault="002135B9" w:rsidP="009A41D4">
       <w:pPr>
         <w:pStyle w:val="Nadpisyseznamy"/>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc209218731"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc214909454"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Seznam </w:t>
       </w:r>
       <w:r w:rsidR="00CE6344">
         <w:t>použitých symbolů</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> a zkratek</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="Seznam zkratek"/>
         <w:tag w:val="ZKRATKY"/>
         <w:id w:val="1914736146"/>
         <w15:color w:val="FF6600"/>
         <w15:repeatingSection/>
       </w:sdtPr>
       <w:sdtContent>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="293645189"/>
             <w:placeholder>
               <w:docPart w:val="9CB7AC53D75F4D9F9BFDE72EA2EE38BA"/>
             </w:placeholder>
             <w15:color w:val="FF6600"/>
             <w15:repeatingSectionItem/>
           </w:sdtPr>
           <w:sdtContent>
-            <w:p w14:paraId="71927781" w14:textId="77777777" w:rsidR="00CE6344" w:rsidRDefault="005526E5" w:rsidP="008C755A">
+            <w:p w14:paraId="71927781" w14:textId="77777777" w:rsidR="00CE6344" w:rsidRDefault="00000000" w:rsidP="008C755A">
               <w:pPr>
                 <w:pStyle w:val="Seznamzkratek"/>
               </w:pPr>
               <w:sdt>
                 <w:sdtPr>
                   <w:id w:val="-783184982"/>
                   <w:placeholder>
                     <w:docPart w:val="73F4957CB65D4E5AB993B53BD14D109A"/>
                   </w:placeholder>
                   <w:temporary/>
                   <w:showingPlcHdr/>
                   <w:text/>
                 </w:sdtPr>
                 <w:sdtContent>
                   <w:r w:rsidR="00CE6344" w:rsidRPr="00A027B0">
                     <w:t>[Zkratka]</w:t>
                   </w:r>
                 </w:sdtContent>
               </w:sdt>
               <w:r w:rsidR="00C07B21">
                 <w:tab/>
               </w:r>
               <w:sdt>
                 <w:sdtPr>
                   <w:id w:val="1660576588"/>
@@ -7543,117 +7666,134 @@
                   <w:text/>
                 </w:sdtPr>
                 <w:sdtContent>
                   <w:r w:rsidR="00CE6344" w:rsidRPr="00A027B0">
                     <w:t>[Význam zkratky]</w:t>
                   </w:r>
                 </w:sdtContent>
               </w:sdt>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="1AFF8EF2" w14:textId="4ACBDFEA" w:rsidR="002135B9" w:rsidRDefault="003D75EA">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251683328" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A59E0F6" wp14:editId="24E0A507">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251683328" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A59E0F6" wp14:editId="4E8B7921">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
-                  <wp:posOffset>1943</wp:posOffset>
+                  <wp:align>left</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
-                  <wp:posOffset>5863656</wp:posOffset>
+                  <wp:posOffset>5699125</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="5220000" cy="2045553"/>
+                <wp:extent cx="5220000" cy="2210435"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="11" name="Textové pole 11"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="5220000" cy="2045553"/>
+                          <a:ext cx="5220000" cy="2210435"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="2DDB22C6" w14:textId="5ADC89CE" w:rsidR="005526E5" w:rsidRPr="003D75EA" w:rsidRDefault="005526E5" w:rsidP="003D75EA">
+                          <w:p w14:paraId="2DDB22C6" w14:textId="409B2FD5" w:rsidR="005526E5" w:rsidRPr="003D75EA" w:rsidRDefault="005526E5" w:rsidP="003D75EA">
                             <w:pPr>
                               <w:pStyle w:val="Upozornn"/>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="003D75EA">
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                               <w:t xml:space="preserve">Seznam </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                               <w:t xml:space="preserve">použitých symbolů a </w:t>
                             </w:r>
                             <w:r w:rsidRPr="003D75EA">
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                               <w:t xml:space="preserve">zkratek </w:t>
                             </w:r>
                             <w:r w:rsidRPr="003D75EA">
                               <w:t xml:space="preserve">včetně jejich vysvětlení je vytvořen pomocí tabulátorů. K levému okraji budou zarovnány zkratky/symboly, po tabulátoru následuje jejich vysvětlení. </w:t>
                             </w:r>
                             <w:r>
                               <w:t xml:space="preserve">Další zkratku/symbol lze přidat kliknutím na ikonku plus po najetí myši na řádek se seznamem. </w:t>
                             </w:r>
                             <w:r w:rsidRPr="003D75EA">
                               <w:t>V případě, že je zkratka v cizím jazyce, uvede se její originální znění a do závorky pak český překlad. Seznam je seřazen abecedně.</w:t>
+                            </w:r>
+                            <w:r w:rsidR="008A4626">
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidR="0028085D">
+                              <w:t xml:space="preserve">Doporučujeme jej tvořit průběžně v jiném dokumentu, seznam následně seřadit </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidR="0028085D">
+                              <w:t>abecedně</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r w:rsidR="00DA2EDA">
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidR="0028085D">
+                              <w:t>a nakonec jej zde vložit při dokončení práce.</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="5FDB12DF" w14:textId="214E9482" w:rsidR="005526E5" w:rsidRPr="003D75EA" w:rsidRDefault="005526E5" w:rsidP="003D75EA">
                             <w:pPr>
                               <w:pStyle w:val="Upozornn"/>
                             </w:pPr>
                             <w:r w:rsidRPr="003D75EA">
                               <w:t>Poznámka: V samotném textu práce musí být zkratky vysvětleny vždy u prvního výskytu zkratky v</w:t>
                             </w:r>
                             <w:r>
                               <w:t> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="003D75EA">
                               <w:t>textu</w:t>
                             </w:r>
                             <w:r>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="003D75EA">
                               <w:t>(v závorce nebo v poznámce pod čarou, pokud se jedná o</w:t>
                             </w:r>
                             <w:r>
                               <w:t> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="003D75EA">
@@ -7663,184 +7803,201 @@
                               <w:t>ší vysvětlení pojmu či zkratky), neuvádějí se ale zaužívaná ustálená spojení.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="0A59E0F6" id="Textové pole 11" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:.15pt;margin-top:461.7pt;width:411pt;height:161.05pt;z-index:251683328;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAwu4ymTQIAAIgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEFu2zAQvBfoHwjeG8mO7baG5cBNkKJA&#10;kASwi5xpiooFUFyWpC25P+o7+rEOKdtx056KXihydzncndnV7KprNNsp52syBR9c5JwpI6mszXPB&#10;v65u333gzAdhSqHJqILvledX87dvZq2dqiFtSJfKMYAYP21twTch2GmWeblRjfAXZJWBsyLXiICj&#10;e85KJ1qgNzob5vkka8mV1pFU3sN60zv5POFXlZLhoaq8CkwXHLmFtLq0ruOazWdi+uyE3dTykIb4&#10;hywaURs8eoK6EUGwrav/gGpq6chTFS4kNRlVVS1VqgHVDPJX1Sw3wqpUC8jx9kST/3+w8n736Fhd&#10;QrsBZ0Y00GilukC7nz+YJa0Y7CCptX6K2KVFdOg+UYcLR7uHMdbeVa6JX1TF4Afd+xPFgGQSxvEQ&#10;quVwSfiG+Wg8Hl9GnOzlunU+fFbUsLgpuIOGiVqxu/OhDz2GxNc86bq8rbVOh9g36lo7thNQXIeU&#10;JMB/i9KGtQWfXI7zBGwoXu+RtUEusdi+qLgL3bpLDE2OBa+p3IMHR307eStva+R6J3x4FA79g/ow&#10;E+EBS6UJb9Fhx9mG3Pe/2WM8ZIWXsxb9WHD/bSuc4kx/MRD842A0ig2cDqPx+yEO7tyzPveYbXNN&#10;IACaIru0jfFBH7eVo+YJo7OIr8IljMTbBV8ft9ehnxKMnlSLRQpCy1oR7szSyggdCY9KrLon4exB&#10;rgCl7+nYuWL6SrU+Nt40tNgGquokaeS5Z/VAP9o9NcVhNOM8nZ9T1MsPZP4LAAD//wMAUEsDBBQA&#10;BgAIAAAAIQBh3ezC3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsqIOb&#10;QAlxqqo8toiSD3DjIQnE4yh20sDXM6xgOXOP7pwptovrxYxj6DxpuF4lIJBqbztqNFRvT1cbECEa&#10;sqb3hBq+MMC2PD8rTG79iV5xPsRGcAmF3GhoYxxyKUPdojNh5Qckzt796EzkcWykHc2Jy10vVZLc&#10;SGc64gutGXDfYv15mJyGaaLqcT/vor2lLKvS5++Xj/ig9eXFsrsHEXGJfzD86rM6lOx09BPZIHoN&#10;a+Y03Kl1CoLjjVK8OTKn0iwDWRby/wflDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAw&#10;u4ymTQIAAIgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQBh3ezC3QAAAAkBAAAPAAAAAAAAAAAAAAAAAKcEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAsQUAAAAA&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="0A59E0F6" id="Textové pole 11" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:448.75pt;width:411pt;height:174.05pt;z-index:251683328;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDzX0vxMAIAAFwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+y4SbcZcYosRYYB&#10;RVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kSmReiLfIz2761tN9sJ5Baai41FOiTAcamW2Ff3+svrw&#10;iRIfmKmZBiMqehCe3s3fv5t1thQFNKBr4QiCGF92tqJNCLbMMs8b0TI/AisMOiW4lgXcum1WO9Yh&#10;equzIs9vsw5cbR1w4T2e3g9OOk/4UgoenqT0IhBdUcwtpNWldRPXbD5j5dYx2yh+TIP9QxYtUwYf&#10;PUPds8DIzqk/oFrFHXiQYcShzUBKxUWqAasZ52+qWTfMilQLkuPtmSb//2D5435tnx0J/RfoUcBI&#10;SGd96fEw1tNL18YvZkrQjxQezrSJPhCOh9MClcjRxdFXFON8cjONONnlunU+fBXQkmhU1KEuiS62&#10;f/BhCD2FxNc8aFWvlNZpE3tBLLUje4Yq6pCSRPDforQhXUVvb6Z5AjYQrw/I2mAul6KiFfpNT1SN&#10;F04Fb6A+IA8Ohhbxlq8U5vrAfHhmDnsC68M+D0+4SA34FhwtShpwP/92HuNRKvRS0mGPVdT/2DEn&#10;KNHfDIr4eTyZxKZMm8n0Y4Ebd+3ZXHvMrl0CEjDGibI8mTE+6JMpHbSvOA6L+Cq6mOH4dkU3J3MZ&#10;hs7HceJisUhB2IaWhQeztjxCR8KjEi/9K3P2KFdApR/h1I2sfKPaEBtvGljsAkiVJI08D6we6ccW&#10;Tk1xHLc4I9f7FHX5Kcx/AQAA//8DAFBLAwQUAAYACAAAACEA2lk8q90AAAAJAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaNOo6YNIU5VtcAVUfIBbmySQLyO4k0a+HqWExx3ZjT7&#10;Jt/PrhOTHULrUcF6FYGwWHnTYq2gfHu6S0EE0mh059Eq+LIB9sXiJteZ8Vd8tdOZasElGDKtoCHq&#10;MylD1Vinw8r3Ftl794PTxOdQSzPoK5e7TsZRtJVOt8gfGt3bY2Orz/PoFIwjlo/H6UBmh0lSbp6/&#10;Xz7opNTtcj48gCA7018YfvEZHQpmuvgRTRCdAh5CCtL7XQKC7TSOWblwLt4kW5BFLv8vKH4AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA819L8TACAABcBAAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA2lk8q90AAAAJAQAADwAAAAAAAAAAAAAAAACK&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJQFAAAAAA==&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="2DDB22C6" w14:textId="5ADC89CE" w:rsidR="005526E5" w:rsidRPr="003D75EA" w:rsidRDefault="005526E5" w:rsidP="003D75EA">
+                    <w:p w14:paraId="2DDB22C6" w14:textId="409B2FD5" w:rsidR="005526E5" w:rsidRPr="003D75EA" w:rsidRDefault="005526E5" w:rsidP="003D75EA">
                       <w:pPr>
                         <w:pStyle w:val="Upozornn"/>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="003D75EA">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve">Seznam </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve">použitých symbolů a </w:t>
                       </w:r>
                       <w:r w:rsidRPr="003D75EA">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve">zkratek </w:t>
                       </w:r>
                       <w:r w:rsidRPr="003D75EA">
                         <w:t xml:space="preserve">včetně jejich vysvětlení je vytvořen pomocí tabulátorů. K levému okraji budou zarovnány zkratky/symboly, po tabulátoru následuje jejich vysvětlení. </w:t>
                       </w:r>
                       <w:r>
                         <w:t xml:space="preserve">Další zkratku/symbol lze přidat kliknutím na ikonku plus po najetí myši na řádek se seznamem. </w:t>
                       </w:r>
                       <w:r w:rsidRPr="003D75EA">
                         <w:t>V případě, že je zkratka v cizím jazyce, uvede se její originální znění a do závorky pak český překlad. Seznam je seřazen abecedně.</w:t>
+                      </w:r>
+                      <w:r w:rsidR="008A4626">
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidR="0028085D">
+                        <w:t xml:space="preserve">Doporučujeme jej tvořit průběžně v jiném dokumentu, seznam následně seřadit </w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidR="0028085D">
+                        <w:t>abecedně</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r w:rsidR="00DA2EDA">
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidR="0028085D">
+                        <w:t>a nakonec jej zde vložit při dokončení práce.</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="5FDB12DF" w14:textId="214E9482" w:rsidR="005526E5" w:rsidRPr="003D75EA" w:rsidRDefault="005526E5" w:rsidP="003D75EA">
                       <w:pPr>
                         <w:pStyle w:val="Upozornn"/>
                       </w:pPr>
                       <w:r w:rsidRPr="003D75EA">
                         <w:t>Poznámka: V samotném textu práce musí být zkratky vysvětleny vždy u prvního výskytu zkratky v</w:t>
                       </w:r>
                       <w:r>
                         <w:t> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="003D75EA">
                         <w:t>textu</w:t>
                       </w:r>
                       <w:r>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="003D75EA">
                         <w:t>(v závorce nebo v poznámce pod čarou, pokud se jedná o</w:t>
                       </w:r>
                       <w:r>
                         <w:t> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="003D75EA">
                         <w:t>složitěj</w:t>
                       </w:r>
                       <w:r>
                         <w:t>ší vysvětlení pojmu či zkratky), neuvádějí se ale zaužívaná ustálená spojení.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin" anchory="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="002135B9">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="591B8FC9" w14:textId="77777777" w:rsidR="002135B9" w:rsidRDefault="002135B9" w:rsidP="001214C2">
       <w:pPr>
         <w:pStyle w:val="Nadpisyseznamy"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc209218732"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc214909455"/>
       <w:r w:rsidRPr="001214C2">
         <w:lastRenderedPageBreak/>
         <w:t>Seznam příloh</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="116802DD" w14:textId="77777777" w:rsidR="000E02B6" w:rsidRPr="004E55B8" w:rsidRDefault="000E5AC6" w:rsidP="000E5AC6">
       <w:pPr>
         <w:pStyle w:val="Textyostatn"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E55B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Přílohy </w:t>
       </w:r>
       <w:r w:rsidR="001C734B" w:rsidRPr="004E55B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>vložené v</w:t>
       </w:r>
       <w:r w:rsidRPr="004E55B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> závěrečné prác</w:t>
       </w:r>
       <w:r w:rsidR="001C734B" w:rsidRPr="004E55B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73899577" w14:textId="77777777" w:rsidR="002B5D28" w:rsidRDefault="000E02B6">
+    <w:p w14:paraId="4DAB3668" w14:textId="5256E7BC" w:rsidR="00D11913" w:rsidRDefault="000E02B6">
       <w:pPr>
         <w:pStyle w:val="Obsah9"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TOC </w:instrText>
       </w:r>
       <w:r w:rsidR="001A3F9F">
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -7848,113 +8005,113 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:instrText>\h \z \t "Příloha 1</w:instrText>
       </w:r>
       <w:r w:rsidR="003205B0">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:instrText>;</w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:instrText xml:space="preserve">9" </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc209218789" w:history="1">
-        <w:r w:rsidR="002B5D28" w:rsidRPr="008D5179">
+      <w:hyperlink w:anchor="_Toc214909513" w:history="1">
+        <w:r w:rsidR="00D11913" w:rsidRPr="00D93E78">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Příloha A:</w:t>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r w:rsidR="00D11913">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
             <w:noProof/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="cs-CZ"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="002B5D28" w:rsidRPr="008D5179">
+        <w:r w:rsidR="00D11913" w:rsidRPr="00D93E78">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Seznam stylů šablony</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0037F0F8" w14:textId="77777777" w:rsidR="002B5D28" w:rsidRDefault="005526E5">
+    <w:p w14:paraId="3C531172" w14:textId="3AC5994E" w:rsidR="00D11913" w:rsidRDefault="00D11913">
       <w:pPr>
         <w:pStyle w:val="Obsah9"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209218790" w:history="1">
-        <w:r w:rsidR="002B5D28" w:rsidRPr="008D5179">
+      <w:hyperlink w:anchor="_Toc214909514" w:history="1">
+        <w:r w:rsidRPr="00D93E78">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Příloha B:</w:t>
         </w:r>
-        <w:r w:rsidR="002B5D28">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
             <w:noProof/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="cs-CZ"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="002B5D28" w:rsidRPr="008D5179">
+        <w:r w:rsidRPr="00D93E78">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Seznam rychlých částí a stavebních bloků</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3D23250B" w14:textId="7D23FB95" w:rsidR="00CB55F3" w:rsidRDefault="000E02B6" w:rsidP="00920DCC">
+    <w:p w14:paraId="3D23250B" w14:textId="59D10639" w:rsidR="00CB55F3" w:rsidRDefault="000E02B6" w:rsidP="00920DCC">
       <w:pPr>
         <w:pStyle w:val="Obsah9"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0850E526" w14:textId="77777777" w:rsidR="001C734B" w:rsidRPr="004E55B8" w:rsidRDefault="000E5AC6" w:rsidP="001C734B">
       <w:pPr>
         <w:pStyle w:val="Textyostatn"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E55B8">
         <w:rPr>
@@ -7981,51 +8138,51 @@
               <w:docPart w:val="DCDB7CC88CC345F28042EDA8D9DBB4CD"/>
             </w:placeholder>
             <w15:color w:val="FF6600"/>
             <w15:repeatingSectionItem/>
           </w:sdtPr>
           <w:sdtContent>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="Ostatní přílohy"/>
                 <w:tag w:val="PŘÍLOHY OSTATNÍ"/>
                 <w:id w:val="1919681759"/>
                 <w15:color w:val="FF6600"/>
                 <w15:repeatingSection/>
               </w:sdtPr>
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
                     <w:id w:val="883135104"/>
                     <w:placeholder>
                       <w:docPart w:val="D7138E63DEC54C439ECA68E2891BB6E1"/>
                     </w:placeholder>
                     <w15:color w:val="FF6600"/>
                     <w15:repeatingSectionItem/>
                   </w:sdtPr>
                   <w:sdtContent>
-                    <w:p w14:paraId="2273A797" w14:textId="669C608E" w:rsidR="00FB0680" w:rsidRDefault="005526E5" w:rsidP="001A3F9F">
+                    <w:p w14:paraId="2273A797" w14:textId="669C608E" w:rsidR="00FB0680" w:rsidRDefault="00000000" w:rsidP="001A3F9F">
                       <w:pPr>
                         <w:pStyle w:val="Seznamploh"/>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="1134"/>
                         </w:tabs>
                       </w:pPr>
                       <w:sdt>
                         <w:sdtPr>
                           <w:id w:val="315386950"/>
                           <w:placeholder>
                             <w:docPart w:val="B67DC71B1AAB462EB416AF55CBE5D168"/>
                           </w:placeholder>
                           <w:showingPlcHdr/>
                           <w:comboBox>
                             <w:listItem w:value="Označení"/>
                             <w:listItem w:displayText="Příloha A:" w:value="Příloha A:"/>
                             <w:listItem w:displayText="Příloha B:" w:value="Příloha B:"/>
                             <w:listItem w:displayText="Příloha C:" w:value="Příloha C:"/>
                             <w:listItem w:displayText="Příloha D:" w:value="Příloha D:"/>
                             <w:listItem w:displayText="Příloha E:" w:value="Příloha E:"/>
                             <w:listItem w:displayText="Příloha F:" w:value="Příloha F:"/>
                             <w:listItem w:displayText="Příloha G:" w:value="Příloha G:"/>
                             <w:listItem w:displayText="Příloha H:" w:value="Příloha H:"/>
                             <w:listItem w:displayText="Příloha I:" w:value="Příloha I:"/>
                             <w:listItem w:displayText="Příloha J:" w:value="Příloha J:"/>
@@ -8226,109 +8383,109 @@
                               <w:t xml:space="preserve"> Seznam ostatních příloh se vytváří ručně.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="33A1CEB6" id="Textové pole 12" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:411pt;height:79.05pt;z-index:251684352;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:bottom;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDs1dZITgIAAIgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuG8mu86lhOXATuCgQ&#10;JAHsImuaomIBFIclaUvujXqOXiyPlO24aVdFN9RwZjif92Y0ue4azbbK+ZpMwQdnOWfKSCpr81zw&#10;b8v5hyvOfBCmFJqMKvhOeX49ff9u0tqxGtKadKkcQxDjx60t+DoEO84yL9eqEf6MrDIwVuQaEXB1&#10;z1npRIvojc6GeX6RteRK60gq76G97Y18muJXlZLhoaq8CkwXHLWFdLp0ruKZTSdi/OyEXddyX4b4&#10;hyoaURskPYa6FUGwjav/CNXU0pGnKpxJajKqqlqq1AO6GeRvulmshVWpF4Dj7REm///Cyvvto2N1&#10;Ce6GnBnRgKOl6gJtf/1klrRi0AOk1voxfBcW3qH7TB0eHPQeyth7V7kmftEVgx1w744QIySTUJ4P&#10;wVoOk4RtkOej/CrFz16fW+fDF0UNi0LBHThM0IrtnQ8oBa4Hl5jNk67Lea11usS5UTfasa0A4zqk&#10;IvHiNy9tWFvwi4/neQpsKD7vI2uDBLHZvqkohW7VJYQuDw2vqNwBB0f9OHkr5zVqvRM+PAqH+UF/&#10;2InwgKPShFy0lzhbk/vxN330B62wctZiHgvuv2+EU5zprwaEfxqMRnGA02V0fjnExZ1aVqcWs2lu&#10;CAAMsH1WJjH6B30QK0fNE1ZnFrPCJIxE7oKvDuJN6LcEqyfVbJacMLJWhDuzsDKGjoBHJpbdk3B2&#10;T1cA0/d0mFwxfsNa7xtfGpptAlV1ojTi3KO6hx/jnpjer2bcp9N78nr9gUxfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAmoJ2/dkAAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KjT&#10;iEIU4lRV+bkiSh7AjZckEK+jeJMGnp6FC1xWGs1o9ptiu/hezTjGLpCB9SoBhVQH11FjoHp9vMpA&#10;RbbkbB8IDXxihG15flbY3IUTveB84EZJCcXcGmiZh1zrWLfobVyFAUm8tzB6yyLHRrvRnqTc9zpN&#10;khvtbUfyobUD7lusPw6TNzBNVD3s5x27W9psquunr+d3vjfm8mLZ3YFiXPgvDD/4gg6lMB3DRC6q&#10;3oAM4d8rXpamIo8S2mRr0GWh/9OX3wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDs1dZI&#10;TgIAAIgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCa&#10;gnb92QAAAAUBAAAPAAAAAAAAAAAAAAAAAKgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAArgUAAAAA&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="33A1CEB6" id="Textové pole 12" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:411pt;height:79.05pt;z-index:251684352;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:bottom;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD4W6F1MAIAAFwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2yAQvVfqf0DcGztpsh9WnFWaVapK&#10;0e5K2WrPBEOMhBkKJHb66zvgfHXbU9ULGZjxY+a9R6YPXaPJXjivwJR0OMgpEYZDpcy2pN9fl5/u&#10;KPGBmYppMKKkB+Hpw+zjh2lrCzGCGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBpATXsIBbt80qx1pE&#10;b3Q2yvObrAVXWQdceI+nj32SzhK+lIKHZym9CESXFHsLaXVp3cQ1m01ZsXXM1oof22D/0EXDlMFL&#10;z1CPLDCyc+oPqEZxBx5kGHBoMpBScZFmwGmG+btp1jWzIs2C5Hh7psn/P1j+tF/bF0dC9wU6FDAS&#10;0lpfeDyM83TSNfEXOyWYRwoPZ9pEFwjHw8kIlcgxxTE3zPNxfjeKONnlc+t8+CqgITEoqUNdEl1s&#10;v/KhLz2VxNs8aFUtldZpE70gFtqRPUMVdUhNIvhvVdqQtqQ3nyd5AjYQP++RtcFeLkPFKHSbjqiq&#10;pLengTdQHZAHB71FvOVLhb2umA8vzKEncD70eXjGRWrAu+AYUVKD+/m381iPUmGWkhY9VlL/Y8ec&#10;oER/Myji/XA8jqZMm/HkdoQbd53ZXGfMrlkAEjDEF2V5CmN90KdQOmje8DnM462YYobj3SXdnMJF&#10;6J2Pz4mL+TwVoQ0tCyuztjxCR8KjEq/dG3P2KFdApZ/g5EZWvFOtr41fGpjvAkiVJI0896we6UcL&#10;J1Mcn1t8I9f7VHX5U5j9AgAA//8DAFBLAwQUAAYACAAAACEAmoJ2/dkAAAAFAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KjTiEIU4lRV+bkiSh7AjZckEK+jeJMGnp6FC1xWGs1o&#10;9ptiu/hezTjGLpCB9SoBhVQH11FjoHp9vMpARbbkbB8IDXxihG15flbY3IUTveB84EZJCcXcGmiZ&#10;h1zrWLfobVyFAUm8tzB6yyLHRrvRnqTc9zpNkhvtbUfyobUD7lusPw6TNzBNVD3s5x27W9psquun&#10;r+d3vjfm8mLZ3YFiXPgvDD/4gg6lMB3DRC6q3oAM4d8rXpamIo8S2mRr0GWh/9OX3wAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQD4W6F1MAIAAFwEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCagnb92QAAAAUBAAAPAAAAAAAAAAAAAAAAAIoEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAkAUAAAAA&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="794888EA" w14:textId="5E189488" w:rsidR="005526E5" w:rsidRPr="00693CEE" w:rsidRDefault="005526E5" w:rsidP="00693CEE">
                       <w:pPr>
                         <w:pStyle w:val="Upozornn"/>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="003D75EA">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve">Seznam </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve">příloh </w:t>
                       </w:r>
                       <w:r>
                         <w:t xml:space="preserve">vložených v závěrečné práci </w:t>
                       </w:r>
                       <w:r w:rsidRPr="003D75EA">
                         <w:t>je generován automaticky</w:t>
                       </w:r>
                       <w:r>
                         <w:t xml:space="preserve"> (nadpis Příloha 1)</w:t>
                       </w:r>
                       <w:r w:rsidRPr="003D75EA">
                         <w:t>, po dokončení práce je nutné ho aktualizovat (kliknout pravým tlačítkem myši na seznam a zvolit možnost Aktualizovat pole).</w:t>
                       </w:r>
                       <w:r>
                         <w:t xml:space="preserve"> Seznam ostatních příloh se vytváří ručně.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin" anchory="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A4B4DB7" w14:textId="77777777" w:rsidR="00B2455C" w:rsidRDefault="009B7C67" w:rsidP="00C53D7A">
       <w:pPr>
         <w:pStyle w:val="Nadpisyvodazvr"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc209218733"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc214909456"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Úvod</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w14:paraId="65F1550C" w14:textId="2F3C4E4D" w:rsidR="009B7C67" w:rsidRDefault="00E911C4" w:rsidP="00504AE1">
+    <w:p w14:paraId="65F1550C" w14:textId="45B091BA" w:rsidR="009B7C67" w:rsidRDefault="00E911C4" w:rsidP="00504AE1">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:rStyle w:val="Hypertextovodkaz"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Hlk196338036"/>
       <w:r>
         <w:t>Š</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:t>ablona je určena pro bakalářské, diplomové či rigorózní</w:t>
       </w:r>
       <w:r w:rsidR="003D75EA">
         <w:t xml:space="preserve"> práce</w:t>
       </w:r>
       <w:r>
         <w:t>, které se odevzdávají na Univerzitě Tomáše Bati ve Zlíně</w:t>
       </w:r>
       <w:r w:rsidR="0044277B">
         <w:t xml:space="preserve"> (dále jen UTB)</w:t>
       </w:r>
       <w:r>
         <w:t>. Vychá</w:t>
@@ -8371,119 +8528,141 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hypertextovodkaz"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="765898F4" w14:textId="67DEBD78" w:rsidR="00E911C4" w:rsidRDefault="00395B9B" w:rsidP="00E911C4">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00E911C4">
         <w:t xml:space="preserve">oporučujeme prostudovat tuto směrnici, případně příslušnou </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">směrnici fakulty </w:t>
       </w:r>
       <w:r w:rsidR="00E911C4">
         <w:t>na jejích webových stránkách. Manuál a šablony byly aktualizovány v září 2025.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02A76835" w14:textId="5C731738" w:rsidR="008D45B6" w:rsidRPr="008D45B6" w:rsidRDefault="0044277B" w:rsidP="00E85605">
+    <w:p w14:paraId="02A76835" w14:textId="458E2182" w:rsidR="008D45B6" w:rsidRPr="008D45B6" w:rsidRDefault="0044277B" w:rsidP="00E85605">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Aktuální verze šablon pro závěrečné práce jsou dostupné na </w:t>
       </w:r>
       <w:r w:rsidR="00395B9B">
         <w:t xml:space="preserve">webových stránkách UTB </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">v sekci </w:t>
       </w:r>
       <w:hyperlink r:id="rId31" w:history="1">
         <w:r w:rsidRPr="00AA14AD">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://www.utb.cz/student/dokumenty-a-sablony</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">. Pro studenty všech fakult je připraveno několik verzí šablon: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">verze pro MS Word </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(česká, anglická a německá verze, verze pro zahraniční studenty s anglickým prohlášením), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">verze pro LibreOffice / </w:t>
       </w:r>
       <w:r w:rsidR="00BB61FC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">OpenOffice </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>OpenOffice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(česká, anglická a německá verze, verze pro zahraniční studenty s anglickým prohlášením) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">a verze pro LaTeX </w:t>
+        <w:t xml:space="preserve">a verze pro </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>LaTeX</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(česká a anglická verze, jazyk šablony i prohlášení se nastaví pomocí přepínače).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B555B45" w14:textId="77777777" w:rsidR="00A34071" w:rsidRDefault="0044277B" w:rsidP="0044277B">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc209218734"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc214909457"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Pokyny k úpravě závěrečných prací na jednotlivých fakultách</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
     <w:p w14:paraId="6A0F9FCD" w14:textId="18ED8D10" w:rsidR="00252B67" w:rsidRDefault="0044277B" w:rsidP="00004917">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Šablona pro závěrečné práce je určena pro univerzální </w:t>
       </w:r>
       <w:r w:rsidR="00076353">
         <w:t>použití na všech fakultách UTB. Nedoporučuje se zasahovat do navrženého nastavení jednotné šablony (oboustrann</w:t>
       </w:r>
       <w:r w:rsidR="00252B67">
         <w:t xml:space="preserve">é rozložení, </w:t>
       </w:r>
       <w:r w:rsidR="00363AF6">
         <w:t>nastavení písma a jeho velikosti</w:t>
       </w:r>
       <w:r w:rsidR="00252B67">
         <w:t xml:space="preserve">, řádkový proklad atd.). Šablona </w:t>
       </w:r>
@@ -8549,51 +8728,51 @@
         <w:t>Součástí následující k</w:t>
       </w:r>
       <w:r w:rsidR="00252B67">
         <w:t xml:space="preserve">apitoly jsou alespoň základní fakultní pokyny, se kterými by se studenti měli na začátku seznámit. I přes snahu autorů šablony, aby šablona splňovala veškeré požadavky a nároky, </w:t>
       </w:r>
       <w:r w:rsidR="00252B67" w:rsidRPr="00252B67">
         <w:t xml:space="preserve">je možné, že </w:t>
       </w:r>
       <w:r w:rsidR="00252B67">
         <w:t xml:space="preserve">nastane situace, kdy si </w:t>
       </w:r>
       <w:r w:rsidR="00252B67" w:rsidRPr="00252B67">
         <w:t xml:space="preserve">povaha </w:t>
       </w:r>
       <w:r w:rsidR="00252B67">
         <w:t xml:space="preserve">závěrečné práce vyžádá </w:t>
       </w:r>
       <w:r w:rsidR="00252B67" w:rsidRPr="00252B67">
         <w:t>úpravy některých stylů. V takovém případě doporučujeme obrátit se o radu na vedoucího závěrečné práce, příp. řídit se zvyklostmi v daném oboru.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="159BB12E" w14:textId="77777777" w:rsidR="000E2CEE" w:rsidRDefault="000E2CEE" w:rsidP="000E2CEE">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc209218735"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc214909458"/>
       <w:r>
         <w:t>Fakulta technologická</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w14:paraId="10E8EC4F" w14:textId="589F7F5B" w:rsidR="000E2CEE" w:rsidRDefault="000E2CEE" w:rsidP="000E2CEE">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Studenti Fakulty technologické ve svých závěrečných pracích využívají </w:t>
       </w:r>
       <w:r w:rsidR="00004917">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>citační normu</w:t>
       </w:r>
       <w:r>
@@ -8791,51 +8970,51 @@
       </w:pPr>
       <w:r>
         <w:t>Teoretická analýza (podrobné zpracování zkoumané oblasti)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54332C8A" w14:textId="1093A4A0" w:rsidR="007B7A93" w:rsidRDefault="007B7A93" w:rsidP="007B7A93">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t>Diskuze</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B1F3BE9" w14:textId="70792877" w:rsidR="007B7A93" w:rsidRPr="007B7A93" w:rsidRDefault="007B7A93" w:rsidP="007B7A93">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t>Závěr</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52BE47D3" w14:textId="77777777" w:rsidR="000E2CEE" w:rsidRDefault="000E2CEE" w:rsidP="000E2CEE">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc209218736"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc214909459"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Fakulta managementu a ekonomiky</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="68D63B2C" w14:textId="1E3C1849" w:rsidR="000E2CEE" w:rsidRDefault="00BB4096" w:rsidP="000E2CEE">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Studenti Fakulty managementu a ekonomiky ve svých závěrečných pracích využívají citační normu </w:t>
       </w:r>
       <w:r w:rsidRPr="00E2435A">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>ČSN ISO 690</w:t>
@@ -9326,51 +9505,51 @@
       <w:r>
         <w:t xml:space="preserve">Součástí kapitoly výsledky je také zhodnocení splnění hlavního cíle, </w:t>
       </w:r>
       <w:r w:rsidR="00EF0A40">
         <w:t xml:space="preserve">stav zodpovězení </w:t>
       </w:r>
       <w:r>
         <w:t>výzkumných otázek, popř. verifikace pracovních hypotéz. V případě výzkumně zaměřené BP/DP je nutno se zaměřit na diskusi empirických výsledků získaných na základě realizovaného kvalitativního/kvantitativního výzkumu, a na vyvození odpovídajících závěrů za účelem rozšíření úrovně poznání v dané oblasti.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E0903F5" w14:textId="4886747B" w:rsidR="0099199F" w:rsidRDefault="007A0900" w:rsidP="0099199F">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(Ad </w:t>
       </w:r>
       <w:r w:rsidR="0099199F">
         <w:t>Závěr) Nedílnou součástí závěru je stručné shrnutí nejvýznamnějších závěrů, poznatků a doporučení/řešení.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DA8F8CC" w14:textId="77777777" w:rsidR="000E2CEE" w:rsidRDefault="000E2CEE" w:rsidP="000E2CEE">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc209218737"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc214909460"/>
       <w:r>
         <w:t>Fakulta multimediálních komunikací</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="565DA6F0" w14:textId="64F14C6C" w:rsidR="000E2CEE" w:rsidRDefault="001E74E6" w:rsidP="000E2CEE">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00004917">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Studenti Fakulty </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">multimediálních komunikací </w:t>
       </w:r>
       <w:r w:rsidRPr="00004917">
@@ -9544,88 +9723,96 @@
         <w:t>Projektová část</w:t>
       </w:r>
       <w:r w:rsidR="002A5E8E">
         <w:t xml:space="preserve"> (pro navazující magisterské studijní programy)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39DBB5D7" w14:textId="72991376" w:rsidR="002A5E8E" w:rsidRDefault="002A5E8E" w:rsidP="002A5E8E">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t>Závěr</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="758C99BD" w14:textId="4BB19EFC" w:rsidR="002A5E8E" w:rsidRDefault="002A5E8E" w:rsidP="00CA1D14">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:t>Doporučená struktura práce pro oblast vzdělávání Umění, studijní programy Multimédia a</w:t>
       </w:r>
       <w:r w:rsidR="00CA1D14">
         <w:t> </w:t>
       </w:r>
       <w:r>
-        <w:t>design, Multimedia, Design, Teorie a praxe audiovizuální tvorby, Teorie a praxe animované tvorby, Animovaná tvorba, Arts Management, Kreativní odvětví a digitální kultura a</w:t>
+        <w:t xml:space="preserve">design, Multimedia, Design, Teorie a praxe audiovizuální tvorby, Teorie a praxe animované tvorby, Animovaná tvorba, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Arts</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Management, Kreativní odvětví a digitální kultura a</w:t>
       </w:r>
       <w:r w:rsidR="00CA1D14">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t>další neuvedené:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B298C26" w14:textId="408B1B86" w:rsidR="002A5E8E" w:rsidRDefault="002A5E8E" w:rsidP="002A5E8E">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t>Úvod</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33ABA7DE" w14:textId="6BA18AA4" w:rsidR="002A5E8E" w:rsidRDefault="007B7A93" w:rsidP="002A5E8E">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t>Textová a dokumentační část</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="120B95CC" w14:textId="3B33E2E8" w:rsidR="002A5E8E" w:rsidRDefault="002A5E8E" w:rsidP="002A5E8E">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t>Závěr</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="587635A7" w14:textId="77777777" w:rsidR="00EA4134" w:rsidRDefault="00EA4134" w:rsidP="00EA4134">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc209218738"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc214909461"/>
       <w:r>
         <w:t>Fakulta logistiky a krizového řízení</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w14:paraId="49F523D4" w14:textId="77777777" w:rsidR="00EA4134" w:rsidRDefault="00EA4134" w:rsidP="00EA4134">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Studenti Fakulty logistiky a krizového řízení ve svých závěrečných pracích využívají citační normu </w:t>
       </w:r>
       <w:r w:rsidRPr="00E2435A">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>ČSN ISO 690</w:t>
       </w:r>
@@ -9773,51 +9960,51 @@
       </w:pPr>
       <w:r>
         <w:t>Praktická část (analyticko-empirická a aplikační část)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75ED0272" w14:textId="3D9869A6" w:rsidR="00EA4134" w:rsidRDefault="002D19FF" w:rsidP="00EA4134">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t>Diskuse</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2083D743" w14:textId="77777777" w:rsidR="00EA4134" w:rsidRDefault="00EA4134" w:rsidP="00EA4134">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t>Závěr</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61DA36B4" w14:textId="77777777" w:rsidR="000E2CEE" w:rsidRDefault="000E2CEE" w:rsidP="000E2CEE">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc209218739"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc214909462"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Fakulta aplikované informatiky</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="0B71785A" w14:textId="77777777" w:rsidR="000E2CEE" w:rsidRDefault="00004917" w:rsidP="000E2CEE">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00004917">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Studenti Fakulty </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">aplikované informatiky </w:t>
       </w:r>
@@ -10061,51 +10248,51 @@
       </w:r>
       <w:r w:rsidR="007F551F">
         <w:t xml:space="preserve"> atd.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20D98EAD" w14:textId="77777777" w:rsidR="00377A34" w:rsidRDefault="00377A34" w:rsidP="00377A34">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t>Výsledky</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55433413" w14:textId="77777777" w:rsidR="00377A34" w:rsidRPr="00E2435A" w:rsidRDefault="00377A34" w:rsidP="00377A34">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t>Závěr</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E31A3B5" w14:textId="77777777" w:rsidR="000E2CEE" w:rsidRDefault="000E2CEE" w:rsidP="000E2CEE">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc209218740"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc214909463"/>
       <w:r>
         <w:t>Fakulta humanitních studií</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
     <w:p w14:paraId="21621253" w14:textId="2DD18C5B" w:rsidR="000E2CEE" w:rsidRDefault="00E12D03" w:rsidP="000E2CEE">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Studenti Fakulty humanitních studií ve svých závěrečných pracích využívají citační styl nebo normu podle pravidel konkrétního ústavu</w:t>
       </w:r>
       <w:r w:rsidR="00A71CA3">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>, proto je nutné se s těmito pravidly důsledně seznámit</w:t>
       </w:r>
       <w:r>
@@ -10139,76 +10326,108 @@
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="00A71CA3">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> ÚMJL </w:t>
       </w:r>
       <w:r w:rsidR="00E224E7">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>se používají</w:t>
       </w:r>
       <w:r w:rsidR="00A71CA3">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> citační styly </w:t>
       </w:r>
       <w:r w:rsidR="00A71CA3" w:rsidRPr="00E2435A">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Chicago notes-and-bibliography</w:t>
-      </w:r>
+        <w:t>Chicago notes-and-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A71CA3" w:rsidRPr="00E2435A">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>bibliography</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A71CA3">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (angličtina – práce literární a kulturologické), </w:t>
       </w:r>
       <w:r w:rsidR="00A71CA3" w:rsidRPr="00E2435A">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Chicago author-date</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Chicago </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A71CA3" w:rsidRPr="00E2435A">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>author-date</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A71CA3">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (angličtina – práce lingvistické, translatologic</w:t>
+        <w:t xml:space="preserve"> (angličtina – práce lingvistické, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A71CA3">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>translatologic</w:t>
       </w:r>
       <w:r w:rsidR="00E224E7">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>ké a ekonomické) a citační norma</w:t>
+        <w:t>ké</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E224E7">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a ekonomické) a citační norma</w:t>
       </w:r>
       <w:r w:rsidR="00A71CA3">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A71CA3" w:rsidRPr="00E2435A">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>ČSN ISO 690</w:t>
       </w:r>
       <w:r w:rsidR="00A71CA3">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (němčina). </w:t>
       </w:r>
       <w:r w:rsidR="00E224E7">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Na ústavech</w:t>
@@ -10318,51 +10537,51 @@
     </w:p>
     <w:p w14:paraId="4A65BD23" w14:textId="64AF45C7" w:rsidR="00E654B7" w:rsidRPr="00E654B7" w:rsidRDefault="00E654B7" w:rsidP="00E654B7">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Bližší informace ke struktuře práce či specifické formální úpravě obsahují vnitřní normy fakulty (směrnice děkana a pokyny jednotlivých ústavů).</w:t>
       </w:r>
       <w:r w:rsidR="002A5E8E">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Specifikem je dělení slov. U anglicky a německy psaných textů je dělení slov vypnuté. V případě potřeby je možné slova rozdělit ručně.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B2A7B61" w14:textId="4C8E5A29" w:rsidR="00757EE9" w:rsidRDefault="00757EE9" w:rsidP="00757EE9">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc209218741"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc214909464"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Obecná doporučení k formální a typografické úpravě prací</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="3BC0C9BC" w14:textId="0C6627F0" w:rsidR="009D1C8B" w:rsidRDefault="0098139C" w:rsidP="000E2CEE">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0098139C">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Tvorba závěrečných prací a dalších odborných prací či textů je doprovázena různými typografickými pravidly a formálními požadavky.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -10393,51 +10612,51 @@
       <w:r w:rsidRPr="0098139C">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> snížit dobrý dojem i z jinak vysoce kval</w:t>
       </w:r>
       <w:r w:rsidR="009D1C8B">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>itní práce. Doporučujeme proto ponechat si na celkovou formální úpravu a korekturu práce (nejlépe odborníkem v oboru) dostatek časového prostoru.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EE0FB86" w14:textId="6992B1ED" w:rsidR="000E2CEE" w:rsidRDefault="0098139C" w:rsidP="009D1C8B">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r>
         <w:t>Následující pokyny k úpravě textů jsou jednoduchou pomůckou upozorňující na typické chyby a nedostatky vyskytující se v úpravách akademických prací realizovaných v českém jazyce.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03775CD7" w14:textId="78D70639" w:rsidR="0098139C" w:rsidRDefault="0098139C" w:rsidP="0098139C">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Toc209218742"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc214909465"/>
       <w:r>
         <w:t>Odborný styl závěrečné práce</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="79379BDE" w14:textId="77777777" w:rsidR="009D1C8B" w:rsidRDefault="009D1C8B" w:rsidP="009D1C8B">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Při psaní závěrečné práce je důležité snažit se o co největší srozumitelnost a čtivost textu a samozřejmě dbát pravidel českého pravopisu (či jiného jazyka). Častým problémem, se kterým se potýká řada studentů a studentek při psaní svých závěrečných prací je, že jejich text se těžce čte a působí chaotickým dojmem.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64E80A82" w14:textId="159110A1" w:rsidR="009D1C8B" w:rsidRDefault="009D1C8B" w:rsidP="009D1C8B">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r>
         <w:t>Obvykle je tato situace způsobena tím, že autor práce si dopředu nezvolil, v jaké osobě a jakým stylem bude text psát, popř. osoby a styl textu mění a přeskakuje. Např.: „Má bakalářská práce se bude věnovat problematice… Autor práce provedl dotazníkové šetření… Domnívám se, že výstup práce… Na základě výsledků bychom měli definovat…“</w:t>
@@ -10977,57 +11196,57 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="70AD47"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>odstavcovou zarážku</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="70AD47"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="581E08B0" w14:textId="3775A8B1" w:rsidR="00D67E43" w:rsidRDefault="0098139C" w:rsidP="0098139C">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc209218743"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc214909466"/>
       <w:r>
         <w:t>Základní typografická pravidla</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
-    <w:p w14:paraId="6B44DB18" w14:textId="43A1FB53" w:rsidR="0019673E" w:rsidRDefault="0019673E" w:rsidP="0019673E">
+    <w:p w14:paraId="6B44DB18" w14:textId="40116054" w:rsidR="0019673E" w:rsidRDefault="0019673E" w:rsidP="0019673E">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Úpravu česky psaných elektronických dokumentů a písemností, které se zpracovávají na počítači, řeší podrobně norma ČSN 01 6910 (2014) Úprava dokumentů zpracovaných textovými procesory (v plném znění lze dohledat na </w:t>
       </w:r>
       <w:hyperlink r:id="rId32" w:history="1">
         <w:r w:rsidRPr="00C857B1">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>ČSN online</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
@@ -11035,96 +11254,101 @@
       </w:r>
       <w:hyperlink r:id="rId33" w:history="1">
         <w:r w:rsidRPr="00C857B1">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>Internetovou jazykovou příručku</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, kde je možné jednoduše ověřit a nastudovat jednotlivá pravidla. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37D57135" w14:textId="68CD9E36" w:rsidR="0019673E" w:rsidRDefault="0019673E" w:rsidP="0019673E">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r>
         <w:t>Následující řádky uvádí alespoň základní zásady, které jsou součástí příručky a ve kterých se nejčastěji chybuje. Pokud je práce v jiném jazyce, je důležité řídit se pravidly sazby v daném jazyce.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D0D76E2" w14:textId="2AF76B76" w:rsidR="00C857B1" w:rsidRDefault="00C857B1" w:rsidP="006D4D47">
+    <w:p w14:paraId="2D0D76E2" w14:textId="7BB05967" w:rsidR="00C857B1" w:rsidRDefault="00C857B1" w:rsidP="006D4D47">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r w:rsidRPr="008D52D1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Pevná mezera</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> se používá všude tam, kde je nežádoucí řádkový zlom, kterým vznikají nevhodná zalomení na konci řádků (podrobnosti o zalomení řádků a nevhodných výrazech na jejich konci jsou uvedeny na </w:t>
       </w:r>
       <w:hyperlink r:id="rId34" w:history="1">
         <w:r w:rsidR="008D52D1" w:rsidRPr="00704A67">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://prirucka.ujc.cas.cz/?id=880</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">). Pevná mezera se ve Wordu </w:t>
       </w:r>
       <w:r w:rsidR="008D52D1">
         <w:t xml:space="preserve">či jeho alternativách </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">vkládá klávesovou zkratkou </w:t>
       </w:r>
       <w:r w:rsidRPr="00F43CDD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Ctrl + Shift + mezerník</w:t>
       </w:r>
       <w:r w:rsidR="008D52D1">
         <w:t>, v</w:t>
       </w:r>
       <w:r w:rsidR="00022C36">
         <w:t xml:space="preserve"> typografickém systému </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008D52D1">
-        <w:t xml:space="preserve">LaTeX pak </w:t>
+        <w:t>LaTeX</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008D52D1">
+        <w:t xml:space="preserve"> pak </w:t>
       </w:r>
       <w:r w:rsidR="008D52D1" w:rsidRPr="008D52D1">
         <w:t xml:space="preserve">pomocí </w:t>
       </w:r>
       <w:r w:rsidR="008D52D1" w:rsidRPr="00F43CDD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>symbolu ~</w:t>
       </w:r>
       <w:r w:rsidR="008D52D1">
         <w:t xml:space="preserve">, a to </w:t>
       </w:r>
       <w:r>
         <w:t>v následujících případech:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="789695DD" w14:textId="25DC3EA4" w:rsidR="00C857B1" w:rsidRDefault="00C857B1" w:rsidP="008D52D1">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>po jednoslabičných předložkách a spojkách (a, i, k, o, s, u, v, z),</w:t>
@@ -11192,52 +11416,57 @@
       <w:r>
         <w:t xml:space="preserve"> je krátký a je umístěný jako znak na</w:t>
       </w:r>
       <w:r w:rsidR="006360B8">
         <w:t xml:space="preserve"> klávesnici (vpravo u klávesy</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Shift). Používá se u složenin, kdy je mezi částmi nějaký vztah (např. Praha-Vysočany,</w:t>
       </w:r>
       <w:r w:rsidR="008D52D1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Brno</w:t>
       </w:r>
       <w:r w:rsidR="007925FC" w:rsidRPr="007925FC">
         <w:noBreakHyphen/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">město, </w:t>
       </w:r>
       <w:r w:rsidRPr="00B971EA">
         <w:t>jeli</w:t>
       </w:r>
       <w:r w:rsidR="008D52D1">
-        <w:t>, technicko-ekonomický</w:t>
-      </w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008D52D1">
+        <w:t>technicko-ekonomický</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="006360B8">
         <w:t xml:space="preserve"> nebo datum 2025-09</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">-15). </w:t>
       </w:r>
       <w:r w:rsidR="00E76069">
         <w:t xml:space="preserve">Spojovník se používá také např. v chemickém názvosloví. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Píše se vždy bez mezer. </w:t>
       </w:r>
       <w:r w:rsidR="00B971EA" w:rsidRPr="00B971EA">
         <w:t xml:space="preserve">Spojovník se nesmí ocitnout na konci řádku, protože by mohl být zaměněn za rozdělovací znaménko. Podle normy by se spojovník měl v takovém případě zopakovat na začátku dalšího řádku. To bohužel </w:t>
       </w:r>
       <w:r w:rsidR="00B971EA">
         <w:t xml:space="preserve">textový editor </w:t>
       </w:r>
       <w:r w:rsidR="00B971EA" w:rsidRPr="00B971EA">
         <w:t xml:space="preserve">Word </w:t>
       </w:r>
       <w:r w:rsidR="00B971EA">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00807231">
@@ -11291,85 +11520,106 @@
       <w:r w:rsidR="00F262CF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Ctrl +</w:t>
       </w:r>
       <w:r w:rsidR="00E8266C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00F262CF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Shift + spojovník </w:t>
       </w:r>
       <w:r w:rsidR="00F262CF">
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidR="00E40352">
-        <w:t>e Writeru</w:t>
-      </w:r>
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E40352">
+        <w:t>Writeru</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B971EA">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00B971EA" w:rsidRPr="00B971EA">
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
       <w:r w:rsidR="00B971EA">
         <w:t xml:space="preserve">tím </w:t>
       </w:r>
       <w:r w:rsidR="00B971EA" w:rsidRPr="00B971EA">
         <w:t>zakázat rozdělení slova na místě spojovníku.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05486AAF" w14:textId="0025570C" w:rsidR="00C857B1" w:rsidRPr="00D54DFE" w:rsidRDefault="00C857B1" w:rsidP="006D4D47">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F43CDD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Pomlčka (</w:t>
       </w:r>
       <w:r w:rsidR="006D5A90">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">krátká en pomlčka – nebo dlouhá em </w:t>
+        <w:t xml:space="preserve">krátká en pomlčka – nebo dlouhá </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006D5A90">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>em</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006D5A90">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006D5A90" w:rsidRPr="001F61F5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">pomlčka </w:t>
       </w:r>
       <w:r w:rsidR="0089543A" w:rsidRPr="001F61F5">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>—</w:t>
       </w:r>
       <w:r w:rsidRPr="001F61F5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> je delší než spojovník a jako znak na klávesnici počítače není</w:t>
       </w:r>
       <w:r w:rsidR="00233B06">
@@ -11403,102 +11653,126 @@
       <w:r w:rsidR="0089543A">
         <w:t xml:space="preserve"> (na numerické klávesnici) nebo přes kombinaci </w:t>
       </w:r>
       <w:r w:rsidR="0089543A" w:rsidRPr="006D4D47">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ALT</w:t>
       </w:r>
       <w:r w:rsidR="0089543A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="0089543A" w:rsidRPr="006D4D47">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>+ 0150</w:t>
       </w:r>
       <w:r w:rsidR="0089543A">
-        <w:t xml:space="preserve">. V systému LaTeX </w:t>
+        <w:t xml:space="preserve">. V systému </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0089543A">
+        <w:t>LaTeX</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0089543A">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004C5BB5">
         <w:t>se</w:t>
       </w:r>
       <w:r w:rsidR="0089543A">
         <w:t xml:space="preserve"> vysází jako slitek dvou spojovníků </w:t>
       </w:r>
       <w:r w:rsidR="0089543A" w:rsidRPr="00233B06">
         <w:t>--</w:t>
       </w:r>
       <w:r w:rsidR="0089543A">
-        <w:t xml:space="preserve">. Dlouhá neboli em pomlčka se zapisuje </w:t>
+        <w:t xml:space="preserve">. Dlouhá neboli </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0089543A">
+        <w:t>em</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0089543A">
+        <w:t xml:space="preserve"> pomlčka se zapisuje </w:t>
       </w:r>
       <w:r w:rsidR="00870D4A">
         <w:t xml:space="preserve">pomocí zkratky </w:t>
       </w:r>
       <w:r w:rsidR="00870D4A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Alt + </w:t>
       </w:r>
       <w:r w:rsidR="00870D4A" w:rsidRPr="006D4D47">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Ctrl + minus</w:t>
       </w:r>
       <w:r w:rsidR="00870D4A">
         <w:t xml:space="preserve"> (na numerické klávesnici) nebo přes kombinaci </w:t>
       </w:r>
       <w:r w:rsidR="0089543A" w:rsidRPr="001F61F5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">ALT + </w:t>
       </w:r>
       <w:r w:rsidR="0089543A" w:rsidRPr="001F61F5">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>0151</w:t>
       </w:r>
       <w:r w:rsidR="00E8266C">
         <w:t xml:space="preserve">. V </w:t>
       </w:r>
       <w:r w:rsidR="0089543A">
-        <w:t xml:space="preserve">systému LaTeX </w:t>
+        <w:t xml:space="preserve">systému </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0089543A">
+        <w:t>LaTeX</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0089543A">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E8266C">
         <w:t xml:space="preserve">se </w:t>
       </w:r>
       <w:r w:rsidR="0089543A">
         <w:t xml:space="preserve">pak </w:t>
       </w:r>
       <w:r w:rsidR="00E8266C">
         <w:t xml:space="preserve">vysází </w:t>
       </w:r>
       <w:r w:rsidR="0089543A">
         <w:t xml:space="preserve">jako slitek tří spojovníků </w:t>
       </w:r>
       <w:r w:rsidR="0089543A" w:rsidRPr="00BC4A14">
         <w:t>--</w:t>
       </w:r>
       <w:r w:rsidR="00E8266C">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="0089543A">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0089543A">
         <w:rPr>
           <w:b/>
@@ -11920,51 +12194,51 @@
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Používat správný </w:t>
       </w:r>
       <w:r w:rsidR="0061177B">
         <w:t xml:space="preserve">zápis procent/procentní, promile a stupně. </w:t>
       </w:r>
       <w:r>
         <w:t>Je potřeba dávat p</w:t>
       </w:r>
       <w:r w:rsidR="0061177B">
         <w:t>ozor na mezery mezi číslicí a značkou</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E82FB4C" w14:textId="77777777" w:rsidR="00BB23EE" w:rsidRDefault="00BB23EE" w:rsidP="00BB23EE">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t>Používat správný zápis zkratek, iniciálových zkratek, zkratkových slov a značek.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CD7E598" w14:textId="5C5B23A1" w:rsidR="0061177B" w:rsidRDefault="00BB23EE" w:rsidP="0061177B">
+    <w:p w14:paraId="7CD7E598" w14:textId="31238C2E" w:rsidR="0061177B" w:rsidRDefault="00BB23EE" w:rsidP="0061177B">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t>Seznámit se s</w:t>
       </w:r>
       <w:r w:rsidR="00195DA8">
         <w:t xml:space="preserve"> pravidly pro </w:t>
       </w:r>
       <w:hyperlink r:id="rId35" w:history="1">
         <w:r w:rsidRPr="00BB23EE">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>psaní výčtů</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId36" w:history="1">
         <w:r w:rsidRPr="00BB23EE">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
@@ -12035,71 +12309,73 @@
     </w:p>
     <w:p w14:paraId="28DF452A" w14:textId="6165E454" w:rsidR="00CC49E3" w:rsidRDefault="00900651" w:rsidP="00CC49E3">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r w:rsidRPr="00E06790">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Word:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Vložení – </w:t>
       </w:r>
       <w:r w:rsidR="005B51A9">
         <w:t>Symbol – Další symboly a na kartě Speciální znaky vybrat požadovaný znak</w:t>
       </w:r>
       <w:r w:rsidR="00CC49E3">
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69DF1936" w14:textId="6DC36B16" w:rsidR="005B51A9" w:rsidRDefault="00E40352" w:rsidP="00CC49E3">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E06790">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Writer</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="005B51A9" w:rsidRPr="00E06790">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="005B51A9">
         <w:t xml:space="preserve"> Vložit – Formátovací značka nebo pro širší nabídku Vložit – Speciální znak.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="710EB91E" w14:textId="201768C9" w:rsidR="00BB23EE" w:rsidRDefault="00BB23EE" w:rsidP="00BB23EE">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Toc209218744"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc214909467"/>
       <w:r>
         <w:t>Dělení slov</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="6BC594F9" w14:textId="47C1BAD3" w:rsidR="00BB23EE" w:rsidRDefault="00807231" w:rsidP="00BB23EE">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>V české šabloně je v běžných textových odstavcích povoleno dělení slov (výjimkou jsou speciální bloky textu</w:t>
       </w:r>
       <w:r w:rsidR="006360B8">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
@@ -12162,84 +12438,86 @@
     <w:p w14:paraId="7E93812F" w14:textId="77777777" w:rsidR="00663C3D" w:rsidRDefault="00663C3D" w:rsidP="00663C3D">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Dělit by se měla jen víceslabičná slova, a to na hranicích slabik. Na nový řádek by se měla přenášet alespoň tři písmena. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="132E087F" w14:textId="2EAB43E5" w:rsidR="00663C3D" w:rsidRDefault="00663C3D" w:rsidP="00663C3D">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t>Počet pod sebou rozdělených slov na konci řádku by neměl překročit tři.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17A9B41D" w14:textId="77777777" w:rsidR="00663C3D" w:rsidRDefault="00663C3D" w:rsidP="0032052C">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t>Dělit by se neměla zkrácená jména a příjmení, titul a příjmení, čísla a čísla s jednotkou, datum či zkratky.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D1D1FEE" w14:textId="2EE1DD99" w:rsidR="008271E4" w:rsidRDefault="008271E4" w:rsidP="0032052C">
+    <w:p w14:paraId="5D1D1FEE" w14:textId="22FC24CF" w:rsidR="008271E4" w:rsidRDefault="008271E4" w:rsidP="0032052C">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="00291EE0">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t>nutných</w:t>
       </w:r>
       <w:r w:rsidR="00291EE0">
         <w:t xml:space="preserve"> případech je možné také přejít na ruční dělení slov, v takovém případě je vhodné nastudovat si návod pro konkrétní textový editor </w:t>
       </w:r>
       <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidR="00291EE0" w:rsidRPr="00291EE0">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>Word</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00291EE0">
         <w:t xml:space="preserve"> nebo </w:t>
       </w:r>
       <w:hyperlink r:id="rId39" w:history="1">
+        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="00291EE0" w:rsidRPr="00291EE0">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>Writer</w:t>
         </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidR="00291EE0">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EF50CAB" w14:textId="777073BC" w:rsidR="00CC49E3" w:rsidRDefault="00CC49E3" w:rsidP="00CC49E3">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:t>Zvláštním případem dělení jsou internetové a e-mailové adresy. Zalomení řádku v takových případech je možné se vyhnout, a to např. úpravou textu (rozepsáním nebo zkrácením) před adresou</w:t>
       </w:r>
       <w:r w:rsidR="005D1A14">
         <w:t>, což je často ta nejlepší variant</w:t>
       </w:r>
       <w:r w:rsidR="006360B8">
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:t>. Pokud to není možné, pak by se adresa měla zalomit na těchto místech:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="054D00E7" w14:textId="7909CC8C" w:rsidR="00CC49E3" w:rsidRDefault="00CC49E3" w:rsidP="00CC49E3">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
@@ -12276,102 +12554,117 @@
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">před tečkou, např. např. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D63504">
         <w:t>www</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D63504">
         <w:rPr>
           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
         </w:rPr>
         <w:t>↵</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D63504">
-        <w:t>.utb</w:t>
-      </w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D63504">
+        <w:t>utb</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D63504">
         <w:rPr>
           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
         </w:rPr>
         <w:t>↵</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D63504">
-        <w:t>.cz</w:t>
-      </w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D63504">
+        <w:t>cz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="436F461F" w14:textId="0ACBCC49" w:rsidR="00D63504" w:rsidRDefault="00D63504" w:rsidP="00D63504">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">před spojovníkem, např. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D63504">
         <w:t>www.utb.cz/veda</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D63504">
         <w:rPr>
           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
         </w:rPr>
         <w:t>↵</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D63504">
-        <w:t>-a-vyzkum</w:t>
-      </w:r>
+        <w:t>-a-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D63504">
+        <w:t>vyzkum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D4BC9A2" w14:textId="10CD0726" w:rsidR="00D63504" w:rsidRDefault="00D63504" w:rsidP="00D63504">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t>mezi slovy, např. www.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D63504">
         <w:t>veda</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D63504">
         <w:rPr>
           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
         </w:rPr>
         <w:t>↵</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -12410,159 +12703,183 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(tzv. měkký konec řádku).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C485151" w14:textId="45133498" w:rsidR="00B96229" w:rsidRDefault="00B96229" w:rsidP="00B96229">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r>
         <w:t>Pro další informace o formátování odborných textů, typografii či pravidlech pravopisu doporučujeme prostudovat následující zdroje:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3321FD58" w14:textId="77777777" w:rsidR="00AA3569" w:rsidRDefault="00AA3569" w:rsidP="00B96229">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16B3DC1B" w14:textId="363A7288" w:rsidR="004343FF" w:rsidRDefault="004343FF" w:rsidP="00AA3569">
+    <w:p w14:paraId="16B3DC1B" w14:textId="7412816D" w:rsidR="004343FF" w:rsidRDefault="004343FF" w:rsidP="00AA3569">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="004343FF">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Internetová jazyková příručka</w:t>
       </w:r>
       <w:r w:rsidRPr="004343FF">
         <w:t>. Online. Praha: Ústav pro jazyk český AV ČR, 2008–2025. Dostupné z: </w:t>
       </w:r>
       <w:hyperlink r:id="rId40" w:history="1">
         <w:r w:rsidRPr="004343FF">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://prirucka.ujc.cas.cz/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004343FF">
         <w:t>. [cit. 2025-08-21].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4405596E" w14:textId="5B062B31" w:rsidR="004343FF" w:rsidRPr="004343FF" w:rsidRDefault="004343FF" w:rsidP="00AA3569">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="00AA3569">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>KOČIČKA, Pavel a BLAŽEK, Filip.</w:t>
       </w:r>
       <w:r w:rsidRPr="004343FF">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="004343FF">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Praktická typografie</w:t>
       </w:r>
       <w:r w:rsidRPr="004343FF">
-        <w:t>. Vyd. 2. Brno: Computer Press, 2004. ISBN 8025102327.</w:t>
+        <w:t xml:space="preserve">. Vyd. 2. Brno: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004343FF">
+        <w:t>Computer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004343FF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004343FF">
+        <w:t>Press</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004343FF">
+        <w:t>, 2004. ISBN 8025102327.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CD5F26D" w14:textId="1FDC21B7" w:rsidR="004343FF" w:rsidRDefault="009D7504" w:rsidP="00AA3569">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="009D7504">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Pravidla českého pravopisu</w:t>
       </w:r>
       <w:r w:rsidRPr="009D7504">
         <w:t xml:space="preserve">. 4. vydání. </w:t>
       </w:r>
       <w:r w:rsidR="004343FF">
         <w:t>Brno</w:t>
       </w:r>
       <w:r w:rsidRPr="009D7504">
-        <w:t>: Edika, 2023. ISBN 978-80-266-1868-3.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="08CDD239" w14:textId="2C7F78FE" w:rsidR="008271E4" w:rsidRDefault="004343FF" w:rsidP="00AA3569">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D7504">
+        <w:t>Edika</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D7504">
+        <w:t>, 2023. ISBN 978-80-266-1868-3.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08CDD239" w14:textId="5B102A64" w:rsidR="008271E4" w:rsidRDefault="004343FF" w:rsidP="00AA3569">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="004343FF">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Pravidla českého pravopisu</w:t>
       </w:r>
       <w:r w:rsidRPr="004343FF">
         <w:t xml:space="preserve">. Online. </w:t>
       </w:r>
       <w:r>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="004343FF">
         <w:t>2025. Dostupné z: </w:t>
       </w:r>
       <w:hyperlink r:id="rId41" w:history="1">
         <w:r w:rsidRPr="004343FF">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://www.pravidla.cz/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004343FF">
         <w:t>. [cit. 2025-08-21].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25163F93" w14:textId="66642C77" w:rsidR="008271E4" w:rsidRDefault="008271E4" w:rsidP="008271E4">
       <w:pPr>
         <w:pStyle w:val="Nadpis3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Toc209218745"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc214909468"/>
       <w:r>
         <w:t>Vypnutí automatického dělení slov</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
     </w:p>
     <w:p w14:paraId="3D058EA3" w14:textId="27F810FC" w:rsidR="00291EE0" w:rsidRDefault="008271E4" w:rsidP="00291EE0">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Pokud </w:t>
       </w:r>
       <w:r w:rsidR="00E06790">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r>
@@ -12618,323 +12935,381 @@
       <w:r w:rsidRPr="003E651F">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Ctrl + A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>) a na panelu Rozložení vybrat přes tlačítko Dělení slov možnost Žádné.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3837D695" w14:textId="6487ABE6" w:rsidR="00291EE0" w:rsidRPr="00291EE0" w:rsidRDefault="00291EE0" w:rsidP="00291EE0">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ve Writeru pak opět vybrat konkrétní odstavce nebo celou práci a přes nabídku Formát zvolit možnost </w:t>
+        <w:t xml:space="preserve">Ve </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Writeru</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pak opět vybrat konkrétní odstavce nebo celou práci a přes nabídku Formát zvolit možnost </w:t>
       </w:r>
       <w:r w:rsidR="00656CFF">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Odstavec</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>. Na záložce Tok textu pak v části Dělení slov zrušit zaškrtnutí položky Automaticky.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13402CF2" w14:textId="7483C6A4" w:rsidR="00C9199F" w:rsidRDefault="00757EE9" w:rsidP="00757EE9">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Toc209218746"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc214909469"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Příprava šablony a práce se šablonou</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
     <w:p w14:paraId="7E686EBF" w14:textId="2127456A" w:rsidR="00202A3E" w:rsidRPr="00202A3E" w:rsidRDefault="007F374A" w:rsidP="00202A3E">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Následující kapitola je věnována informacím o instalaci šablony, úpravách úvodních a závěrečných stránek šablony, oboustranném tisku a převodu závěrečné práce do PDF/A. Měla by obsahovat vše, co by studenti mohli potřebovat k tomu, aby mohli se šablonou pro závěrečné práce bez problémů pracovat. Je určena výhradně těm studentům, kteří si zvolili šablony pro MS Word či </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E40352">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Writer od </w:t>
+        <w:t>Writer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E40352">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> od </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>LibreOffice</w:t>
       </w:r>
       <w:r w:rsidR="000A744C">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> / OpenOffice</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000A744C">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>OpenOffice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13F1468D" w14:textId="77777777" w:rsidR="00202A3E" w:rsidRDefault="00202A3E" w:rsidP="00202A3E">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r w:rsidRPr="00E85605">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Upozornění pro práci se šablonou v programu MS Word:</w:t>
       </w:r>
       <w:r w:rsidRPr="00E85605">
         <w:t xml:space="preserve"> šablona byla vytvořena pro MS Word 2016 (příp. novější verze). Bude fungovat také ve verzi 2013. Ve verzích 2007 a 2010 mohou nastat menší problémy, šablona by však měla být použitelná. Šablonu nelze použít s programem MS Word 2003 a starší. Tyto verze nejsou podporovány. Word Online (v rámci Office 365) a Word pro Android/iOS nejsou plnohodnotné aplikace jako desktopový Word, šablona v těchto aplikacích nebude funkční.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="367B97E8" w14:textId="682236CC" w:rsidR="00A53D78" w:rsidRPr="00E85605" w:rsidRDefault="00A53D78" w:rsidP="00202A3E">
+    <w:p w14:paraId="367B97E8" w14:textId="24CADCEA" w:rsidR="00A53D78" w:rsidRPr="00E85605" w:rsidRDefault="00A53D78" w:rsidP="00202A3E">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Šablona je připravena jako DOTX soubor, k jejímu používání je tedy potřeba instalace šablony (viz kapitola </w:t>
       </w:r>
       <w:r w:rsidR="00CC31FE">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00CC31FE">
         <w:instrText xml:space="preserve"> REF _Ref206949140 \w \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00CC31FE">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>3.1</w:t>
       </w:r>
       <w:r w:rsidR="00CC31FE">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00CC31FE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CC31FE">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00CC31FE">
         <w:instrText xml:space="preserve"> REF _Ref206949168 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00CC31FE">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>Instalace šablony</w:t>
       </w:r>
       <w:r w:rsidR="00CC31FE">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00CC31FE">
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A2C4240" w14:textId="1A45446C" w:rsidR="00202A3E" w:rsidRPr="00E85605" w:rsidRDefault="00202A3E" w:rsidP="00202A3E">
+    <w:p w14:paraId="2A2C4240" w14:textId="5E6C94E8" w:rsidR="00202A3E" w:rsidRPr="00E85605" w:rsidRDefault="00202A3E" w:rsidP="00202A3E">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r w:rsidRPr="00E85605">
         <w:t xml:space="preserve">Každý student UTB má možnost využívat kancelářský balík Microsoft 365. Přístup lze získat na </w:t>
       </w:r>
       <w:hyperlink r:id="rId42" w:history="1">
         <w:r w:rsidRPr="00E85605">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>portal.office.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E85605">
         <w:t>, kde je možné stáhnout si instalační balíček do svého zařízení (pro přihlášení slouží univerzitní přihlašovací údaje). Software lze instalovat až na pět různých zařízení (Windows nebo macOS).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EF65F79" w14:textId="372C26A3" w:rsidR="00202A3E" w:rsidRDefault="00202A3E" w:rsidP="00202A3E">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E85605">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Upozornění pro práci se šablonou v programu </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E40352">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Writer</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E85605">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="007F374A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007F374A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">šablona byla vytvořena pro použití ve </w:t>
       </w:r>
       <w:r w:rsidR="007F374A" w:rsidRPr="007F374A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>volně dostupných</w:t>
       </w:r>
       <w:r w:rsidR="007F374A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> kancelářských balících </w:t>
       </w:r>
       <w:r w:rsidR="007F374A" w:rsidRPr="007F374A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>LibreOffice či OpenOffice</w:t>
-      </w:r>
+        <w:t xml:space="preserve">LibreOffice či </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007F374A" w:rsidRPr="007F374A">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>OpenOffice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007F374A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00A53D78">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Šablona je připravena jako ODT soubor, není tedy potřeba žádná další instalace.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="337C8FB1" w14:textId="3E722E29" w:rsidR="00DC03C7" w:rsidRPr="00DC03C7" w:rsidRDefault="00DC03C7" w:rsidP="00DC03C7">
+    <w:p w14:paraId="337C8FB1" w14:textId="481EF0DC" w:rsidR="00DC03C7" w:rsidRPr="00DC03C7" w:rsidRDefault="00DC03C7" w:rsidP="00DC03C7">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Aktuální verze šablon pro závěrečné práce jsou dostupné na webových stránkách UTB v sekci </w:t>
       </w:r>
       <w:hyperlink r:id="rId43" w:history="1">
         <w:r w:rsidRPr="00AA14AD">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://www.utb.cz/student/dokumenty-a-sablony</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75A68DA9" w14:textId="27267908" w:rsidR="00D341A9" w:rsidRDefault="00D341A9" w:rsidP="00D341A9">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
       <w:bookmarkStart w:id="19" w:name="_Ref206949129"/>
       <w:bookmarkStart w:id="20" w:name="_Ref206949140"/>
       <w:bookmarkStart w:id="21" w:name="_Ref206949168"/>
-      <w:bookmarkStart w:id="22" w:name="_Toc209218747"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc214909470"/>
       <w:r>
         <w:t>Instalace šablony</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
     </w:p>
     <w:p w14:paraId="48A60DEE" w14:textId="1F99EE0B" w:rsidR="00CC31FE" w:rsidRDefault="00CC31FE" w:rsidP="00DC03C7">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Jak již </w:t>
       </w:r>
       <w:r w:rsidR="000424CE">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>bylo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> uvedeno výše, šablona pro použití ve volně dostupných kancelářských balících </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC03C7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>LibreOffice či OpenOffice nepotřebuje instalaci mezi šablony</w:t>
+        <w:t xml:space="preserve">LibreOffice či </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DC03C7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>OpenOffice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DC03C7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nepotřebuje instalaci mezi šablony</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, jelikož je připravena jako ODT soubor. Šablona pro použití v programu </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC03C7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>MS Word potřebuje před prvním vytvořením dokumentu instalaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>. Tato kapitola je tedy určena především pro uživatele programu MS Word.</w:t>
       </w:r>
       <w:r w:rsidR="00DC03C7">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
@@ -13100,52 +13475,60 @@
         </w:rPr>
         <w:t xml:space="preserve"> psaní </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>přístup k</w:t>
       </w:r>
       <w:r w:rsidR="00DC03C7">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">šabloně. Pokud </w:t>
       </w:r>
       <w:r w:rsidR="00E06790">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>studenti píší</w:t>
-      </w:r>
+        <w:t xml:space="preserve">studenti </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E06790">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>píší</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="007E07D4">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> práci na různých </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>počítačích</w:t>
       </w:r>
       <w:r w:rsidR="007E07D4">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00B7172E">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">např. </w:t>
       </w:r>
       <w:r w:rsidR="007E07D4">
@@ -13266,68 +13649,82 @@
       </w:pPr>
       <w:r w:rsidRPr="00B7172E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Šablona není nutná pro finální podobu ani odevzdání.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Zároveň ji není nutné posílat vedoucímu své závěrečné práce ke kontrole. Jako finální soubor bude vždy plně dostačující v</w:t>
       </w:r>
       <w:r w:rsidR="00A53D78">
         <w:t>ýsledný dokument ve Wordu</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (soubor DOCX), který se před samotným odevzdáním převede do PDF</w:t>
       </w:r>
       <w:r w:rsidR="00A53D78">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="347BD658" w14:textId="67CE5B9A" w:rsidR="00D341A9" w:rsidRDefault="00D341A9" w:rsidP="00D341A9">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="23" w:name="_Toc209218748"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc214909471"/>
       <w:r>
         <w:t>Úprava úvodních a závěrečných stran šablony</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
     </w:p>
     <w:p w14:paraId="251EE921" w14:textId="64D3CD7A" w:rsidR="000424CE" w:rsidRDefault="000424CE" w:rsidP="000424CE">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Šablony pro MS Word i pro volně dostupné alternativy od LibreOffice či OpenOffice byly připraven</w:t>
+        <w:t xml:space="preserve">Šablony pro MS Word i pro volně dostupné alternativy od LibreOffice či </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>OpenOffice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> byly připraven</w:t>
       </w:r>
       <w:r w:rsidR="00E06790">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> pro univerzální použití a jejich cílem je nabídnout v rámci daných možností co nejjednodušší způsob, jak napsat závěrečnou práci, která bude splňovat formální i vizuální požadavky.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F279AC5" w14:textId="6FCF86AC" w:rsidR="000424CE" w:rsidRDefault="000424CE" w:rsidP="000424CE">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
@@ -13515,51 +13912,65 @@
         </w:rPr>
         <w:t>vloží obě strany zadání. Po vložení obrázku je v</w:t>
       </w:r>
       <w:r w:rsidR="000A744C">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00E40352" w:rsidRPr="00E40352">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>případě potřeby možné obrázek upravit.</w:t>
       </w:r>
       <w:r w:rsidR="000A744C">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E40352" w:rsidRPr="00E40352">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>V programu Writer je nutné kliknout do modrého ovládacího prvku formuláře pravým tlačítkem myši, z nabídky vybrat možnost Nahradit a</w:t>
+        <w:t xml:space="preserve">V programu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E40352" w:rsidRPr="00E40352">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Writer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E40352" w:rsidRPr="00E40352">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> je nutné kliknout do modrého ovládacího prvku formuláře pravým tlačítkem myši, z nabídky vybrat možnost Nahradit a</w:t>
       </w:r>
       <w:r w:rsidR="000A744C">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00E40352" w:rsidRPr="00E40352">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidR="000A744C">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00E40352" w:rsidRPr="00E40352">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>dialogovém okně vybrat naskenovaný obrázek zadání. Tímto způsobem se do šablony vloží obě strany zadání. Po vložení obrázku je v případě potřeby možné obrázek upravit.</w:t>
       </w:r>
@@ -13651,51 +14062,59 @@
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">přes zkratku </w:t>
       </w:r>
       <w:r w:rsidR="003E651F" w:rsidRPr="003E651F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Ctrl</w:t>
       </w:r>
       <w:r w:rsidRPr="003E651F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> + V</w:t>
       </w:r>
       <w:r>
         <w:t> vložit zkopírovaný obrázek s druhou stranou zadání,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31FC815E" w14:textId="2718EC47" w:rsidR="009D11F3" w:rsidRDefault="009D11F3" w:rsidP="000A744C">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
-        <w:t>kliknout do něj pravým tlačítkem myší a vybrat možnost Změnit obrázek (Word) nebo Nahradit (Writer) a z kontextové nabídky vložit třetí stranu zadání.</w:t>
+        <w:t>kliknout do něj pravým tlačítkem myší a vybrat možnost Změnit obrázek (Word) nebo Nahradit (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Writer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) a z kontextové nabídky vložit třetí stranu zadání.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="624F9E75" w14:textId="2CD1F7C1" w:rsidR="000A744C" w:rsidRDefault="000A744C" w:rsidP="00162BC8">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:t>Do elektronické verze PDF, která se nahrává do IS/STAG, je nutné vložit zadání bez podpisů. Originál zadání včetně podpisů bude vložen do tištěné verze</w:t>
       </w:r>
       <w:r w:rsidR="00C40BC5">
         <w:t xml:space="preserve"> výtisku k uložení</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> při samotném tisku závěrečné práce.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30709579" w14:textId="1C387DA7" w:rsidR="009D11F3" w:rsidRDefault="00162BC8" w:rsidP="009D11F3">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -13794,51 +14213,51 @@
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Následuje stránka s </w:t>
       </w:r>
       <w:r w:rsidRPr="005732BA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>poděkováním</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>, které není povinnou součástí práce. V případě vynechání tohoto bloku stačí kliknout do rámečku a podle pokynů, které jsou v něm uvedené, celý blok i stránku odstranit.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61199223" w14:textId="215F2F52" w:rsidR="002D18F7" w:rsidRDefault="005732BA" w:rsidP="002D18F7">
+    <w:p w14:paraId="61199223" w14:textId="777C4FE0" w:rsidR="002D18F7" w:rsidRDefault="005732BA" w:rsidP="002D18F7">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Po úvodních stránkách následují stránky s automaticky generovaným </w:t>
       </w:r>
       <w:r w:rsidRPr="0048380F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>obsahem a seznamy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>. Některé seznamy jsou rovněž generované automaticky (obrázky, tabulky, přílohy),</w:t>
@@ -13892,92 +14311,92 @@
         <w:t xml:space="preserve"> kapitole </w:t>
       </w:r>
       <w:r w:rsidR="004C0300">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="004C0300">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207222974 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="004C0300">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="004C0300">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>5.5</w:t>
       </w:r>
       <w:r w:rsidR="004C0300">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00162BC8">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="004C0300">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="004C0300">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207222981 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="004C0300">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="004C0300">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>Automaticky generované seznamy</w:t>
       </w:r>
       <w:r w:rsidR="004C0300">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="0048380F">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="638EB4B7" w14:textId="19AD55F3" w:rsidR="002D18F7" w:rsidRDefault="002D18F7" w:rsidP="002D18F7">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
@@ -14053,57 +14472,57 @@
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Šablona závěrečné práce obsahuje připravené stránky pro případné </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>přílohy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>. Pokud práce přílohy neobsahuje, je možné tuto část odstranit podle pokynů, které jsou uvedené v bloku pro vložení příloh.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D802CE6" w14:textId="300A2429" w:rsidR="00D341A9" w:rsidRDefault="00D341A9" w:rsidP="00D341A9">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="_Toc209218749"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc214909472"/>
       <w:r>
         <w:t>Převod práce do PDF/A</w:t>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
-    <w:p w14:paraId="039A3B10" w14:textId="3AE911CA" w:rsidR="00D341A9" w:rsidRDefault="00D341A9" w:rsidP="00D341A9">
+    <w:p w14:paraId="039A3B10" w14:textId="6BC8BBC9" w:rsidR="00D341A9" w:rsidRDefault="00D341A9" w:rsidP="00D341A9">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Podle aktuálně platné směrnice rektora k závěrečným pracím dostupné na adrese </w:t>
       </w:r>
       <w:hyperlink r:id="rId44" w:history="1">
         <w:r w:rsidRPr="005C0C71">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>https://www.utb.cz/univerzita/uredni-deska/vnitrni-normy-a-predpisy/smernice-rektora/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
@@ -14202,83 +14621,98 @@
         <w:t xml:space="preserve"> Není to chyba</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="001C42AD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Při exportu do PDF vloží Word (či jeho alternativa) prázdnou stránku mezi tyto liché strany.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Prázdné strany jsou součástí práce a studenti je musí v práci ponechat.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A417302" w14:textId="5E83BF4E" w:rsidR="00BB55D2" w:rsidRPr="00BB55D2" w:rsidRDefault="00BB55D2" w:rsidP="00BB55D2">
+    <w:p w14:paraId="1A417302" w14:textId="38486F5A" w:rsidR="00BB55D2" w:rsidRPr="00BB55D2" w:rsidRDefault="00BB55D2" w:rsidP="00BB55D2">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C42AD">
         <w:t>Přehledné</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> návody jsou dostupné také na webu knihovny </w:t>
       </w:r>
       <w:hyperlink r:id="rId45" w:history="1">
         <w:r w:rsidRPr="005C0C71">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>http://iva.k.utb.cz/wp-content/</w:t>
         </w:r>
         <w:r w:rsidRPr="005C0C71">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:br/>
-          <w:t>uploads/chci_odevzdat_plny_text_kvalifikacni_prace_web.pdf</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="005C0C71">
+          <w:rPr>
+            <w:rStyle w:val="Hypertextovodkaz"/>
+            <w:lang w:eastAsia="en-US"/>
+          </w:rPr>
+          <w:t>uploads</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="005C0C71">
+          <w:rPr>
+            <w:rStyle w:val="Hypertextovodkaz"/>
+            <w:lang w:eastAsia="en-US"/>
+          </w:rPr>
+          <w:t>/chci_odevzdat_plny_text_kvalifikacni_prace_web.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ED87495" w14:textId="77777777" w:rsidR="00D341A9" w:rsidRDefault="00D341A9" w:rsidP="00D341A9">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60FD5291" w14:textId="77777777" w:rsidR="00D341A9" w:rsidRPr="00D341A9" w:rsidRDefault="00D341A9" w:rsidP="00D341A9">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
@@ -14366,134 +14800,169 @@
       </w:r>
       <w:r w:rsidRPr="00AC0B4B">
         <w:t xml:space="preserve"> Otevřít PDF dokument v aplikaci Adobe Acrobat Pro a zvolit možnost Soubor – Uložit jako. V nabídce typu formátu vybrat PDF/A. Pomocí tlačítka Možnosti/Nastavení zobrazit nabídku a zaškrtnout položku Uložit jako PDF/A-1b.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="484B99BE" w14:textId="77777777" w:rsidR="00BB55D2" w:rsidRDefault="00BB55D2" w:rsidP="00BB55D2">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="773D24BC" w14:textId="056268F1" w:rsidR="00D341A9" w:rsidRPr="001C42AD" w:rsidRDefault="00D341A9" w:rsidP="00D341A9">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C42AD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Program Writer</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Program </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C42AD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Writer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="000A744C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> od LibreOffice</w:t>
       </w:r>
       <w:r w:rsidRPr="001C42AD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Windows, Linux, macOS)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FB74777" w14:textId="18C63BA6" w:rsidR="00D341A9" w:rsidRPr="00AC0B4B" w:rsidRDefault="00D341A9" w:rsidP="001C42AD">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC0B4B">
-        <w:t xml:space="preserve">V programu LibreOffice Writer zvolit možnost Soubor – Exportovat jako </w:t>
+        <w:t xml:space="preserve">V programu LibreOffice </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC0B4B">
+        <w:t>Writer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC0B4B">
+        <w:t xml:space="preserve"> zvolit možnost Soubor – Exportovat jako </w:t>
       </w:r>
       <w:r w:rsidR="00C708ED" w:rsidRPr="00AC0B4B">
         <w:t>a v nabídce vybrat</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC0B4B">
         <w:t xml:space="preserve"> Exportovat do PDF</w:t>
       </w:r>
       <w:r w:rsidR="00C708ED" w:rsidRPr="00AC0B4B">
         <w:t>. V dialogovém okně s možnostmi uložení přejít do části Obecné a zaškrtnout</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC0B4B">
         <w:t xml:space="preserve"> Archivní PDF – PDF/A-1</w:t>
       </w:r>
       <w:r w:rsidR="00BB55D2" w:rsidRPr="00AC0B4B">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC0B4B">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00C708ED" w:rsidRPr="00AC0B4B">
         <w:t xml:space="preserve"> V části Struktura nezapomenout zaškrtnout volbu Exportovat automaticky vložené prázdné stránky.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E3A56B3" w14:textId="77777777" w:rsidR="00BB55D2" w:rsidRDefault="00BB55D2" w:rsidP="00BB55D2">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="353D9425" w14:textId="77777777" w:rsidR="00D341A9" w:rsidRPr="001C42AD" w:rsidRDefault="00D341A9" w:rsidP="001C42AD">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C42AD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Systém LaTeX</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Systém </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C42AD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>LaTeX</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="16692949" w14:textId="77777777" w:rsidR="00D341A9" w:rsidRDefault="00D341A9" w:rsidP="001C42AD">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
-        <w:t>Šablona připravená pro LaTeX už export pomocí standardu PDF/A-1b obsahuje.</w:t>
+        <w:t xml:space="preserve">Šablona připravená pro </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>LaTeX</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> už export pomocí standardu PDF/A-1b obsahuje.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F9FCB52" w14:textId="2CEA65E9" w:rsidR="00D341A9" w:rsidRDefault="002A4AF3" w:rsidP="00D341A9">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
       <w:bookmarkStart w:id="25" w:name="_Ref207049812"/>
       <w:bookmarkStart w:id="26" w:name="_Ref207049820"/>
-      <w:bookmarkStart w:id="27" w:name="_Toc209218750"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc214909473"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Náhled a t</w:t>
       </w:r>
       <w:r w:rsidR="00D341A9">
         <w:t>isk práce</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
     </w:p>
     <w:p w14:paraId="0DD317D9" w14:textId="1EA1C48C" w:rsidR="00FC538A" w:rsidRDefault="000E6EDF" w:rsidP="00202A3E">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E6EDF">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Šablona je navržena tak, aby bylo možné práci vytisknout oboustranně: šablona má zrcadlové okraje a zrcadlová záhlaví</w:t>
       </w:r>
       <w:r w:rsidR="006360B8">
@@ -14536,51 +15005,65 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Rozložení dokumentu si můžete zobrazit např. pomocí </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">náhledu tisku </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">nebo pomocí </w:t>
       </w:r>
       <w:r w:rsidR="00BB55D2">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>zobrazení jako kniha (LibreOffice Writer).</w:t>
+        <w:t xml:space="preserve">zobrazení jako kniha (LibreOffice </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BB55D2">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Writer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB55D2">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06D0E0C4" w14:textId="77777777" w:rsidR="002A4AF3" w:rsidRDefault="002A4AF3" w:rsidP="002A4AF3">
       <w:pPr>
         <w:pStyle w:val="Obrzek"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0537E404" wp14:editId="4F1775C4">
             <wp:extent cx="4963886" cy="3399643"/>
             <wp:effectExtent l="0" t="0" r="8255" b="0"/>
             <wp:docPr id="1" name="Obrázek 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Snímek obrazovky 2025-08-25 092155.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
@@ -14590,60 +15073,60 @@
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4973641" cy="3406324"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="516F460F" w14:textId="2DF48BBB" w:rsidR="002A4AF3" w:rsidRPr="002A4AF3" w:rsidRDefault="002A4AF3" w:rsidP="002A4AF3">
+    <w:p w14:paraId="516F460F" w14:textId="76B518E5" w:rsidR="002A4AF3" w:rsidRPr="002A4AF3" w:rsidRDefault="002A4AF3" w:rsidP="002A4AF3">
       <w:pPr>
         <w:pStyle w:val="Titulek"/>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_Toc209218782"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc214909505"/>
       <w:r>
         <w:t xml:space="preserve">Obr. </w:t>
       </w:r>
       <w:fldSimple w:instr=" SEQ Obr. \* ARABIC ">
-        <w:r w:rsidR="00B91217">
+        <w:r w:rsidR="00D11913">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
       </w:fldSimple>
       <w:r>
         <w:t>: Ukázka rozložení dokumentu s vloženou prázdnou stranou</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
     </w:p>
     <w:p w14:paraId="0DE3CC36" w14:textId="0514E648" w:rsidR="00202A3E" w:rsidRPr="00162BC8" w:rsidRDefault="000E6EDF" w:rsidP="004C0300">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Může se tedy </w:t>
       </w:r>
       <w:r w:rsidRPr="000E6EDF">
         <w:t xml:space="preserve">stát, že po liché stránce (např. 7) následuje opět lichá stránka (např. 9). Není to chyba. Při </w:t>
       </w:r>
@@ -14803,81 +15286,89 @@
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> celých tabulek</w:t>
       </w:r>
       <w:r w:rsidR="00590A08">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (doporučeno)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>. V</w:t>
       </w:r>
       <w:r w:rsidR="00E40352">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>e Writeru</w:t>
-      </w:r>
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E40352">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Writeru</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A77431">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> je pak potřeba vybrat z hlavní nabídky možnost Nástroje a zvolit Aktualizovat a</w:t>
       </w:r>
       <w:r w:rsidR="00590A08">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00A77431">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Aktualizovat vše.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B688984" w14:textId="77777777" w:rsidR="009C71AA" w:rsidRPr="00202A3E" w:rsidRDefault="009C71AA" w:rsidP="00FC538A">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7CC87D65" w14:textId="75010A21" w:rsidR="00757EE9" w:rsidRDefault="00757EE9" w:rsidP="00757EE9">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="29" w:name="_Toc209218751"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc214909474"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Styly</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
     </w:p>
     <w:p w14:paraId="11C3EED7" w14:textId="2E53A40E" w:rsidR="00237B13" w:rsidRDefault="0098139C" w:rsidP="00237B13">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0098139C">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Při práci se šablonou závěrečné práce doporučujeme používat předpřipravené styly a formátování, aby byla dodržena jednotná úprava práce</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -14905,128 +15396,158 @@
         </w:rPr>
         <w:t xml:space="preserve">, který lze zobrazit </w:t>
       </w:r>
       <w:r w:rsidR="00237B13">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">ve Wordu </w:t>
       </w:r>
       <w:r w:rsidR="009E6BCA">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">přes panel </w:t>
       </w:r>
       <w:r w:rsidR="00237B13" w:rsidRPr="00237B13">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Domů</w:t>
       </w:r>
       <w:r w:rsidR="009E6BCA">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (následně položka Styly) a ve Writeru pak pomocí klávesy </w:t>
+        <w:t xml:space="preserve"> (následně položka Styly) a ve </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009E6BCA">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Writeru</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009E6BCA">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pak pomocí klávesy </w:t>
       </w:r>
       <w:r w:rsidR="009E6BCA" w:rsidRPr="002B5133">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>F11</w:t>
       </w:r>
       <w:r w:rsidR="00237B13" w:rsidRPr="00237B13">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C092E25" w14:textId="52A8198F" w:rsidR="003B1BCF" w:rsidRDefault="003B1BCF" w:rsidP="003B1BCF">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B1BCF">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Následující nastavení formátování a instrukce k používání stylů se týkají především práce s programem MS Word (obdobně lze postupovat také </w:t>
       </w:r>
       <w:r w:rsidR="006F6EC0">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">u </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B1BCF">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Writer</w:t>
       </w:r>
       <w:r w:rsidR="006F6EC0">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B1BCF">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> od LibreOffice). V</w:t>
       </w:r>
       <w:r w:rsidR="006F6EC0">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="003B1BCF">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>případě šablony pro LaTeX je nutné se řídit příkazy a</w:t>
+        <w:t xml:space="preserve">případě šablony pro </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B1BCF">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>LaTeX</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B1BCF">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> je nutné se řídit příkazy a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="003B1BCF">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>instrukcemi tohoto programu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="174A6273" w14:textId="356624C5" w:rsidR="009F62EB" w:rsidRPr="003B1BCF" w:rsidRDefault="000D0AC0" w:rsidP="003B1BCF">
+    <w:p w14:paraId="174A6273" w14:textId="048139DA" w:rsidR="009F62EB" w:rsidRPr="003B1BCF" w:rsidRDefault="000D0AC0" w:rsidP="003B1BCF">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Seznam připravených stylů </w:t>
       </w:r>
       <w:r w:rsidR="00190113">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">pro textové editory </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>je umístěn v příloze tohoto manuálu</w:t>
       </w:r>
       <w:r w:rsidR="005D5650">
@@ -15036,129 +15557,129 @@
         <w:t xml:space="preserve">, viz </w:t>
       </w:r>
       <w:r w:rsidR="005D5650">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="005D5650">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207392044 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="005D5650">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="005D5650">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Příloha A:</w:t>
       </w:r>
       <w:r w:rsidR="005D5650">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="005D5650">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005D5650">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="005D5650">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207392053 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="005D5650">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="005D5650">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="Název přílohy"/>
           <w:tag w:val="NÁZEV PŘÍLOHY"/>
-          <w:id w:val="1468012591"/>
+          <w:id w:val="-631169988"/>
           <w:placeholder>
-            <w:docPart w:val="D8D64ADF657043B99B93C3D5D88DC596"/>
+            <w:docPart w:val="C70711996A0B44FCBC8C69F2E4C1315B"/>
           </w:placeholder>
           <w15:color w:val="FF6600"/>
           <w:text/>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="00B91217">
+          <w:r w:rsidR="00D11913">
             <w:t>Seznam stylů šablony</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="005D5650">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A30C8D2" w14:textId="7D9A2740" w:rsidR="00360743" w:rsidRDefault="00360743" w:rsidP="00360743">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
       <w:bookmarkStart w:id="30" w:name="_Ref207390344"/>
       <w:bookmarkStart w:id="31" w:name="_Ref207390362"/>
       <w:bookmarkStart w:id="32" w:name="_Ref207390370"/>
-      <w:bookmarkStart w:id="33" w:name="_Toc209218752"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc214909475"/>
       <w:r>
         <w:t>Nadpisy</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
       <w:bookmarkEnd w:id="33"/>
     </w:p>
     <w:p w14:paraId="1DE0C60D" w14:textId="3D979979" w:rsidR="003B1BCF" w:rsidRDefault="003B1BCF" w:rsidP="003B1BCF">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F62EB">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">V šabloně je možné najít čtyři sady stylů pro nadpisy. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
@@ -15213,61 +15734,61 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00741D1A" w:rsidRPr="00741D1A">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Do </w:t>
       </w:r>
       <w:r w:rsidR="0047438D">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">generovaného </w:t>
       </w:r>
       <w:r w:rsidR="00741D1A" w:rsidRPr="00741D1A">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>obsahu práce se přenáší nadpisy označené *.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="529403D9" w14:textId="23083CAC" w:rsidR="0032052C" w:rsidRDefault="0032052C" w:rsidP="0032052C">
+    <w:p w14:paraId="529403D9" w14:textId="48E666C5" w:rsidR="0032052C" w:rsidRDefault="0032052C" w:rsidP="0032052C">
       <w:pPr>
         <w:pStyle w:val="Titulektabulky"/>
       </w:pPr>
       <w:bookmarkStart w:id="34" w:name="_Ref207221101"/>
-      <w:bookmarkStart w:id="35" w:name="_Toc209218787"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc214909511"/>
       <w:r>
         <w:t xml:space="preserve">Tab. </w:t>
       </w:r>
       <w:fldSimple w:instr=" SEQ Tab. \* ARABIC ">
-        <w:r w:rsidR="00B91217">
+        <w:r w:rsidR="00D11913">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
       </w:fldSimple>
       <w:bookmarkStart w:id="36" w:name="_Ref207221083"/>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:t>: Styly pro nadpisy</w:t>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
       <w:bookmarkEnd w:id="36"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Mkatabulky"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
           <w:left w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
@@ -16029,51 +16550,59 @@
       <w:r w:rsidR="006F6EC0">
         <w:t xml:space="preserve">, který je </w:t>
       </w:r>
       <w:r w:rsidR="006360B8">
         <w:t xml:space="preserve">na </w:t>
       </w:r>
       <w:r w:rsidR="006F6EC0">
         <w:t>nové straně,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> následuje </w:t>
       </w:r>
       <w:r w:rsidR="006F6EC0">
         <w:t xml:space="preserve">na stejné straně </w:t>
       </w:r>
       <w:r>
         <w:t>nadpis 1 Teorie).</w:t>
       </w:r>
       <w:r w:rsidR="00647243">
         <w:t xml:space="preserve"> Tento nadpis je součástí šablony pro Word (</w:t>
       </w:r>
       <w:r w:rsidR="006F6EC0">
         <w:t>u </w:t>
       </w:r>
       <w:r w:rsidR="00647243">
-        <w:t xml:space="preserve">dělených šablon ve Writeru je nutné </w:t>
+        <w:t xml:space="preserve">dělených šablon ve </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00647243">
+        <w:t>Writeru</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00647243">
+        <w:t xml:space="preserve"> je nutné </w:t>
       </w:r>
       <w:r w:rsidR="006F6EC0">
         <w:t>postupovat</w:t>
       </w:r>
       <w:r w:rsidR="00647243">
         <w:t xml:space="preserve"> podle pokynů uvedených přímo v této konkrétní šabloně).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B3C6406" w14:textId="4010ED43" w:rsidR="003B1BCF" w:rsidRDefault="007F3AC3" w:rsidP="003B1BCF">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">U </w:t>
       </w:r>
       <w:r w:rsidRPr="00741D1A">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
@@ -16238,87 +16767,115 @@
         </w:rPr>
         <w:t xml:space="preserve">Všechny nadpisy </w:t>
       </w:r>
       <w:r w:rsidR="009F62EB">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">z obsahu </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">se projeví </w:t>
       </w:r>
       <w:r w:rsidR="009F62EB">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">také </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">v navigačním podokně, které slouží k rychlé orientaci v dokumentu a k jeho procházení. Ve Wordu je možné ho zobrazit pomocí panelu Zobrazení, kde je nutné v části Zobrazit zaškrtnout možnost Navigační podokno. Ve Writeru se tzv. navigátor spustí pomocí klávesy </w:t>
+        <w:t xml:space="preserve">v navigačním podokně, které slouží k rychlé orientaci v dokumentu a k jeho procházení. Ve Wordu je možné ho zobrazit pomocí panelu Zobrazení, kde je nutné v části Zobrazit zaškrtnout možnost Navigační podokno. Ve </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Writeru</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se tzv. navigátor spustí pomocí klávesy </w:t>
       </w:r>
       <w:r w:rsidRPr="002B5133">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>F5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E7D32C6" w14:textId="7F51863C" w:rsidR="009B0C1E" w:rsidRDefault="009B0C1E" w:rsidP="001209D8">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="37" w:name="_Toc209218753"/>
+      <w:bookmarkStart w:id="37" w:name="_Toc214909476"/>
       <w:r>
         <w:t>Nadpisy pro dělenou a nedělenou šablonu</w:t>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
     </w:p>
     <w:p w14:paraId="39ABF0E3" w14:textId="57C6C162" w:rsidR="00B34D50" w:rsidRDefault="00B34D50" w:rsidP="00B34D50">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Podle pokynů jednotlivých fakult, ale také ústavů, je možné pracovat se šablonou jako dělenou a nedělenou. Dělená šablona využívá vizuální dělení závěrečné práce na jednotlivé části, např. teoretická a praktická. Ve Wordu a Writeru </w:t>
+        <w:t xml:space="preserve">Podle pokynů jednotlivých fakult, ale také ústavů, je možné pracovat se šablonou jako dělenou a nedělenou. Dělená šablona využívá vizuální dělení závěrečné práce na jednotlivé části, např. teoretická a praktická. Ve Wordu a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Writeru</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FC758C">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>jsou proto</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> připravené nadpisové styly, které pomohou s dělením šablony na jednotlivé části.</w:t>
       </w:r>
       <w:r w:rsidR="00791BC3">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nedělená šablona toto dělení nevyužívá a pracuje se s ní jako s jedním celkem.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75E19EA6" w14:textId="52A79411" w:rsidR="00346F53" w:rsidRDefault="00B34D50" w:rsidP="00B34D50">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
@@ -16442,80 +16999,88 @@
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2774004" cy="3050237"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1943F719" w14:textId="799D87AA" w:rsidR="00346F53" w:rsidRPr="00346F53" w:rsidRDefault="00346F53" w:rsidP="00346F53">
+    <w:p w14:paraId="1943F719" w14:textId="7E2B36F6" w:rsidR="00346F53" w:rsidRPr="00346F53" w:rsidRDefault="00346F53" w:rsidP="00346F53">
       <w:pPr>
         <w:pStyle w:val="Titulek"/>
       </w:pPr>
       <w:bookmarkStart w:id="38" w:name="_Ref207376804"/>
-      <w:bookmarkStart w:id="39" w:name="_Toc209218783"/>
+      <w:bookmarkStart w:id="39" w:name="_Toc214909506"/>
       <w:r>
         <w:t xml:space="preserve">Obr. </w:t>
       </w:r>
       <w:fldSimple w:instr=" SEQ Obr. \* ARABIC ">
-        <w:r w:rsidR="00B91217">
+        <w:r w:rsidR="00D11913">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:fldSimple>
       <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:t>: Ukázka dělené šablony s využitím nadpisů pro části</w:t>
       </w:r>
       <w:bookmarkEnd w:id="39"/>
     </w:p>
-    <w:p w14:paraId="093DD796" w14:textId="4201B1F1" w:rsidR="00B34D50" w:rsidRDefault="00B34D50" w:rsidP="00346F53">
+    <w:p w14:paraId="093DD796" w14:textId="29EA183D" w:rsidR="00B34D50" w:rsidRDefault="00B34D50" w:rsidP="00346F53">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Ve Writeru je nutné si s nadpisy pohrát ručně: po stylu </w:t>
+        <w:t xml:space="preserve">Ve </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Writeru</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> je nutné si s nadpisy pohrát ručně: po stylu </w:t>
       </w:r>
       <w:r w:rsidRPr="006D1940">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nadpisy část</w:t>
       </w:r>
       <w:r w:rsidR="00162332">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> následuje </w:t>
       </w:r>
       <w:r w:rsidRPr="006D1940">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nadpis 1</w:t>
       </w:r>
@@ -16533,200 +17098,205 @@
       </w:r>
       <w:r>
         <w:t>. Proto se musí v tomto případě ručně odebrat zalomení stránky.</w:t>
       </w:r>
       <w:r w:rsidR="006D1940">
         <w:t xml:space="preserve"> V zalomení mezi stránkami, kdy na jedné bude nadpis s označením části a na druhé kapitola se stylem pro </w:t>
       </w:r>
       <w:r w:rsidR="006D1940" w:rsidRPr="002B5133">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Nadpis 1</w:t>
       </w:r>
       <w:r w:rsidR="006D1940">
         <w:t xml:space="preserve">, je nutné podle </w:t>
       </w:r>
       <w:r w:rsidR="006D1940">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="006D1940">
         <w:instrText xml:space="preserve"> REF _Ref207376739 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="006D1940">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t xml:space="preserve">Obr. </w:t>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="006D1940">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="006D1940">
         <w:t xml:space="preserve"> kliknout na rozbalovací nabídku </w:t>
       </w:r>
       <w:r w:rsidR="002B5133">
         <w:t xml:space="preserve">mezi stránkami </w:t>
       </w:r>
       <w:r w:rsidR="006D1940">
         <w:t xml:space="preserve">a vybrat možnost Smazat zalomení stránky. </w:t>
       </w:r>
       <w:r w:rsidR="002B5133">
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="006D1940">
         <w:t xml:space="preserve">ento Nadpis 1 </w:t>
       </w:r>
       <w:r w:rsidR="002B5133">
         <w:t xml:space="preserve">se pak přesune </w:t>
       </w:r>
       <w:r w:rsidR="006D1940">
         <w:t>na stránku za nadpisem s označení</w:t>
       </w:r>
       <w:r w:rsidR="002B5133">
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="006D1940">
         <w:t xml:space="preserve"> části, jak ukazuje </w:t>
       </w:r>
       <w:r w:rsidR="006D1940">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="006D1940">
         <w:instrText xml:space="preserve"> REF _Ref207376804 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="006D1940">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t xml:space="preserve">Obr. </w:t>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="006D1940">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="006D1940">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D0C8DC1" w14:textId="77777777" w:rsidR="006D1940" w:rsidRDefault="006D1940" w:rsidP="006D1940">
       <w:pPr>
         <w:pStyle w:val="Obrzek"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6F54E462" wp14:editId="6780D647">
-[...1 lines deleted...]
-            <wp:effectExtent l="19050" t="19050" r="19050" b="24765"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6F54E462" wp14:editId="35F06556">
+            <wp:extent cx="4392000" cy="2839530"/>
+            <wp:effectExtent l="19050" t="19050" r="27940" b="18415"/>
             <wp:docPr id="924408857" name="Obrázek 8" descr="Obsah obrázku text, snímek obrazovky, Písmo, řada/pruh&#10;&#10;Obsah generovaný pomocí AI může být nesprávný."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="924408857" name="Obrázek 8" descr="Obsah obrázku text, snímek obrazovky, Písmo, řada/pruh&#10;&#10;Obsah generovaný pomocí AI může být nesprávný."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId48">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4721167" cy="3052344"/>
+                      <a:ext cx="4392000" cy="2839530"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="245A840B" w14:textId="373E78EB" w:rsidR="006D1940" w:rsidRPr="006D1940" w:rsidRDefault="006D1940" w:rsidP="006D1940">
+    <w:p w14:paraId="245A840B" w14:textId="5670B799" w:rsidR="006D1940" w:rsidRPr="006D1940" w:rsidRDefault="006D1940" w:rsidP="006D1940">
       <w:pPr>
         <w:pStyle w:val="Titulek"/>
       </w:pPr>
       <w:bookmarkStart w:id="40" w:name="_Ref207376739"/>
-      <w:bookmarkStart w:id="41" w:name="_Toc209218784"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc214909507"/>
       <w:r>
         <w:t xml:space="preserve">Obr. </w:t>
       </w:r>
       <w:fldSimple w:instr=" SEQ Obr. \* ARABIC ">
-        <w:r w:rsidR="00B91217">
+        <w:r w:rsidR="00D11913">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
       </w:fldSimple>
       <w:bookmarkEnd w:id="40"/>
       <w:r>
-        <w:t>: Ukázka odstranění zalomení stránky ve Writeru</w:t>
+        <w:t xml:space="preserve">: Ukázka odstranění zalomení stránky ve </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Writeru</w:t>
       </w:r>
       <w:bookmarkEnd w:id="41"/>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="4F6DD859" w14:textId="56E1720A" w:rsidR="00360743" w:rsidRDefault="00360743" w:rsidP="00360743">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
       <w:bookmarkStart w:id="42" w:name="_Ref207390398"/>
       <w:bookmarkStart w:id="43" w:name="_Ref207390405"/>
-      <w:bookmarkStart w:id="44" w:name="_Toc209218754"/>
+      <w:bookmarkStart w:id="44" w:name="_Toc214909477"/>
       <w:r>
         <w:t>Odstavce</w:t>
       </w:r>
       <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
     </w:p>
     <w:p w14:paraId="4351B58B" w14:textId="6946E9B0" w:rsidR="009F62EB" w:rsidRDefault="009F62EB" w:rsidP="009F62EB">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Pro základní text jsou v šabloně připravené dva styly: </w:t>
       </w:r>
       <w:r w:rsidRPr="009F62EB">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
@@ -16812,117 +17382,129 @@
       <w:r>
         <w:t xml:space="preserve"> vyznačen odstavcovou zarážkou 0,8 cm</w:t>
       </w:r>
       <w:r w:rsidRPr="009F62EB">
         <w:t xml:space="preserve"> a je určen pro ostatní odstavce kromě prvního. Je nastaven jako styl následujícího odstavce</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> po stylu </w:t>
       </w:r>
       <w:r w:rsidRPr="002B5133">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>První odstavec práce</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36F90EAF" w14:textId="68FCC5FB" w:rsidR="00360743" w:rsidRDefault="00360743" w:rsidP="00360743">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
       <w:bookmarkStart w:id="45" w:name="_Ref207390869"/>
       <w:bookmarkStart w:id="46" w:name="_Ref207390875"/>
-      <w:bookmarkStart w:id="47" w:name="_Toc209218755"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:id="47" w:name="_Toc214909478"/>
+      <w:r>
         <w:t>Seznamy</w:t>
       </w:r>
       <w:bookmarkEnd w:id="45"/>
       <w:bookmarkEnd w:id="46"/>
       <w:bookmarkEnd w:id="47"/>
     </w:p>
-    <w:p w14:paraId="4444295E" w14:textId="3ABEF9ED" w:rsidR="009F62EB" w:rsidRDefault="009F62EB" w:rsidP="009F62EB">
+    <w:p w14:paraId="4444295E" w14:textId="6B67597D" w:rsidR="009F62EB" w:rsidRDefault="009F62EB" w:rsidP="009F62EB">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">V šabloně jsou připravené styly pro </w:t>
       </w:r>
       <w:r w:rsidRPr="009F62EB">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Abecední seznam, Číslovaný seznam, Seznam s odrážkami</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
       <w:r w:rsidRPr="009F62EB">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Víceúrovňový seznam</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00BA61B7">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Předsazení jednotlivých položek je nastaveno na 0,8 cm. Styly automaticky přidávají mezery před první a za poslední řádek seznamu.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4B86D88E" w14:textId="7D2F7D0D" w:rsidR="00BA61B7" w:rsidRPr="00BA61B7" w:rsidRDefault="007E1633" w:rsidP="00BA61B7">
+        <w:t xml:space="preserve"> Předsazení jednotlivých položek je nastaveno na 0,8 cm. Styly automaticky přidávají mezery před první a za poslední řádek seznamu</w:t>
+      </w:r>
+      <w:r w:rsidR="000C760D">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (mezera je nastavena na 6 bodů)</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA61B7">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B86D88E" w14:textId="7D2F7D0D" w:rsidR="00BA61B7" w:rsidRDefault="007E1633" w:rsidP="00BA61B7">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Abecední a Číslovan</w:t>
       </w:r>
       <w:r w:rsidR="00647243">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>ý</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> seznam</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> jsou připravené jako jednoúrovňové seznamy. </w:t>
       </w:r>
       <w:r w:rsidR="00BA61B7" w:rsidRPr="00BA61B7">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
@@ -17007,112 +17589,130 @@
         </w:rPr>
         <w:t>volba</w:t>
       </w:r>
       <w:r w:rsidR="00BA61B7" w:rsidRPr="00BA61B7">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> „Znovu začít od</w:t>
       </w:r>
       <w:r w:rsidR="00876D1F">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00BA61B7" w:rsidRPr="00BA61B7">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>1“.</w:t>
       </w:r>
       <w:r w:rsidR="00876D1F">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ve Writeru se po označení seznamu myší klikne do seznamu pravým tlačítkem a z nabídky se vybere položka Seznam a možnost Restartovat seznam.</w:t>
+        <w:t xml:space="preserve"> Ve </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00876D1F">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Writeru</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00876D1F">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se po označení seznamu myší klikne do seznamu pravým tlačítkem a z nabídky se vybere položka Seznam a možnost Restartovat seznam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4859BFDC" w14:textId="0067464A" w:rsidR="00BC045D" w:rsidRPr="00BA61B7" w:rsidRDefault="00BC045D" w:rsidP="00BA61B7">
+      <w:pPr>
+        <w:pStyle w:val="Dalodstavceprce"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC045D">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Upozorňujeme ovšem na to, že se ve Wordu může kvůli množství seznamů připravených v šabloně stát, že se po restartu číslování celý seznam odsadí jinak, než bylo požadováno. Náprava je jednoduchá: označit tento seznam, na kartě Domů rozkliknout část Odstavec (pomocí šipky), a nastavit odsazení ručně na hodnoty: vlevo 0 cm, předsazení 0,8 cm.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2154E485" w14:textId="076958FD" w:rsidR="00BA61B7" w:rsidRDefault="00876D1F" w:rsidP="00876D1F">
       <w:pPr>
         <w:pStyle w:val="Abecednseznam"/>
       </w:pPr>
       <w:r>
         <w:t>Abecední seznam</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F87A09F" w14:textId="08469158" w:rsidR="00876D1F" w:rsidRDefault="00876D1F" w:rsidP="00876D1F">
       <w:pPr>
         <w:pStyle w:val="Abecednseznam"/>
       </w:pPr>
       <w:r>
         <w:t>Abecední seznam</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16429FF5" w14:textId="7698B3BF" w:rsidR="00876D1F" w:rsidRDefault="00876D1F" w:rsidP="00876D1F">
       <w:pPr>
         <w:pStyle w:val="Abecednseznam"/>
       </w:pPr>
       <w:r>
         <w:t>Abecední seznam</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24C8C731" w14:textId="77777777" w:rsidR="00647243" w:rsidRDefault="00647243" w:rsidP="00647243">
-[...8 lines deleted...]
-    </w:p>
     <w:p w14:paraId="5D759E04" w14:textId="2C75E9B0" w:rsidR="00876D1F" w:rsidRDefault="00876D1F" w:rsidP="00876D1F">
       <w:pPr>
         <w:pStyle w:val="slovanseznam"/>
       </w:pPr>
       <w:r>
         <w:t>Číslovaný seznam</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4292DFD3" w14:textId="2C75E9B0" w:rsidR="00876D1F" w:rsidRDefault="00876D1F" w:rsidP="00876D1F">
       <w:pPr>
         <w:pStyle w:val="slovanseznam"/>
       </w:pPr>
       <w:r>
         <w:t>Číslovaný seznam</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BB0D72D" w14:textId="6E188835" w:rsidR="00876D1F" w:rsidRDefault="00876D1F" w:rsidP="00876D1F">
       <w:pPr>
         <w:pStyle w:val="slovanseznam"/>
       </w:pPr>
       <w:r>
         <w:t>Číslovaný seznam</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E2E3ABC" w14:textId="6F4A76B6" w:rsidR="00876D1F" w:rsidRDefault="007E1633" w:rsidP="007E1633">
+    <w:p w14:paraId="3E2E3ABC" w14:textId="1026CCB3" w:rsidR="00876D1F" w:rsidRDefault="007E1633" w:rsidP="00BC045D">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r w:rsidRPr="007E1633">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Seznam s odrážkami</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> je připravený jako jednoúrovňový seznam, ale pomocí tabulátoru je možné ho využít také pro více úrovní.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBFFD93" w14:textId="4E22C93B" w:rsidR="00876D1F" w:rsidRDefault="00876D1F" w:rsidP="00876D1F">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t>Seznam s odrážkami</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39285A01" w14:textId="4C3708A9" w:rsidR="00876D1F" w:rsidRDefault="00876D1F" w:rsidP="00876D1F">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
@@ -17283,51 +17883,51 @@
     </w:p>
     <w:p w14:paraId="584702E6" w14:textId="073D495F" w:rsidR="007E1633" w:rsidRDefault="007E1633" w:rsidP="007E1633">
       <w:pPr>
         <w:pStyle w:val="Vcerovovseznam"/>
       </w:pPr>
       <w:r>
         <w:t>Víceúrovňový seznam</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55346F97" w14:textId="309117EE" w:rsidR="007E1633" w:rsidRPr="007E1633" w:rsidRDefault="007E1633" w:rsidP="007E1633">
       <w:pPr>
         <w:pStyle w:val="Vcerovovseznam"/>
       </w:pPr>
       <w:r>
         <w:t>Víceúrovňový seznam</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A8B2751" w14:textId="0BA41B39" w:rsidR="00360743" w:rsidRDefault="00360743" w:rsidP="00360743">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
       <w:bookmarkStart w:id="48" w:name="_Ref207227533"/>
       <w:bookmarkStart w:id="49" w:name="_Ref207227537"/>
       <w:bookmarkStart w:id="50" w:name="_Ref207227614"/>
       <w:bookmarkStart w:id="51" w:name="_Ref207227621"/>
-      <w:bookmarkStart w:id="52" w:name="_Toc209218756"/>
+      <w:bookmarkStart w:id="52" w:name="_Toc214909479"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Seznam </w:t>
       </w:r>
       <w:r w:rsidR="002B5133">
         <w:t xml:space="preserve">použité </w:t>
       </w:r>
       <w:r>
         <w:t>literatury</w:t>
       </w:r>
       <w:bookmarkEnd w:id="48"/>
       <w:bookmarkEnd w:id="49"/>
       <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
     </w:p>
     <w:p w14:paraId="49F45D77" w14:textId="12AA5505" w:rsidR="00902AC8" w:rsidRDefault="00902AC8" w:rsidP="00902AC8">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -17459,90 +18059,172 @@
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Následuje ukázka abecedního seznamu použitých zdrojů (podle ČSN ISO 690</w:t>
       </w:r>
       <w:r w:rsidR="005A2870">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>:2022</w:t>
       </w:r>
       <w:r w:rsidR="00B415AE">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F716F20" w14:textId="77777777" w:rsidR="00B415AE" w:rsidRDefault="00B415AE" w:rsidP="00902AC8">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C4B4919" w14:textId="7F828DA9" w:rsidR="00B415AE" w:rsidRDefault="00B415AE" w:rsidP="00B415AE">
+    <w:p w14:paraId="7C4B4919" w14:textId="5688A61C" w:rsidR="00B415AE" w:rsidRDefault="00B415AE" w:rsidP="00B415AE">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="003A1022">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>BREGNHØJ, Mikkel; THORNING, Frederik a OGILBY, Peter R.</w:t>
+        <w:t xml:space="preserve">BREGNHØJ, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A1022">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Mikkel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A1022">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>; THORNING, Frederik a OGILBY, Peter R.</w:t>
       </w:r>
       <w:r w:rsidRPr="003A1022">
         <w:t>, 2024.</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Singlet Oxygen Photophysics: From Liquid Solvents to Mammalian Cells. Online. </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> Singlet Oxygen </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Photophysics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>From</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Liquid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Solvents</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Mammalian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Cells</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. Online. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Chemical Reviews</w:t>
-      </w:r>
+        <w:t>Chemical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Reviews</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">. Roč. 124, č. 17, s. 9949-10051. ISSN 0009-2665. Dostupné z: </w:t>
       </w:r>
       <w:hyperlink r:id="rId49" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://doi.org/10.1021/acs.chemrev.4c00105</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>. [cit. 2024-10-28].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F4033DF" w14:textId="5C154EA7" w:rsidR="00B415AE" w:rsidRDefault="00B415AE" w:rsidP="00B415AE">
+    <w:p w14:paraId="6F4033DF" w14:textId="2611448A" w:rsidR="00B415AE" w:rsidRDefault="00B415AE" w:rsidP="00B415AE">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="00804EAF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>KALENDA, Jan</w:t>
       </w:r>
       <w:r w:rsidRPr="00804EAF">
         <w:t xml:space="preserve">, 2021. </w:t>
       </w:r>
       <w:r w:rsidRPr="00647243">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Vratký triumf: vývoj účasti na neformálním vzdělávání dospělých v České republice v letech 1997 až 2016.</w:t>
       </w:r>
       <w:r w:rsidRPr="00804EAF">
         <w:t xml:space="preserve"> Online. Zl</w:t>
       </w:r>
       <w:r>
         <w:t>ín: Univerzita Tomáše Bati</w:t>
       </w:r>
@@ -17567,51 +18249,59 @@
         <w:t>[cit. 2024-02-19].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D12F284" w14:textId="77777777" w:rsidR="00B415AE" w:rsidRDefault="00B415AE" w:rsidP="00B415AE">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="003A1022">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ZLÁMAL, Jaroslav; BAČÍK, Petr a BELLOVÁ, Jana</w:t>
       </w:r>
       <w:r w:rsidRPr="003A1022">
         <w:t xml:space="preserve">, 2020. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Management: základy managementu</w:t>
       </w:r>
       <w:r>
-        <w:t>. Upravené 2. vydání. Prostějov: Computer Media. ISBN 978-80-7402-421-4.</w:t>
+        <w:t xml:space="preserve">. Upravené 2. vydání. Prostějov: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Computer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Media. ISBN 978-80-7402-421-4.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0696ED24" w14:textId="77777777" w:rsidR="006D1940" w:rsidRDefault="006D1940" w:rsidP="00B415AE">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7BA4C055" w14:textId="5CD30178" w:rsidR="00902AC8" w:rsidRDefault="00902AC8" w:rsidP="00B415AE">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Styl </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Použité zdroje (číslovaný seznam) </w:t>
       </w:r>
       <w:r>
         <w:t>je určen především pro technické a technologické obory, kde se využívá citační norma ČSN ISO 690 a metoda číselného odkazu v hranatých závorkách.</w:t>
       </w:r>
       <w:r w:rsidR="007D6B18">
         <w:t xml:space="preserve"> Předsazení položek je nastaveno na 0,8 cm</w:t>
@@ -17619,194 +18309,352 @@
       <w:r w:rsidR="00251447">
         <w:t xml:space="preserve"> a velikost písma 11 bodů</w:t>
       </w:r>
       <w:r w:rsidR="007D6B18">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00B415AE">
         <w:t xml:space="preserve"> Následuje ukázka</w:t>
       </w:r>
       <w:r w:rsidR="00DD3FD5">
         <w:t xml:space="preserve"> seznamu použitých zdrojů s číslovaným seznamem (podle ČSN ISO 690</w:t>
       </w:r>
       <w:r w:rsidR="005A2870">
         <w:t>:2022</w:t>
       </w:r>
       <w:r w:rsidR="00DD3FD5">
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ABE962A" w14:textId="1A8C168E" w:rsidR="00DD3FD5" w:rsidRDefault="00DD3FD5" w:rsidP="00DD3FD5">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71F3806B" w14:textId="5424A059" w:rsidR="00DD3FD5" w:rsidRDefault="00DD3FD5" w:rsidP="00DD3FD5">
+    <w:p w14:paraId="71F3806B" w14:textId="4A920627" w:rsidR="00DD3FD5" w:rsidRDefault="00DD3FD5" w:rsidP="00DD3FD5">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeslovanseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="003A1022">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ŠVAMBERG, Michal.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003A1022">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Seriál Jak na LaTeX.</w:t>
+        <w:t xml:space="preserve">Seriál Jak na </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A1022">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>LaTeX</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A1022">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Online. Root.cz. 2001-2003. Dostupné z: </w:t>
       </w:r>
       <w:hyperlink r:id="rId51" w:history="1">
         <w:r w:rsidRPr="00BF3A13">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://www.root.cz/serialy/jak-na-latex/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">. [cit. 2024-07-23]. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25927080" w14:textId="77777777" w:rsidR="00DD3FD5" w:rsidRDefault="00DD3FD5" w:rsidP="00DD3FD5">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeslovanseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="003A1022">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>ANTON, Kelly Kordes a CRUISE, John.</w:t>
+        <w:t xml:space="preserve">ANTON, Kelly </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A1022">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Kordes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A1022">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a CRUISE, John.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003A1022">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Adobe InDesign CC: oficiální výukový kurz.</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Brno: Computer Press, 2017. ISBN 978-80-251-4857-0. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7DF29A11" w14:textId="554FEED9" w:rsidR="00DD3FD5" w:rsidRDefault="00DD3FD5" w:rsidP="00DD3FD5">
+        <w:t xml:space="preserve"> Brno: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Computer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Press</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, 2017. ISBN 978-80-251-4857-0. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DF29A11" w14:textId="0C867C55" w:rsidR="00DD3FD5" w:rsidRDefault="00DD3FD5" w:rsidP="00DD3FD5">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeslovanseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="003A1022">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>KALENDA, Jan.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003A1022">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Vratký triumf: vývoj účasti na neformálním vzdělávání dospělých v České republice v letech 1997 až 2016.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Online. Zlín: Univerzita Tomáše Bati, 2021. ISBN 978-80-7454-986-1. Dostupné z: </w:t>
       </w:r>
       <w:hyperlink r:id="rId52" w:history="1">
         <w:r w:rsidRPr="00BF3A13">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://doi.org/10.7441/978-80-7454-986-1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">. [cit. 2024-02-19]. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F0D6786" w14:textId="4988DF93" w:rsidR="00DD3FD5" w:rsidRDefault="00DD3FD5" w:rsidP="00DD3FD5">
+    <w:p w14:paraId="5F0D6786" w14:textId="5EA82EE2" w:rsidR="00DD3FD5" w:rsidRDefault="00DD3FD5" w:rsidP="00DD3FD5">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeslovanseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="003A1022">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>JANISSEN, Brendan a HUYNH, Tien.</w:t>
-      </w:r>
+        <w:t xml:space="preserve">JANISSEN, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003A1022">
-        <w:t xml:space="preserve"> Chemical composition and value-adding applications of coffee industry by-products: A review. Online. </w:t>
-      </w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Brendan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A1022">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a HUYNH, Tien.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A1022">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A1022">
+        <w:t>Chemical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A1022">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A1022">
+        <w:t>composition</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A1022">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A1022">
+        <w:t>value-adding</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A1022">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A1022">
+        <w:t>applications</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A1022">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A1022">
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A1022">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A1022">
+        <w:t>coffee</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A1022">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A1022">
+        <w:t>industry</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A1022">
+        <w:t xml:space="preserve"> by-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A1022">
+        <w:t>products</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A1022">
+        <w:t xml:space="preserve">: A </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A1022">
+        <w:t>review</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A1022">
+        <w:t xml:space="preserve">. Online. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F51BD2">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">Resources, Conservation and Recycling. </w:t>
+        <w:t>Resources</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F51BD2">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F51BD2">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Conservation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F51BD2">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Recycling. </w:t>
       </w:r>
       <w:r w:rsidRPr="003A1022">
         <w:t xml:space="preserve">2018, roč. 128, s. 110-117. ISSN 09213449. Dostupné z: </w:t>
       </w:r>
       <w:hyperlink r:id="rId53" w:history="1">
         <w:r w:rsidRPr="00BF3A13">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://doi.org/10.1016/j.resconrec.2017.10.001</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003A1022">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003A1022">
         <w:t xml:space="preserve">[cit. 2022-05-09]. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="624C67B6" w14:textId="77777777" w:rsidR="00B415AE" w:rsidRPr="00B415AE" w:rsidRDefault="00B415AE" w:rsidP="00B415AE">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4941410C" w14:textId="1B4825FB" w:rsidR="00B415AE" w:rsidRPr="007D6B18" w:rsidRDefault="00B415AE" w:rsidP="00BA4E44">
+    <w:p w14:paraId="4941410C" w14:textId="1F780D68" w:rsidR="00B415AE" w:rsidRPr="007D6B18" w:rsidRDefault="00B415AE" w:rsidP="00BA4E44">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Seznam </w:t>
       </w:r>
       <w:r w:rsidR="00BA4E44">
         <w:t xml:space="preserve">použité </w:t>
       </w:r>
       <w:r>
         <w:t>literatury je možné</w:t>
       </w:r>
       <w:r w:rsidRPr="00B415AE">
         <w:t xml:space="preserve"> zpracovat ručně, popř. pomocí doplňku pro MS Word, a to Citace PRO.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Následně se pak upravuje pomocí příslušného stylu</w:t>
       </w:r>
       <w:r w:rsidR="00D661D9">
         <w:t xml:space="preserve"> v textovém editoru</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="007D6B18">
@@ -17835,85 +18683,85 @@
       </w:r>
       <w:r w:rsidR="00BA4E44">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DD3FD5">
         <w:t>Více o citačních normách a stylech, citování a tvorbě seznamu použité literatury je uvedeno v</w:t>
       </w:r>
       <w:r w:rsidR="00912F9C">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00DD3FD5">
         <w:t>kapitole</w:t>
       </w:r>
       <w:r w:rsidR="00912F9C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912F9C">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00912F9C">
         <w:instrText xml:space="preserve"> REF _Ref207226439 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00912F9C">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>5.6</w:t>
       </w:r>
       <w:r w:rsidR="00912F9C">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00912F9C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912F9C">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00912F9C">
         <w:instrText xml:space="preserve"> REF _Ref207226447 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00912F9C">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>Seznam použité literatury</w:t>
       </w:r>
       <w:r w:rsidR="00912F9C">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00DD3FD5">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F294E84" w14:textId="416C0201" w:rsidR="00360743" w:rsidRDefault="00360743" w:rsidP="00360743">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
       <w:bookmarkStart w:id="53" w:name="_Ref207390437"/>
       <w:bookmarkStart w:id="54" w:name="_Ref207390468"/>
-      <w:bookmarkStart w:id="55" w:name="_Toc209218757"/>
+      <w:bookmarkStart w:id="55" w:name="_Toc214909480"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Citáty a poezie</w:t>
       </w:r>
       <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
       <w:bookmarkEnd w:id="55"/>
     </w:p>
     <w:p w14:paraId="6795C417" w14:textId="00CA806A" w:rsidR="00B33392" w:rsidRDefault="00B33392" w:rsidP="00B33392">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Kratší citáty (obvykle do tří řádků, na</w:t>
       </w:r>
       <w:r w:rsidR="000F1970">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
@@ -17928,54 +18776,70 @@
       <w:r w:rsidR="000F1970">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">na </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">FHS do 40 slov) se uvádí přímo jako součást základního odstavce. Citáty musí být od okolního textu odlišeny pomocí uvozovek a je nutné uvést jejich zdroj (podle použité citační normy či stylu). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="161857F1" w14:textId="5654E1CF" w:rsidR="00B33392" w:rsidRDefault="00B33392" w:rsidP="00B33392">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B33392">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Delší jednoodstavcové citáty</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Delší </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B33392">
         <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>jednoodstavcové</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B33392">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> citáty</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B33392">
+        <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> se oddělují od okolního textu mezerou před a za 12</w:t>
       </w:r>
       <w:r w:rsidR="001254E5">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B33392">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">bodů a odsazují se z levé strany o 1,4 cm. K formátování slouží styl </w:t>
       </w:r>
       <w:r w:rsidRPr="00B33392">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Citát</w:t>
       </w:r>
       <w:r w:rsidRPr="00B33392">
         <w:rPr>
@@ -17998,83 +18862,133 @@
       <w:r w:rsidR="007D092B" w:rsidRPr="00D66BCA">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>První odstavec práce</w:t>
       </w:r>
       <w:r w:rsidRPr="00D66BCA">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Blokové citáty se nedávají do uvozovek, na jejich konci se ale uvede zdroj.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70653EAA" w14:textId="299FF733" w:rsidR="00B33392" w:rsidRDefault="00B33392" w:rsidP="00B33392">
       <w:pPr>
         <w:pStyle w:val="Citt"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B33392">
-        <w:t>Lorem Ipsum je demonstrativní výplňový text používaný v tiskařském a knihařském průmyslu. Lorem Ipsum je považováno za standard v této oblasti už od začátku 16.</w:t>
+        <w:t>Lorem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B33392">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B33392">
+        <w:t>Ipsum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B33392">
+        <w:t xml:space="preserve"> je demonstrativní výplňový text používaný v tiskařském a knihařském průmyslu. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B33392">
+        <w:t>Lorem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B33392">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B33392">
+        <w:t>Ipsum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B33392">
+        <w:t xml:space="preserve"> je považováno za standard v této oblasti už od začátku 16.</w:t>
       </w:r>
       <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B33392">
         <w:t>století, kdy dnes neznámý tiskař vzal kusy textu a na jejich základě vytvořil sp</w:t>
       </w:r>
       <w:r>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00B33392">
         <w:t>ciální vzorovou knihu. Jeho odkaz nevy</w:t>
       </w:r>
       <w:r>
         <w:t>držel pouze pět století, on pře</w:t>
       </w:r>
       <w:r w:rsidRPr="00B33392">
-        <w:t>žil i nástup elektronické sazby v podstatě beze změny. Nejvíce popularizováno bylo Lorem Ipsum v</w:t>
+        <w:t xml:space="preserve">žil i nástup elektronické sazby v podstatě beze změny. Nejvíce popularizováno bylo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B33392">
+        <w:t>Lorem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B33392">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B33392">
+        <w:t>Ipsum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B33392">
+        <w:t xml:space="preserve"> v</w:t>
       </w:r>
       <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B33392">
         <w:t>šedesátých letech 20. století, kdy byly vydávány speciální vzorníky s jeho pasážemi a později pak díky počítačo</w:t>
       </w:r>
       <w:r>
-        <w:t>vým DTP programům jako Aldus Pa</w:t>
+        <w:t xml:space="preserve">vým DTP programům jako Aldus </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Pa</w:t>
       </w:r>
       <w:r w:rsidRPr="00B33392">
         <w:t>geMaker</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="000F1970">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t>(Zdroj citace, 2025)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E63D4D2" w14:textId="5D01777F" w:rsidR="007D092B" w:rsidRDefault="007D092B" w:rsidP="007D092B">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Obdobným způsobem funguje také styl </w:t>
       </w:r>
       <w:r w:rsidR="00AB7235">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
@@ -18088,53 +19002,103 @@
         <w:t>P-FHS)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, který je určen pro potřeby studentů ÚŠP na Fakultě humanitních studií. Tento styl využívá obdobné vlastnosti jako hlavní styl pro citáty, nicméně velikost písma je nastavena na </w:t>
       </w:r>
       <w:r w:rsidR="0047438D">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> bodů.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="430897C2" w14:textId="2C6E198A" w:rsidR="007D092B" w:rsidRDefault="007D092B" w:rsidP="007D092B">
       <w:pPr>
         <w:pStyle w:val="CittUP-FHS"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D092B">
-        <w:t>Lorem Ipsum je demonstrativní výplňový text používaný v tiskařském a knihařském průmyslu. Lorem Ipsum je považováno za standard v této oblasti už od začátku 16. století, kdy dnes neznámý tiskař vzal kusy textu a na jejich základě vy-tvořil speciální vzorovou knihu. Jeho odkaz nevydržel pouze pět století, on přežil i nástup elektronické sazby v podstatě beze změny. Nejvíce popularizováno bylo Lorem Ipsum v šedesátých letech 20. století, kdy byly vydávány speciální vzorníky s jeho pasážemi a později pak díky počítačovým DTP programům jako Aldus PageMaker</w:t>
-      </w:r>
+        <w:t>Lorem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007D092B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007D092B">
+        <w:t>Ipsum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007D092B">
+        <w:t xml:space="preserve"> je demonstrativní výplňový text používaný v tiskařském a knihařském průmyslu. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007D092B">
+        <w:t>Lorem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007D092B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007D092B">
+        <w:t>Ipsum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007D092B">
+        <w:t xml:space="preserve"> je považováno za standard v této oblasti už od začátku 16. století, kdy dnes neznámý tiskař vzal kusy textu a na jejich základě vy-tvořil speciální vzorovou knihu. Jeho odkaz nevydržel pouze pět století, on přežil i nástup elektronické sazby v podstatě beze změny. Nejvíce popularizováno bylo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007D092B">
+        <w:t>Lorem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007D092B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007D092B">
+        <w:t>Ipsum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007D092B">
+        <w:t xml:space="preserve"> v šedesátých letech 20. století, kdy byly vydávány speciální vzorníky s jeho pasážemi a později pak díky počítačovým DTP programům jako Aldus </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007D092B">
+        <w:t>PageMaker</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="000F1970">
         <w:t>. (Zdroj citace, 2025)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C404CB8" w14:textId="42E0C1CC" w:rsidR="00B04A10" w:rsidRDefault="00B04A10" w:rsidP="00B04A10">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B04A10">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Citáty, které jsou tvořené více odstavci, je možné naformátovat pomocí více stylů: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B04A10">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Citát (začátek více odstavců) </w:t>
       </w:r>
@@ -18180,91 +19144,144 @@
       </w:r>
       <w:r w:rsidRPr="00D66BCA">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>První odstavec práce</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00B04A10">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Zároveň je možné odsazovat zleva jednotlivé odstavce pomocí různých úrovní (tabulátory jsou vždy nastaveny o násobky 1,4 cm).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7970E3FA" w14:textId="55B87F84" w:rsidR="00B04A10" w:rsidRDefault="00B04A10" w:rsidP="00B04A10">
       <w:pPr>
         <w:pStyle w:val="Cittzatekvceodstavc"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B04A10">
-        <w:t>Lorem Ipsum je demonstrativní výplňový text používaný v tiskařském a knihařském průmyslu. Lorem Ipsum je považováno za standard v této oblasti už od začátku 16.</w:t>
+        <w:t>Lorem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B04A10">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B04A10">
+        <w:t>Ipsum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B04A10">
+        <w:t xml:space="preserve"> je demonstrativní výplňový text používaný v tiskařském a knihařském průmyslu. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B04A10">
+        <w:t>Lorem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B04A10">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B04A10">
+        <w:t>Ipsum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B04A10">
+        <w:t xml:space="preserve"> je považováno za standard v této oblasti už od začátku 16.</w:t>
       </w:r>
       <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B04A10">
         <w:t>století, kdy dnes neznámý tiskař vzal kusy textu a na jejich základě vytvořil speciální vzorovou knihu</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (Zdroj citace, 2025).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77E4A855" w14:textId="1223661E" w:rsidR="00B04A10" w:rsidRDefault="00B04A10" w:rsidP="00B04A10">
       <w:pPr>
         <w:pStyle w:val="Cittpokraovnvceodstavc"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>„Věta odsazená tabulátorem.“</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27431C46" w14:textId="16926B86" w:rsidR="00B04A10" w:rsidRDefault="00B04A10" w:rsidP="00AB6824">
       <w:pPr>
         <w:pStyle w:val="Cittpokraovnvceodstavc"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>„Věta odsazená tabulátorem.“</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45DD6135" w14:textId="4333A054" w:rsidR="00B04A10" w:rsidRDefault="00B04A10" w:rsidP="00B04A10">
       <w:pPr>
         <w:pStyle w:val="Cittkonecvceodstavc"/>
       </w:pPr>
       <w:r w:rsidRPr="00B04A10">
         <w:lastRenderedPageBreak/>
-        <w:t>Nejvíce popularizováno bylo Lorem Ipsum v šedesátých letech 20. století, kdy byly vydávány speciální vzorníky s jeho pasážemi a později pak díky počítačovým DTP programům jako Aldus PageMaker.</w:t>
+        <w:t xml:space="preserve">Nejvíce popularizováno bylo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B04A10">
+        <w:t>Lorem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B04A10">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B04A10">
+        <w:t>Ipsum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B04A10">
+        <w:t xml:space="preserve"> v šedesátých letech 20. století, kdy byly vydávány speciální vzorníky s jeho pasážemi a později pak díky počítačovým DTP programům jako Aldus </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B04A10">
+        <w:t>PageMaker</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B04A10">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EE8188F" w14:textId="4870D9FE" w:rsidR="00B04A10" w:rsidRDefault="00B04A10" w:rsidP="00B04A10">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Pokud je potřeba naformátovat úryvky textu (jednořádkové věty) jako je poezie či písně, pak je připraven styl </w:t>
       </w:r>
       <w:r w:rsidRPr="00B04A10">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Poezie</w:t>
       </w:r>
       <w:r>
         <w:t>. Sloky jsou odděleny mezerou před a za (12 bodů) a odsazují se z levé strany o 1,4 cm. Zarovnávají se na levý praporek. Zároveň je možné odsazovat zleva jednotlivé řádky pomocí různých úrovní (tabulátory jsou vždy nastaveny o násobky 1,4 cm).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C0E7B0F" w14:textId="4795E57A" w:rsidR="00B04A10" w:rsidRDefault="00B04A10" w:rsidP="00B04A10">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
@@ -18272,93 +19289,336 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>V případě poezie či písní se ukončuje každý odstavec (sloka) pomocí klávesy Enter, každý řádek (verš) se zakončuje zalomením řádku (</w:t>
       </w:r>
       <w:r w:rsidRPr="003E651F">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Shift + Enter</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15DCCA3C" w14:textId="55F9921F" w:rsidR="00AF44C8" w:rsidRDefault="00AF44C8" w:rsidP="00AF44C8">
       <w:pPr>
         <w:pStyle w:val="Poezie"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Lorem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>dolor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:br/>
-        <w:t>Consectetuer molestie Quisque tincidunt quis</w:t>
-      </w:r>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Consectetuer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>molestie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Quisque</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>tincidunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>quis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:br/>
-        <w:t>Curabitur vitae condimentum lacinia risus</w:t>
-      </w:r>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Curabitur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> vitae </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>condimentum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>lacinia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>risus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:br/>
-        <w:t>Urna Curabitur laoreet felis augue</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Urna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Curabitur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>laoreet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>felis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>augue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="28B7D9FB" w14:textId="6D9AB83F" w:rsidR="00AF44C8" w:rsidRPr="00B04A10" w:rsidRDefault="00AF44C8" w:rsidP="00AF44C8">
       <w:pPr>
         <w:pStyle w:val="Poezie"/>
       </w:pPr>
       <w:r>
-        <w:t>Dis est ut laoreet</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Dis </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>est</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>laoreet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:br/>
-        <w:t>Adipiscing justo est eros sed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>justo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>est</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>eros</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> sed</w:t>
       </w:r>
       <w:r>
         <w:br/>
-        <w:t>Sollicitudin nulla adipiscing augue consequat</w:t>
-      </w:r>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Sollicitudin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>nulla</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>augue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>consequat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:br/>
-        <w:t>Quisque id tempor eros nec</w:t>
-      </w:r>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Quisque</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> id </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>eros</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>nec</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="499DF807" w14:textId="4BD7F953" w:rsidR="00360743" w:rsidRDefault="00360743" w:rsidP="00360743">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
       <w:bookmarkStart w:id="56" w:name="_Ref207390565"/>
       <w:bookmarkStart w:id="57" w:name="_Ref207390571"/>
-      <w:bookmarkStart w:id="58" w:name="_Toc209218758"/>
+      <w:bookmarkStart w:id="58" w:name="_Toc214909481"/>
       <w:r>
         <w:t>Jazykové příklady</w:t>
       </w:r>
       <w:bookmarkEnd w:id="56"/>
       <w:bookmarkEnd w:id="57"/>
       <w:bookmarkEnd w:id="58"/>
     </w:p>
     <w:p w14:paraId="40742878" w14:textId="4543F8F9" w:rsidR="000C49D2" w:rsidRDefault="000C49D2" w:rsidP="000C49D2">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C49D2">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Ukázka formátování jazykových příkladů v lingvistice, které mají průběžné číslovaní v celé práci (číslování se uvádí v kulatých závorkách). Předsazení jednotlivých příkladů je nastaveno na 0,8 cm. Používá se styl </w:t>
       </w:r>
       <w:r w:rsidRPr="000C49D2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
@@ -18390,125 +19650,510 @@
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Shift + Enter</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r w:rsidR="002D2C8D">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Při využívání jednořádkových příkladů je vhodné ručně zarovnat text doleva (přednastaveno je zarovnání do bloku).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="161E07C4" w14:textId="695F576D" w:rsidR="000C49D2" w:rsidRDefault="000C49D2" w:rsidP="00D66BCA">
       <w:pPr>
         <w:pStyle w:val="Pkladyvlingvisticeslovn"/>
       </w:pPr>
       <w:r w:rsidRPr="000C49D2">
         <w:t>*</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
-        <w:t>Lorem Ipsum is simply dummy text of the printing and typesetting industry</w:t>
-      </w:r>
+        <w:t>Lorem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t>Ipsum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t>simply</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t>dummy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t xml:space="preserve"> text </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t>printing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t>typesetting</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t>industry</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00D66BCA">
-        <w:t xml:space="preserve">. Lorem </w:t>
-      </w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66BCA">
+        <w:t>Lorem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66BCA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
-        <w:t>Ipsum has been the industry's standard dummy text ever since the 1500s, when an unknown printer took a galley of type and scrambled it to make a type specimen book.</w:t>
+        <w:t>Ipsum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t xml:space="preserve"> has </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t>been</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t>industry's</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t xml:space="preserve"> standard </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t>dummy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t xml:space="preserve"> text </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t>ever</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t>since</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t xml:space="preserve"> 1500s, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t>when</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t>an</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t>unknown</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t>printer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t>took</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t>galley</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t xml:space="preserve"> type and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t>scrambled</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t>it</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t xml:space="preserve"> to make a type specimen </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t>book</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22343346" w14:textId="722A558E" w:rsidR="000C49D2" w:rsidRDefault="000C49D2" w:rsidP="002D2C8D">
       <w:pPr>
         <w:pStyle w:val="Pkladyvlingvisticeslovn"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:bookmarkStart w:id="59" w:name="_Ref207049743"/>
       <w:r w:rsidRPr="000C49D2">
         <w:t>*</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
-        <w:t>Lorem Ipsum is simply dummy text of the printing and typesetting industry.</w:t>
+        <w:t>Lorem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
+        <w:t>Ipsum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
+        <w:t>simply</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
+        <w:t>dummy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
+        <w:t xml:space="preserve"> text </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
+        <w:t>printing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
+        <w:t>typesetting</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
+        <w:t>industry</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="000C49D2">
         <w:t>*</w:t>
       </w:r>
       <w:bookmarkEnd w:id="59"/>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
-        <w:t>Lorem Ipsum is simply dummy text of the printing and typesetting industry.</w:t>
+        <w:t>Lorem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
+        <w:t>Ipsum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
+        <w:t>simply</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
+        <w:t>dummy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
+        <w:t xml:space="preserve"> text </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
+        <w:t>printing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
+        <w:t>typesetting</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
+        <w:t>industry</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D6FF9B4" w14:textId="2930A39A" w:rsidR="00647243" w:rsidRDefault="00647243" w:rsidP="00647243">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Pokud se pokračuje dalším textem, je důležité nezapomenout nastavit správný následující styl První odstavec práce. </w:t>
       </w:r>
       <w:r w:rsidRPr="00647243">
         <w:t xml:space="preserve">V případě, že </w:t>
       </w:r>
       <w:r>
         <w:t>se pokračuje</w:t>
       </w:r>
       <w:r w:rsidRPr="00647243">
         <w:t xml:space="preserve"> další</w:t>
       </w:r>
       <w:r>
         <w:t>mi</w:t>
       </w:r>
       <w:r w:rsidRPr="00647243">
         <w:t xml:space="preserve"> příklady průběžně v dokumentu, příklady by se měly číslovat průběžně. Pokud by průběžné číslování nefungovalo správně, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">je potřeba je ručně nastavit a zkontrolovat (ve Wordu označit příklad myší, kliknout do něj </w:t>
       </w:r>
       <w:r w:rsidRPr="00647243">
         <w:t>pravým tlačítkem myš</w:t>
       </w:r>
       <w:r>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00647243">
         <w:t xml:space="preserve"> a zvol</w:t>
       </w:r>
       <w:r>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00647243">
         <w:t>t volbu „Pokračovat v číslování“</w:t>
       </w:r>
       <w:r>
-        <w:t>; ve Writeru označit příklad myší, kliknout do něj pravým tlačítkem myši a z nabídky vybrat Seznam a možnost Přidat k seznamu</w:t>
+        <w:t xml:space="preserve">; ve </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Writeru</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> označit příklad myší, kliknout do něj pravým tlačítkem myši a z nabídky vybrat Seznam a možnost Přidat k seznamu</w:t>
       </w:r>
       <w:r w:rsidRPr="00647243">
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B63DC81" w14:textId="5A55DAA7" w:rsidR="00241610" w:rsidRDefault="00241610" w:rsidP="002D2C8D">
       <w:pPr>
         <w:pStyle w:val="Pkladyvlingvisticeslovn"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00241610">
         <w:lastRenderedPageBreak/>
         <w:t>a. [řádek 1]</w:t>
       </w:r>
       <w:r w:rsidRPr="00241610">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00241610">
         <w:tab/>
         <w:t>poznámka odsazená tabulátorem</w:t>
       </w:r>
       <w:r>
         <w:t>, řádek zalomen</w:t>
       </w:r>
       <w:r>
@@ -18533,242 +20178,406 @@
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00241610">
         <w:t>poznámka odsazená tabulátorem</w:t>
       </w:r>
       <w:r>
         <w:t>, řádek zalomen</w:t>
       </w:r>
       <w:r>
         <w:br/>
         <w:t>b. [řádek 2]</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>poznámka odsazená tabulátorem, řádek ukončen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37303F54" w14:textId="356EE1A3" w:rsidR="00E27907" w:rsidRDefault="00241610" w:rsidP="00241610">
+    <w:p w14:paraId="37303F54" w14:textId="1E31CF15" w:rsidR="00E27907" w:rsidRDefault="00241610" w:rsidP="00241610">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">V některých případech je pro lepší orientaci v textu </w:t>
       </w:r>
       <w:r w:rsidR="0047438D">
         <w:t xml:space="preserve">vhodné </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">využít </w:t>
       </w:r>
       <w:r w:rsidRPr="00241610">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>křížových odkazů na jednotlivé příklady</w:t>
       </w:r>
       <w:r>
-        <w:t>. Na panelu Vložení stačí klepnout na tlačítko Křížový odkaz (obdobný postup platí také pro Writer). V nabídce „Typ odkazu“ je potřeba následně vybrat požadovanou číslovanou položku</w:t>
+        <w:t xml:space="preserve">. Na panelu Vložení stačí klepnout na tlačítko Křížový odkaz (obdobný postup platí také pro </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Writer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>). V nabídce „Typ odkazu“ je potřeba následně vybrat požadovanou číslovanou položku</w:t>
       </w:r>
       <w:r w:rsidR="00E27907">
-        <w:t xml:space="preserve"> (ve Writeru číslovaný odstavec)</w:t>
+        <w:t xml:space="preserve"> (ve </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E27907">
+        <w:t>Writeru</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E27907">
+        <w:t xml:space="preserve"> číslovaný odstavec)</w:t>
       </w:r>
       <w:r>
         <w:t>, např.</w:t>
       </w:r>
       <w:r w:rsidR="00E27907">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E27907">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00E27907">
         <w:instrText xml:space="preserve"> REF _Ref207049743 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00E27907">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>(2)</w:t>
       </w:r>
       <w:r w:rsidR="00E27907">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, a v nabídce „Vložit odkaz na“ vybrat „Číslo odstavce“. </w:t>
       </w:r>
       <w:r w:rsidR="009D57C5">
         <w:t xml:space="preserve">Více informací o křížových odkazech je uvedeno v kapitole </w:t>
       </w:r>
       <w:r w:rsidR="009D57C5">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="009D57C5">
         <w:instrText xml:space="preserve"> REF _Ref207103364 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="009D57C5">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>5.4</w:t>
       </w:r>
       <w:r w:rsidR="009D57C5">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="009D57C5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009D57C5">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="009D57C5">
         <w:instrText xml:space="preserve"> REF _Ref207103364 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="009D57C5">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>Křížové odkazy</w:t>
       </w:r>
       <w:r w:rsidR="009D57C5">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="009D57C5">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t>Důležité je si pohlídat aktualizaci tohoto křížového odkazu v</w:t>
       </w:r>
       <w:r w:rsidR="0047438D">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t>případě dodatečných úprav</w:t>
       </w:r>
       <w:r w:rsidR="009D57C5">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00E27907">
         <w:t xml:space="preserve">viz kapitola </w:t>
       </w:r>
       <w:r w:rsidR="00E27907">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00E27907">
         <w:instrText xml:space="preserve"> REF _Ref207049812 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00E27907">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>3.4</w:t>
       </w:r>
       <w:r w:rsidR="00E27907">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00E27907">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E27907">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00E27907">
         <w:instrText xml:space="preserve"> REF _Ref207049820 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00E27907">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>Náhled a tisk práce</w:t>
       </w:r>
       <w:r w:rsidR="00E27907">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75EC6FB4" w14:textId="0A864BF3" w:rsidR="00241610" w:rsidRDefault="00241610" w:rsidP="00E27907">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Je možné uvádět také příklady bez automatického číslování. V takovém případě je připravený styl </w:t>
       </w:r>
       <w:r w:rsidRPr="00E27907">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Příklady v lingvistice</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00E27907">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E27907" w:rsidRPr="00E27907">
         <w:t>Tento styl nevyužívá průběžné číslování, předsazení jednotlivých řádků pro vizuální odlišení od ostatního textu je nastaveno na 0,8 cm.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27B9583A" w14:textId="54B7F8C6" w:rsidR="00E27907" w:rsidRDefault="002D2C8D" w:rsidP="00E27907">
       <w:pPr>
         <w:pStyle w:val="Pkladyvlingvistice"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002D2C8D">
-        <w:t>Lorem Ipsum is simply dummy text of the printing and typesetting industry</w:t>
-      </w:r>
+        <w:t>Lorem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D2C8D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D2C8D">
+        <w:t>Ipsum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D2C8D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D2C8D">
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D2C8D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D2C8D">
+        <w:t>simply</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D2C8D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D2C8D">
+        <w:t>dummy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D2C8D">
+        <w:t xml:space="preserve"> text </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D2C8D">
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D2C8D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D2C8D">
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D2C8D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D2C8D">
+        <w:t>printing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D2C8D">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D2C8D">
+        <w:t>typesetting</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D2C8D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D2C8D">
+        <w:t>industry</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E27907" w:rsidRPr="00E27907">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D049C90" w14:textId="56FEB2FC" w:rsidR="00241610" w:rsidRDefault="002D2C8D" w:rsidP="00CA1475">
       <w:pPr>
         <w:pStyle w:val="Pkladyvlingvistice"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002D2C8D">
-        <w:t>Lorem Ipsum is simply dummy text of the printing and typesetting industry</w:t>
-      </w:r>
+        <w:t>Lorem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D2C8D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D2C8D">
+        <w:t>Ipsum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D2C8D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D2C8D">
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D2C8D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D2C8D">
+        <w:t>simply</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D2C8D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D2C8D">
+        <w:t>dummy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D2C8D">
+        <w:t xml:space="preserve"> text </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D2C8D">
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D2C8D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D2C8D">
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D2C8D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D2C8D">
+        <w:t>printing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D2C8D">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D2C8D">
+        <w:t>typesetting</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D2C8D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D2C8D">
+        <w:t>industry</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E27907" w:rsidRPr="00E27907">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E21ABB3" w14:textId="77777777" w:rsidR="00565E58" w:rsidRDefault="00565E58" w:rsidP="00565E58">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="60" w:name="_Toc209218759"/>
+      <w:bookmarkStart w:id="60" w:name="_Toc214909482"/>
       <w:r>
         <w:t>Poznámky pod čarou</w:t>
       </w:r>
       <w:bookmarkEnd w:id="60"/>
     </w:p>
     <w:p w14:paraId="1CC4DA7B" w14:textId="77777777" w:rsidR="00565E58" w:rsidRDefault="00565E58" w:rsidP="00565E58">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">K doplnění hlavního textu práce o dodatečné komentáře, poznámky, citace nebo odkazy slouží poznámky, které se umísťují pod čarou ve spodní části stránky. Poznámky jsou svázány s konkrétní částí textu, takže se v rámci dokumentu posouvají společně s ním. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46FE5C40" w14:textId="77777777" w:rsidR="00565E58" w:rsidRDefault="00565E58" w:rsidP="00565E58">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
@@ -18849,130 +20658,158 @@
         </w:rPr>
         <w:t>Vložení poznámky pod čarou je jednoduché. V textu se umístí kurzor na místo, kam se má vložit číslo (odkaz) na poznámku. Ve Wordu se p</w:t>
       </w:r>
       <w:r w:rsidRPr="002659C1">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">řes panel Reference </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>vybere</w:t>
       </w:r>
       <w:r w:rsidRPr="002659C1">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> tlačítko Vložit poznámku pod čarou</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>. Ve Writeru se v hlavní nabídce vybere možnost</w:t>
+        <w:t xml:space="preserve">. Ve </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Writeru</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se v hlavní nabídce vybere možnost</w:t>
       </w:r>
       <w:r w:rsidRPr="002659C1">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Vložit </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">a následně </w:t>
       </w:r>
       <w:r w:rsidRPr="002659C1">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Poznámka pod čarou a vysvětlivka </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidRPr="002659C1">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Vložit poznámku pod čarou.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0441DF56" w14:textId="77777777" w:rsidR="00565E58" w:rsidRPr="00241610" w:rsidRDefault="00565E58" w:rsidP="00565E58">
       <w:pPr>
         <w:pStyle w:val="Pkladyvlingvistice"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B51EE4D" w14:textId="32151BAE" w:rsidR="00360743" w:rsidRDefault="00360743" w:rsidP="00360743">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
       <w:bookmarkStart w:id="61" w:name="_Ref207390597"/>
       <w:bookmarkStart w:id="62" w:name="_Ref207390613"/>
-      <w:bookmarkStart w:id="63" w:name="_Toc209218760"/>
+      <w:bookmarkStart w:id="63" w:name="_Toc214909483"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Zdrojový kód</w:t>
       </w:r>
       <w:bookmarkEnd w:id="61"/>
       <w:bookmarkEnd w:id="62"/>
       <w:bookmarkEnd w:id="63"/>
     </w:p>
     <w:p w14:paraId="2FD77215" w14:textId="66CA49AA" w:rsidR="00360743" w:rsidRDefault="00CA1475" w:rsidP="00360743">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Pro zápis zdrojového kódu je možné využít připravený styl </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA1475">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Zdrojový kód</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>. Tento styl využívá písmo Courier New</w:t>
+        <w:t xml:space="preserve">. Tento styl využívá písmo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Courier</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> New</w:t>
       </w:r>
       <w:r w:rsidR="00D661D9">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> s velikostí písma 10 bodů</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> a je odsazený zleva o 0,8 cm. Zarovnání textu je nastaveno na levý praporek.</w:t>
       </w:r>
       <w:r w:rsidR="00D661D9">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D661D9" w:rsidRPr="00D661D9">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>V případě delšího kódu je pro tento styl nastaveno č</w:t>
       </w:r>
@@ -18985,158 +20822,252 @@
       <w:r w:rsidR="00D661D9" w:rsidRPr="00D661D9">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>zování na konkrétní řádek. Číslování řádků je nastav</w:t>
       </w:r>
       <w:r w:rsidR="00D661D9">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>eno pro každou stránku zvlášť.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="341D6D91" w14:textId="77777777" w:rsidR="0017403D" w:rsidRDefault="0017403D" w:rsidP="0017403D">
       <w:pPr>
         <w:pStyle w:val="Zdrojovkd"/>
       </w:pPr>
       <w:r>
         <w:t># Funkce pro výpočet faktoriálu</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68012772" w14:textId="77777777" w:rsidR="0017403D" w:rsidRDefault="0017403D" w:rsidP="0017403D">
       <w:pPr>
         <w:pStyle w:val="Zdrojovkd"/>
       </w:pPr>
-      <w:r>
-        <w:t>def factorial(n):</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>def</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>factorial</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>(n):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F531D1B" w14:textId="77777777" w:rsidR="0017403D" w:rsidRDefault="0017403D" w:rsidP="0017403D">
       <w:pPr>
         <w:pStyle w:val="Zdrojovkd"/>
       </w:pPr>
-      <w:r>
-        <w:t>if n == 0:</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>if</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> n == 0:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02903C60" w14:textId="77777777" w:rsidR="0017403D" w:rsidRDefault="0017403D" w:rsidP="0017403D">
       <w:pPr>
         <w:pStyle w:val="Zdrojovkd"/>
       </w:pPr>
       <w:r>
         <w:t>return 1.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7268DEC0" w14:textId="77777777" w:rsidR="0017403D" w:rsidRDefault="0017403D" w:rsidP="0017403D">
       <w:pPr>
         <w:pStyle w:val="Zdrojovkd"/>
       </w:pPr>
-      <w:r>
-        <w:t>else:</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>else</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C366E94" w14:textId="77777777" w:rsidR="0017403D" w:rsidRDefault="0017403D" w:rsidP="0017403D">
       <w:pPr>
         <w:pStyle w:val="Zdrojovkd"/>
       </w:pPr>
       <w:r>
-        <w:t>return n * factorial(n - 1)</w:t>
+        <w:t xml:space="preserve">return n * </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>factorial</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>(n - 1)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F3CF3DE" w14:textId="77777777" w:rsidR="0017403D" w:rsidRDefault="0017403D" w:rsidP="0017403D">
       <w:pPr>
         <w:pStyle w:val="Zdrojovkd"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="306445CB" w14:textId="77777777" w:rsidR="0017403D" w:rsidRDefault="0017403D" w:rsidP="0017403D">
       <w:pPr>
         <w:pStyle w:val="Zdrojovkd"/>
       </w:pPr>
       <w:r>
         <w:t># Získání vstupu od uživatele</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11D654CA" w14:textId="77777777" w:rsidR="0017403D" w:rsidRDefault="0017403D" w:rsidP="0017403D">
       <w:pPr>
         <w:pStyle w:val="Zdrojovkd"/>
       </w:pPr>
-      <w:r>
-        <w:t>number = int(input("Zadejte číslo: "))</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>number</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> = </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>int</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>(input("Zadejte číslo: "))</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="667F8D44" w14:textId="77777777" w:rsidR="0017403D" w:rsidRDefault="0017403D" w:rsidP="0017403D">
       <w:pPr>
         <w:pStyle w:val="Zdrojovkd"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="465B5945" w14:textId="77777777" w:rsidR="0017403D" w:rsidRDefault="0017403D" w:rsidP="0017403D">
       <w:pPr>
         <w:pStyle w:val="Zdrojovkd"/>
       </w:pPr>
       <w:r>
         <w:t># Výpočet faktoriálu</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="397C97AA" w14:textId="77777777" w:rsidR="0017403D" w:rsidRDefault="0017403D" w:rsidP="0017403D">
       <w:pPr>
         <w:pStyle w:val="Zdrojovkd"/>
       </w:pPr>
-      <w:r>
-        <w:t>result = factorial(number)</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>result</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> = </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>factorial</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>number</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BD3284D" w14:textId="77777777" w:rsidR="0017403D" w:rsidRDefault="0017403D" w:rsidP="0017403D">
       <w:pPr>
         <w:pStyle w:val="Zdrojovkd"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6EBE001D" w14:textId="77777777" w:rsidR="0017403D" w:rsidRDefault="0017403D" w:rsidP="0017403D">
       <w:pPr>
         <w:pStyle w:val="Zdrojovkd"/>
       </w:pPr>
       <w:r>
         <w:t># Výpis výsledku</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C39BC43" w14:textId="72C7D7BE" w:rsidR="00C85577" w:rsidRDefault="0017403D" w:rsidP="00C85577">
       <w:pPr>
         <w:pStyle w:val="Zdrojovkd"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="49754D25" w14:textId="3D0C447D" w:rsidR="0017403D" w:rsidRDefault="00C85577" w:rsidP="00CC3B50">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>print</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>f"Faktoriál</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> čísla {</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>number</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>} je {</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>result</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>}")</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49754D25" w14:textId="63FBFCC5" w:rsidR="0017403D" w:rsidRDefault="00C85577" w:rsidP="00CC3B50">
       <w:pPr>
         <w:pStyle w:val="Titulekzdrojovkd"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Výpis </w:t>
       </w:r>
       <w:fldSimple w:instr=" SEQ Výpis \* ARABIC ">
-        <w:r w:rsidR="00B91217">
+        <w:r w:rsidR="00D11913">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
       </w:fldSimple>
       <w:r>
         <w:t>: Ukázkový popisek pro výpis zdrojového kódu</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54FAE17C" w14:textId="3078DB83" w:rsidR="00067C21" w:rsidRDefault="00067C21" w:rsidP="00067C21">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Součástí šablony je také připravený speciální typ popisku pro zdrojové kódy s označením </w:t>
       </w:r>
       <w:r w:rsidRPr="00C85577">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Výpis</w:t>
       </w:r>
       <w:r>
@@ -19161,100 +21092,108 @@
       <w:r w:rsidR="00842FAC">
         <w:t xml:space="preserve"> je následující</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37A946DC" w14:textId="77777777" w:rsidR="00067C21" w:rsidRDefault="00067C21" w:rsidP="00067C21">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r w:rsidRPr="004B10F4">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Word:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> panel Reference a možnost Vložit titulek (zde pak vybrat popisek Výpis a za číslo výpisu přidat dvojtečku a doplnit název popisku). Následně pro tento styl použít styl Titulek zdrojový kód. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74104694" w14:textId="77777777" w:rsidR="00067C21" w:rsidRDefault="00067C21" w:rsidP="00067C21">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B10F4">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Writer:</w:t>
+        <w:t>Writer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B10F4">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> zkratka </w:t>
       </w:r>
       <w:r w:rsidRPr="003E651F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Ctrl + F2</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (vložit Pole), záložka Proměnné, ve sloupci Typ vybrat Interval číslování, následně vybrat Výpis a potvrdit Vložit. Vloží se příslušné číslo výpisu. Před toto číslo je pak nutné ručně dopsat označení Výpis, za číslo doplnit dvojtečku a název popisku. Na celý titulek pak využít styl Titulek zdrojový kód.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E37F11E" w14:textId="7559191E" w:rsidR="008E62FC" w:rsidRDefault="008E62FC" w:rsidP="00565E58">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Pokud není číslování řádků žádoucí, ať už pro konkrétní příklady nebo v celé práci, je možné využívat styl </w:t>
       </w:r>
       <w:r w:rsidRPr="0017403D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Zdrojový kód (bez čísel řádků)</w:t>
       </w:r>
       <w:r>
         <w:t>, který využívá stejné vlastnosti jako rodičovský styl, ale nemá nastaveno číslování řádků.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C964DD9" w14:textId="77777777" w:rsidR="00C85577" w:rsidRPr="00C85577" w:rsidRDefault="00C85577" w:rsidP="00C85577">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="sk-SK"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="54A2AD56" w14:textId="3000A884" w:rsidR="00757EE9" w:rsidRDefault="00253500" w:rsidP="00757EE9">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="64" w:name="_Toc209218761"/>
+      <w:bookmarkStart w:id="64" w:name="_Toc214909484"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vložené objekty, </w:t>
       </w:r>
       <w:r w:rsidR="009D1C8B">
         <w:t>bloky</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> a rychlé části</w:t>
       </w:r>
       <w:bookmarkEnd w:id="64"/>
     </w:p>
     <w:p w14:paraId="14BB61D1" w14:textId="4B18F505" w:rsidR="00783CE6" w:rsidRDefault="00783CE6" w:rsidP="00783CE6">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Pátá kapitola manuálu je věnována objektům a blokům, které se do závěrečných prací vkládají. Jedná se zejména o </w:t>
       </w:r>
@@ -19283,51 +21222,51 @@
         <w:t xml:space="preserve">ky generované seznamy, seznamy </w:t>
       </w:r>
       <w:r w:rsidR="00AB7235">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">použité </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA68F2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>literatury či přílohy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>. Smyslem je zajistit, aby vložené objekty byly co nejvíce v souladu s ostatními částmi šablony.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EE34ED7" w14:textId="02F1E836" w:rsidR="00AA68F2" w:rsidRDefault="00783CE6" w:rsidP="00170923">
+    <w:p w14:paraId="7EE34ED7" w14:textId="7DA33190" w:rsidR="00AA68F2" w:rsidRDefault="00783CE6" w:rsidP="00170923">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Zvláštní pozornost je pak věnována tzv. </w:t>
       </w:r>
       <w:r w:rsidRPr="001D570A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>rychlých částem</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00783CE6">
         <w:t xml:space="preserve"> což jsou předpřipravené </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">speciální </w:t>
       </w:r>
       <w:r w:rsidRPr="00783CE6">
         <w:t>bloky textu</w:t>
       </w:r>
@@ -19383,385 +21322,636 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="sk-SK"/>
         </w:rPr>
         <w:t>průběžně aktualizovat číslování u titulků</w:t>
       </w:r>
       <w:r w:rsidR="00AA68F2">
         <w:rPr>
           <w:lang w:eastAsia="sk-SK"/>
         </w:rPr>
         <w:t xml:space="preserve">. Může se stát, že pokud se při dodatečných úpravách vkládají nové objekty, číslování pak nemusí sedět. Podrobnější informace o aktualizaci </w:t>
       </w:r>
       <w:r w:rsidR="00AA68F2">
         <w:t xml:space="preserve">číslování u popisků jsou dostupné v kapitole </w:t>
       </w:r>
       <w:r w:rsidR="00AA68F2">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00AA68F2">
         <w:instrText xml:space="preserve"> REF _Ref207049812 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00AA68F2">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>3.4</w:t>
       </w:r>
       <w:r w:rsidR="00AA68F2">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00AA68F2">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00AA68F2">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00AA68F2">
         <w:instrText xml:space="preserve"> REF _Ref207049820 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00AA68F2">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>Náhled a tisk práce</w:t>
       </w:r>
       <w:r w:rsidR="00AA68F2">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00AA68F2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="635A90C4" w14:textId="0721A230" w:rsidR="008D5A5A" w:rsidRDefault="008D5A5A" w:rsidP="008D5A5A">
+    <w:p w14:paraId="635A90C4" w14:textId="070CEEE3" w:rsidR="008D5A5A" w:rsidRDefault="008D5A5A" w:rsidP="008D5A5A">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E337FD">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Upozornění pro uživatele macOC: </w:t>
-[...7 lines deleted...]
-      <w:bookmarkStart w:id="65" w:name="_GoBack"/>
+        <w:t>Upozornění pro uživatele macO</w:t>
+      </w:r>
+      <w:r w:rsidR="00936C26">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E337FD">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Word neobsahuje funkci pro rychlé části, pro jejich vložení je nutné využít horní řádek nabídek, kde je tlačítko Vložit (Insert), a zvolit možnost </w:t>
+      </w:r>
+      <w:r w:rsidR="00F92A7A">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Automatický text (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Autotext</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F92A7A">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Následně v</w:t>
+      </w:r>
+      <w:r w:rsidR="00D11913">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>nabídce</w:t>
+      </w:r>
+      <w:r w:rsidR="00D11913">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (viz </w:t>
+      </w:r>
+      <w:r w:rsidR="00D11913">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00D11913">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref214909516 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00D11913">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D11913">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D11913" w:rsidRPr="004B1363">
+        <w:t>Obr</w:t>
+      </w:r>
+      <w:r w:rsidR="00D11913">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D11913">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00D11913">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00D11913">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> podle názvu vyhledat příslušný stavební blok (v češtině nebo angličtině podle šablony), nebo je možné v části </w:t>
+      </w:r>
+      <w:r w:rsidR="00F92A7A">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Oblast hledání</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Look</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in) nastavit vyhledávání pouze na konkrétní šablonu (s označením UTB).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B378201" w14:textId="77777777" w:rsidR="004B1363" w:rsidRDefault="004B1363" w:rsidP="004B1363">
+      <w:pPr>
+        <w:pStyle w:val="Obrzek"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="23E068AF" wp14:editId="68537646">
+            <wp:extent cx="5226050" cy="1992406"/>
+            <wp:effectExtent l="0" t="0" r="0" b="8255"/>
+            <wp:docPr id="1365944982" name="Obrázek 11" descr="Obsah obrázku text, snímek obrazovky, software, číslo&#10;&#10;Obsah generovaný pomocí AI může být nesprávný."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1365944982" name="Obrázek 11" descr="Obsah obrázku text, snímek obrazovky, software, číslo&#10;&#10;Obsah generovaný pomocí AI může být nesprávný."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId54" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect l="1252" t="19391" r="-1252" b="5073"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5242770" cy="1998780"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28DD379C" w14:textId="7587CEA0" w:rsidR="004E1907" w:rsidRDefault="004B1363" w:rsidP="004B1363">
+      <w:pPr>
+        <w:pStyle w:val="Titulek"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="65" w:name="_Ref214909516"/>
+      <w:bookmarkStart w:id="66" w:name="_Toc214909508"/>
+      <w:r w:rsidRPr="004B1363">
+        <w:t>Obr</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:fldSimple w:instr=" SEQ Obr. \* ARABIC ">
+        <w:r w:rsidR="00D11913">
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>4</w:t>
+        </w:r>
+      </w:fldSimple>
       <w:bookmarkEnd w:id="65"/>
-      <w:r>
-[...11 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="001C0D57">
+        <w:t>: Ukázka funkce vložení automatického textu v systému macO</w:t>
+      </w:r>
+      <w:r w:rsidR="00936C26">
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="66"/>
+    </w:p>
+    <w:p w14:paraId="770F1303" w14:textId="220E9CB3" w:rsidR="00783CE6" w:rsidRDefault="00783CE6" w:rsidP="001C0D57">
+      <w:pPr>
+        <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r w:rsidRPr="00783CE6">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Následující </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">instrukce </w:t>
       </w:r>
       <w:r w:rsidRPr="00783CE6">
-        <w:rPr>
-[...7 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">se týkají především práce s programem MS Word (obdobně lze postupovat také u </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783CE6">
+        <w:t>Writeru</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00783CE6">
+        <w:t xml:space="preserve"> od LibreOffice). V případě šablony pro </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783CE6">
+        <w:t>LaTeX</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00783CE6">
+        <w:t xml:space="preserve"> je nutné se řídit příkaz</w:t>
+      </w:r>
+      <w:r>
         <w:t>y a instrukcemi tohoto programu. Pro práci s vloženými objekty ovšem platí i jistá obecná pravidla, která by studenti měli znát, ať už využívají pro úpravu svých závěrečných prací jakýkoliv program.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F70E19D" w14:textId="4CAFF3C3" w:rsidR="00E23407" w:rsidRDefault="00E23407" w:rsidP="00E23407">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="66" w:name="_Toc209218762"/>
-      <w:r>
+      <w:bookmarkStart w:id="67" w:name="_Toc214909485"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Obrázky</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="66"/>
+      <w:bookmarkEnd w:id="67"/>
     </w:p>
     <w:p w14:paraId="50617677" w14:textId="2526B358" w:rsidR="00135660" w:rsidRDefault="00135660" w:rsidP="00135660">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Je třeba dbát na dostatečné rozlišení rastrové grafiky/fotografií vkládaných do formátovaného textu. Obrázky stažené z internetových zdrojů často nemají dostatečnou kvalitu. </w:t>
       </w:r>
       <w:r w:rsidRPr="00135660">
         <w:t>Při vkládání obrázků je důležité si pohlídat, že neobsahují alfa kanál (průhlednost). Vzhledem k</w:t>
       </w:r>
       <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00135660">
         <w:t>tomu, že je nutné závěrečnou práci ve finální podobě převést do PDF v požadovaném standardu PDF/A, je potřeba toto dodržovat, tj. vkládat obrázky jako JPG nebo PNG bez průhledného pozadí.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="590D7A4D" w14:textId="1AC51525" w:rsidR="00135660" w:rsidRPr="00135660" w:rsidRDefault="00135660" w:rsidP="00135660">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r w:rsidRPr="00135660">
         <w:t xml:space="preserve">Obrázky, které jsou důležité pro textovou část, by měly být součástí textu. Seznam těchto obrázků je pak uveden na začátku práce jako </w:t>
       </w:r>
       <w:r w:rsidRPr="00135660">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Seznam obrázků</w:t>
       </w:r>
       <w:r w:rsidRPr="00135660">
         <w:t xml:space="preserve">, po dokončení práce je nutné ho pouze aktualizovat. Větší obrazový materiál, který s textem přímo nesouvisí, </w:t>
       </w:r>
       <w:r w:rsidR="008529D0">
         <w:t xml:space="preserve">by se měl </w:t>
       </w:r>
       <w:r w:rsidRPr="00135660">
         <w:t>umístit do příloh.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EF2A3C6" w14:textId="3603C280" w:rsidR="009D57C5" w:rsidRDefault="009D57C5" w:rsidP="00B1039C">
+    <w:p w14:paraId="6EF2A3C6" w14:textId="7662EF71" w:rsidR="009D57C5" w:rsidRDefault="009D57C5" w:rsidP="00B1039C">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Pokud je to v textu vhodné, doporučujeme na obrázek v textu odkázat prostřednictvím </w:t>
       </w:r>
       <w:r w:rsidRPr="00B1039C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>křížového odkazu</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. Ten je možné vložit přes panel </w:t>
       </w:r>
       <w:r w:rsidRPr="009D57C5">
         <w:t xml:space="preserve">Vložení </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidRPr="009D57C5">
-        <w:t>tlačítko Křížový odkaz (obdobný postup platí také pro Writer).</w:t>
+        <w:t xml:space="preserve">tlačítko Křížový odkaz (obdobný postup platí také pro </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D57C5">
+        <w:t>Writer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D57C5">
+        <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Více informací o křížových odkazech je uvedeno v kapitole </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref207103364 \r \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>5.4</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref207103364 \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>Křížové odkazy</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>. Důležité je si pohlídat aktualizaci tohoto křížového odkazu v</w:t>
       </w:r>
       <w:r w:rsidR="00B1039C">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">případě dodatečných úprav, viz kapitola </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref207049812 \r \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>3.4</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref207049820 \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>Náhled a tisk práce</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="297B7B1F" w14:textId="738546FE" w:rsidR="00B1039C" w:rsidRDefault="00B1039C" w:rsidP="00B1039C">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r w:rsidRPr="00B1039C">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Obrázky se umísťují do samostatných odstavců a jsou zarovnány na střed.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> K jejich umístění </w:t>
       </w:r>
       <w:r w:rsidRPr="00B1039C">
         <w:t xml:space="preserve">slouží styl </w:t>
       </w:r>
       <w:r w:rsidRPr="00B1039C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Obrázek</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1039C">
         <w:t xml:space="preserve">. Pokud </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">vyžaduje povaha práce, aby byly obrázky zarovnány jinak (což ale vzhledem k jednotné úpravě prací nedoporučujeme), je důležité změnit </w:t>
       </w:r>
       <w:r w:rsidRPr="00B1039C">
         <w:t xml:space="preserve">zarovnání </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">v nastavení tohoto </w:t>
       </w:r>
       <w:r w:rsidRPr="00B1039C">
         <w:t>stylu.</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> V prostředí Writeru je nutné zarovnání upravit pomocí rámce, do kterého se obrázky po vložení umístí.</w:t>
+        <w:t xml:space="preserve"> V prostředí </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Writeru</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> je nutné zarovnání upravit pomocí rámce, do kterého se obrázky po vložení umístí.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B01819F" w14:textId="488DB93C" w:rsidR="00B1039C" w:rsidRDefault="00B1039C" w:rsidP="00B1039C">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Všechny obrázky musí být opatřeny </w:t>
       </w:r>
       <w:r w:rsidRPr="004B10F4">
         <w:t>titulkem</w:t>
       </w:r>
       <w:r w:rsidR="004B10F4">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Obr. X: </w:t>
       </w:r>
       <w:r w:rsidR="00E70753">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Popisek obrázku</w:t>
       </w:r>
       <w:r w:rsidR="00914B07">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00914B07">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>(v anglické šabloně Figure</w:t>
-      </w:r>
+        <w:t xml:space="preserve">(v anglické šabloně </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00914B07">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Figure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="008E01F3">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>, v německé Abbildung</w:t>
-      </w:r>
+        <w:t xml:space="preserve">, v německé </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E01F3">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Abbildung</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00914B07">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="004B10F4">
         <w:t>, který se umísťuje pod obrázkem a je zarovnán vlevo</w:t>
       </w:r>
       <w:r w:rsidR="00E70753" w:rsidRPr="004B10F4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E70753">
         <w:t>(za popiskem se neuvádí tečka)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. Pro úpravu těchto titulků slouží styl </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Titulek</w:t>
       </w:r>
       <w:r>
@@ -19854,119 +22044,120 @@
           <w:pPr>
             <w:pStyle w:val="Obrzek"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="66C6A66B" wp14:editId="5F1B4F6F">
                 <wp:extent cx="1476000" cy="1476000"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="2" name="obrázek 8" descr="Obsah obrázku bílé, design&#10;&#10;Obsah vygenerovaný umělou inteligencí může být nesprávný."/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="2052945270" name="obrázek 8" descr="Obsah obrázku bílé, design&#10;&#10;Obsah vygenerovaný umělou inteligencí může být nesprávný."/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId54">
+                        <a:blip r:embed="rId55">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1476000" cy="1476000"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="79F27D87" w14:textId="0B7CC5B8" w:rsidR="00C04C30" w:rsidRDefault="00C04C30" w:rsidP="00C04C30">
+    <w:p w14:paraId="79F27D87" w14:textId="085804EE" w:rsidR="00C04C30" w:rsidRDefault="00C04C30" w:rsidP="00C04C30">
       <w:pPr>
         <w:pStyle w:val="Titulek"/>
       </w:pPr>
-      <w:bookmarkStart w:id="67" w:name="_Toc209218785"/>
+      <w:bookmarkStart w:id="68" w:name="_Toc214909509"/>
       <w:r w:rsidRPr="00BF40AD">
         <w:t>Obr</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:fldSimple w:instr=" SEQ Obr. \* ARABIC ">
-        <w:r w:rsidR="00B91217">
+        <w:r w:rsidR="00D11913">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>4</w:t>
+          <w:t>5</w:t>
         </w:r>
       </w:fldSimple>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00FA1C26">
         <w:t>Titulek obrázku</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="67"/>
+      <w:bookmarkEnd w:id="68"/>
     </w:p>
     <w:p w14:paraId="1A19E044" w14:textId="7E5B319A" w:rsidR="00C04C30" w:rsidRPr="00C04C30" w:rsidRDefault="00C2056E" w:rsidP="00C04C30">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="sk-SK"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Všechny obrázky, zejména ty převzaté, musí být v práci odcitovány (u vlastních fotografií a výtvorů je </w:t>
       </w:r>
       <w:r w:rsidR="00FA1C26">
         <w:rPr>
           <w:lang w:eastAsia="sk-SK"/>
         </w:rPr>
         <w:t>vhodné</w:t>
       </w:r>
       <w:r w:rsidR="004B10F4">
         <w:rPr>
           <w:lang w:eastAsia="sk-SK"/>
         </w:rPr>
         <w:t xml:space="preserve"> uvést z</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="sk-SK"/>
         </w:rPr>
         <w:t xml:space="preserve">droj: vlastní). </w:t>
       </w:r>
       <w:r w:rsidR="00FA1C26">
         <w:rPr>
           <w:lang w:eastAsia="sk-SK"/>
         </w:rPr>
         <w:t xml:space="preserve">Pro tyto situace je v šabloně pro popisek připraven </w:t>
@@ -20007,174 +22198,205 @@
       <w:r w:rsidR="00FA1C26">
         <w:t xml:space="preserve">s uvedením zdroje </w:t>
       </w:r>
       <w:r w:rsidR="00C04C30" w:rsidRPr="009310FE">
         <w:t xml:space="preserve">doporučujeme </w:t>
       </w:r>
       <w:r w:rsidR="008529D0">
         <w:t xml:space="preserve">ve Wordu </w:t>
       </w:r>
       <w:r w:rsidR="00C04C30" w:rsidRPr="009310FE">
         <w:t xml:space="preserve">použít stavební blok </w:t>
       </w:r>
       <w:r w:rsidR="00C04C30" w:rsidRPr="009310FE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>OBRÁZEK (s uvedením zdroje)</w:t>
       </w:r>
       <w:r w:rsidR="00C04C30" w:rsidRPr="009310FE">
         <w:t>, kde jsou již odstavce naformátovány potřebnými styly a kde je připraven titulek</w:t>
       </w:r>
       <w:r w:rsidR="00C04C30">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="68" w:name="_Hlk209025191" w:displacedByCustomXml="next"/>
+    <w:bookmarkStart w:id="69" w:name="_Hlk209025191" w:displacedByCustomXml="next"/>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-396364219"/>
         <w:temporary/>
         <w:showingPlcHdr/>
         <w:picture/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p w14:paraId="6DBD5B41" w14:textId="77777777" w:rsidR="00C04C30" w:rsidRDefault="00C04C30" w:rsidP="00C04C30">
           <w:pPr>
             <w:pStyle w:val="Obrzek"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="29E3BEB2" wp14:editId="36AEA9F8">
                 <wp:extent cx="1476000" cy="1476000"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="5" name="obrázek 8" descr="Obsah obrázku bílé, design&#10;&#10;Obsah vygenerovaný umělou inteligencí může být nesprávný."/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="2052945270" name="obrázek 8" descr="Obsah obrázku bílé, design&#10;&#10;Obsah vygenerovaný umělou inteligencí může být nesprávný."/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId54">
+                        <a:blip r:embed="rId55">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1476000" cy="1476000"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="1462C28E" w14:textId="27687148" w:rsidR="00C04C30" w:rsidRDefault="00C04C30" w:rsidP="00C04C30">
+    <w:p w14:paraId="1462C28E" w14:textId="74A7C37A" w:rsidR="00C04C30" w:rsidRDefault="00C04C30" w:rsidP="00C04C30">
       <w:pPr>
         <w:pStyle w:val="Titulekobrzkusezdrojem"/>
       </w:pPr>
-      <w:bookmarkStart w:id="69" w:name="_Toc209218786"/>
+      <w:bookmarkStart w:id="70" w:name="_Toc214909510"/>
       <w:r>
         <w:t xml:space="preserve">Obr. </w:t>
       </w:r>
       <w:fldSimple w:instr=" SEQ Obr. \* ARABIC ">
-        <w:r w:rsidR="00B91217">
+        <w:r w:rsidR="00D11913">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>5</w:t>
+          <w:t>6</w:t>
         </w:r>
       </w:fldSimple>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00FA1C26">
         <w:t>Titulek obrázku s uvedením zdroje</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="69"/>
+      <w:bookmarkEnd w:id="70"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BCE7177" w14:textId="408E2F2B" w:rsidR="00C04C30" w:rsidRDefault="00C04C30" w:rsidP="00C04C30">
       <w:pPr>
         <w:pStyle w:val="Zdrojobrzkutabulky"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(zdroj: </w:t>
       </w:r>
       <w:r w:rsidR="00FA1C26">
         <w:t>vlastní</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:p w14:paraId="20552A7C" w14:textId="0F330FE7" w:rsidR="00FA1C26" w:rsidRDefault="00C04C30" w:rsidP="00395557">
+    <w:bookmarkEnd w:id="69"/>
+    <w:p w14:paraId="20552A7C" w14:textId="126924B5" w:rsidR="00FA1C26" w:rsidRDefault="00B76B68" w:rsidP="00395557">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="sk-SK"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">V některých </w:t>
+        <w:t xml:space="preserve">Tento způsob je vhodný </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC6991">
+        <w:rPr>
+          <w:lang w:eastAsia="sk-SK"/>
+        </w:rPr>
+        <w:t xml:space="preserve">v případě, že se využívá např. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC6991">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="sk-SK"/>
+        </w:rPr>
+        <w:t xml:space="preserve">harvardský způsob odkazování </w:t>
+      </w:r>
+      <w:r w:rsidR="008F1791">
+        <w:rPr>
+          <w:lang w:eastAsia="sk-SK"/>
+        </w:rPr>
+        <w:t>nebo i u jiných způsobů odkazování (např. číselné odkazy), kdy je potřeba zdůraznit vlastní zdroj. V jiných</w:t>
+      </w:r>
+      <w:r w:rsidR="00C04C30">
+        <w:rPr>
+          <w:lang w:eastAsia="sk-SK"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009310FE">
-        <w:t>případech může být vyžadováno, aby byl zdroj</w:t>
+        <w:t xml:space="preserve">případech může být </w:t>
+      </w:r>
+      <w:r w:rsidR="008F1791">
+        <w:t xml:space="preserve">naopak </w:t>
+      </w:r>
+      <w:r w:rsidR="009310FE">
+        <w:t>vyžadováno, aby byl zdroj</w:t>
       </w:r>
       <w:r w:rsidR="00FA1C26">
         <w:t xml:space="preserve">, resp. odkaz na něj, </w:t>
       </w:r>
       <w:r w:rsidR="009310FE">
         <w:t xml:space="preserve">uveden </w:t>
       </w:r>
       <w:r w:rsidR="009310FE" w:rsidRPr="009310FE">
         <w:t xml:space="preserve">přímo </w:t>
       </w:r>
       <w:r w:rsidR="009310FE">
         <w:t xml:space="preserve">na řádku </w:t>
       </w:r>
       <w:r w:rsidR="009310FE" w:rsidRPr="009310FE">
         <w:t>za titulkem/popiskem, nikoliv na novém řádku.</w:t>
       </w:r>
       <w:r w:rsidR="009310FE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FA1C26">
         <w:t xml:space="preserve">Jedná se především o situace, kdy se cituje pomocí </w:t>
       </w:r>
       <w:r w:rsidR="00FA1C26" w:rsidRPr="00FA1C26">
         <w:rPr>
           <w:b/>
@@ -20226,126 +22448,161 @@
       <w:r w:rsidRPr="00DE4E22">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D2AB39F" w14:textId="7144D864" w:rsidR="009D57C5" w:rsidRDefault="009310FE" w:rsidP="00FA1C26">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Upozorňujeme ovšem, že zdroje (odkazy) </w:t>
       </w:r>
       <w:r w:rsidR="00FA1C26">
         <w:t xml:space="preserve">v závorkách </w:t>
       </w:r>
       <w:r>
         <w:t>se pak přenesou i do Seznamu obrázků, kde jejich zobrazení není zcela žádoucí a měly by být po aktualizaci celého seznamu ručně odstraněny.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="133FBDCC" w14:textId="39C32D35" w:rsidR="00F175DB" w:rsidRDefault="00F175DB" w:rsidP="00F175DB">
       <w:pPr>
         <w:pStyle w:val="Nadpis3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="70" w:name="_Toc209218763"/>
+      <w:bookmarkStart w:id="71" w:name="_Toc214909486"/>
       <w:r>
         <w:t>Grafy a schémata</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="70"/>
+      <w:bookmarkEnd w:id="71"/>
     </w:p>
     <w:p w14:paraId="0BC78EF3" w14:textId="2DDDA477" w:rsidR="00F175DB" w:rsidRDefault="00DE4E22" w:rsidP="00F175DB">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Obdobně jako u tabulek je i grafů a schémat vhodné vytvářet je přímo v textovém editoru</w:t>
       </w:r>
       <w:r w:rsidR="00122221">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>, aby byla zajištěna jednotná úprava a nedocházelo k deformacím a problémům při exportu do formátu PDF. Word i Writer využívají na pozadí své tabulkové procesory Excel a Calc. Výhodou vytváření grafů přímo v textových editorech je ovšem to, že je možné je nadále upravovat (grafy vytvořené přímo v tabulkových procesorech se při exportu nejčastěji přenesou jako obrázky). U různých statistických či pokročilejších nástrojů se doporučuje vkládat grafy přímo z těchto programů (i kdyby to měly být</w:t>
+        <w:t xml:space="preserve">, aby byla zajištěna jednotná úprava a nedocházelo k deformacím a problémům při exportu do formátu PDF. Word i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00122221">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Writer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00122221">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> využívají na pozadí své tabulkové procesory Excel a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00122221">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Calc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00122221">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Výhodou vytváření grafů přímo v textových editorech je ovšem to, že je možné je nadále upravovat (grafy vytvořené přímo v tabulkových procesorech se při exportu nejčastěji přenesou jako obrázky). U různých statistických či pokročilejších nástrojů se doporučuje vkládat grafy přímo z těchto programů (i kdyby to měly být</w:t>
       </w:r>
       <w:r w:rsidR="004B10F4">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> obrázky), jelikož jejich znovu</w:t>
       </w:r>
       <w:r w:rsidR="00122221">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>vytvoření by bylo obtížnější.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B015995" w14:textId="77777777" w:rsidR="00A9598B" w:rsidRDefault="00A9598B" w:rsidP="00A9598B">
       <w:pPr>
         <w:pStyle w:val="Obrzek"/>
       </w:pPr>
       <w:r w:rsidRPr="00A9598B">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="569859E2" wp14:editId="7CF98F67">
             <wp:extent cx="5486400" cy="2232000"/>
             <wp:effectExtent l="0" t="0" r="0" b="16510"/>
             <wp:docPr id="333400728" name="Graf 11"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId55"/>
+                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId56"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F60C39E" w14:textId="4E5F5303" w:rsidR="00A9598B" w:rsidRPr="00A9598B" w:rsidRDefault="00A9598B" w:rsidP="00A9598B">
+    <w:p w14:paraId="7F60C39E" w14:textId="4B5336E0" w:rsidR="00A9598B" w:rsidRPr="00A9598B" w:rsidRDefault="00A9598B" w:rsidP="00A9598B">
       <w:pPr>
         <w:pStyle w:val="Titulek"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Graf </w:t>
       </w:r>
       <w:fldSimple w:instr=" SEQ Graf \* ARABIC ">
-        <w:r w:rsidR="00B91217">
+        <w:r w:rsidR="00D11913">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
       </w:fldSimple>
+      <w:r w:rsidR="00883182">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve"> Titulek grafu</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5170C9F0" w14:textId="1BBA1CED" w:rsidR="00122221" w:rsidRDefault="00122221" w:rsidP="00A87690">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Grafy by měly mít </w:t>
       </w:r>
       <w:r w:rsidRPr="00122221">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>jednotnou úpravu</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (jednotný styl písma</w:t>
       </w:r>
       <w:r w:rsidR="00A9598B">
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
       <w:r>
@@ -20360,55 +22617,51 @@
       <w:r w:rsidR="00A9598B">
         <w:t xml:space="preserve">oporučujeme využívat </w:t>
       </w:r>
       <w:r w:rsidR="00A9598B" w:rsidRPr="00A9598B">
         <w:t>bezpatkové písmo Arial</w:t>
       </w:r>
       <w:r w:rsidR="00A87690">
         <w:t xml:space="preserve">, které se využívá i na jiných místech šablony. Doporučené velikosti písma jsou: </w:t>
       </w:r>
       <w:r w:rsidR="00A9598B" w:rsidRPr="00A9598B">
         <w:t>11 bodů</w:t>
       </w:r>
       <w:r w:rsidR="00A87690">
         <w:t xml:space="preserve"> pro název grafu (tučný řez)</w:t>
       </w:r>
       <w:r w:rsidR="00A9598B" w:rsidRPr="00A9598B">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00A87690">
         <w:t xml:space="preserve">9 bodů pro legendu či popisky. </w:t>
       </w:r>
       <w:r w:rsidR="00A9598B">
         <w:t xml:space="preserve">V grafech by se nemělo </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">příliš experimentovat s barevnými škálami. Barvy by nicméně měly mít dobrý kontrast, aby byl graf </w:t>
-[...3 lines deleted...]
-        <w:t>dobře čitelný i při vytištění.</w:t>
+        <w:t>příliš experimentovat s barevnými škálami. Barvy by nicméně měly mít dobrý kontrast, aby byl graf dobře čitelný i při vytištění.</w:t>
       </w:r>
       <w:r w:rsidR="002A0EA2">
         <w:t xml:space="preserve"> Proto není dobré používat barevné odstíny jedné barvy. Grafy musí být přehledné a jeho součástí by měla být čitelná legenda. Vždy je důležité zvolit vhodný typ graf pro dané výsledky.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BD07FD6" w14:textId="6D9F3902" w:rsidR="00122221" w:rsidRDefault="00122221" w:rsidP="00122221">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Každý graf by měl mít jasný název, popisek a v případě, že je převzatý z jiného zdroje, pak také zdroj. </w:t>
       </w:r>
       <w:r w:rsidR="00A87690">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Při vytváření grafů by se mělo postupovat obdobně jako u obrázků. </w:t>
       </w:r>
       <w:r w:rsidR="00A87690">
@@ -20600,232 +22853,241 @@
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Zdroj obrázku/tabulky</w:t>
       </w:r>
       <w:r w:rsidR="00A47214">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="693705B9" w14:textId="55365C79" w:rsidR="00A47214" w:rsidRPr="00F61DAC" w:rsidRDefault="00A47214" w:rsidP="00A47214">
       <w:pPr>
         <w:pStyle w:val="Titulek"/>
       </w:pPr>
       <w:r>
         <w:t>Graf</w:t>
       </w:r>
       <w:r w:rsidRPr="00F61DAC">
         <w:t xml:space="preserve"> X: Titulek </w:t>
       </w:r>
       <w:r>
         <w:t>grafu</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DE2290F" w14:textId="05EBFAFB" w:rsidR="00A47214" w:rsidRDefault="00A47214" w:rsidP="00A47214">
+    <w:p w14:paraId="3DE2290F" w14:textId="2165A920" w:rsidR="00A47214" w:rsidRDefault="00A47214" w:rsidP="00A47214">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Pokud je to v textu vhodné, doporučujeme na </w:t>
       </w:r>
       <w:r w:rsidR="00A9598B">
         <w:t>graf</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> v textu odkázat prostřednictvím </w:t>
       </w:r>
       <w:r w:rsidRPr="00B1039C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>křížového odkazu</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. Ten je možné vložit přes panel </w:t>
       </w:r>
       <w:r w:rsidRPr="009D57C5">
         <w:t xml:space="preserve">Vložení </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidRPr="009D57C5">
-        <w:t>tlačítko Křížový odkaz (obdobný postup platí také pro Writer).</w:t>
+        <w:t xml:space="preserve">tlačítko Křížový odkaz (obdobný postup platí také pro </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D57C5">
+        <w:t>Writer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D57C5">
+        <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Více informací o křížových odkazech je uvedeno v kapitole </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref207103364 \r \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>5.4</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref207103364 \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>Křížové odkazy</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. Důležité je si pohlídat aktualizaci tohoto křížového odkazu v případě dodatečných úprav, viz kapitola </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref207049812 \r \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>3.4</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref207049820 \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>Náhled a tisk práce</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1461062F" w14:textId="2A6415E8" w:rsidR="00A47214" w:rsidRPr="00122221" w:rsidRDefault="00A47214" w:rsidP="00A47214">
+    <w:p w14:paraId="1461062F" w14:textId="07A68A8D" w:rsidR="00A47214" w:rsidRPr="00122221" w:rsidRDefault="00A47214" w:rsidP="00A47214">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r>
         <w:t>Pokud je v prác</w:t>
       </w:r>
       <w:r w:rsidR="00D46420">
         <w:t>i</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> velký počet grafů, pak je vhodné vytvořit </w:t>
       </w:r>
       <w:r w:rsidRPr="00A47214">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Seznam grafů</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> v úvodních seznamech práce a umístit jej </w:t>
       </w:r>
       <w:r w:rsidR="000243FC">
         <w:t xml:space="preserve">na novou stránku </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">za Seznam obrázků. Postup pro vytvoření automaticky generovaného seznamu pro grafy je uveden v kapitole </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref207219488 \r \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>5.5</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref207219495 \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>Automaticky generované seznamy</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D3B3D3" w14:textId="0040DCC1" w:rsidR="00E23407" w:rsidRDefault="00E23407" w:rsidP="00E23407">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="71" w:name="_Toc209218764"/>
-      <w:r>
+      <w:bookmarkStart w:id="72" w:name="_Toc214909487"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Tabulky</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="71"/>
+      <w:bookmarkEnd w:id="72"/>
     </w:p>
     <w:p w14:paraId="349DC65A" w14:textId="729A6647" w:rsidR="00C2056E" w:rsidRDefault="00C2056E" w:rsidP="00C2056E">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C2056E">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Pokud </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">se </w:t>
       </w:r>
       <w:r w:rsidRPr="00C2056E">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">do textu </w:t>
@@ -20868,51 +23130,65 @@
         </w:rPr>
         <w:t xml:space="preserve"> b</w:t>
       </w:r>
       <w:r w:rsidRPr="00C2056E">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>arevná škála výplní buněk, omezená škála velikostí písma a jeho řezů</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00C2056E">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Word i Writer nabízí širokou </w:t>
+        <w:t xml:space="preserve"> Word i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Writer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nabízí širokou </w:t>
       </w:r>
       <w:r w:rsidR="00CE26F2">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>nabídku</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> stylů pro formátování tabulek, </w:t>
       </w:r>
       <w:r w:rsidR="00CE26F2">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>nesmí se ovšem zapomínat na to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, že u tabulek je důležitý především jejich obsah, ne různorodé barvy, rámečky a stínování. Proto doporučujeme </w:t>
       </w:r>
@@ -21042,51 +23318,65 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Tab. X: Popisek tabulky</w:t>
       </w:r>
       <w:r w:rsidR="00680597">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00680597">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00091B1E">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>v anglické šabloně Table, v německé Tabelle). Z</w:t>
+        <w:t xml:space="preserve">v anglické šabloně Table, v německé </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00091B1E">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Tabelle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00091B1E">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>). Z</w:t>
       </w:r>
       <w:r w:rsidR="00680597">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>a popiskem se neuvádí tečka)</w:t>
       </w:r>
       <w:r w:rsidR="00F61DAC">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00353B46">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="00F61DAC">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
@@ -21121,143 +23411,150 @@
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>eznam tabulek</w:t>
       </w:r>
       <w:r w:rsidRPr="00353B46">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00F61DAC">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Po dokončení práce je nutné tento seznam pouze aktualizovat</w:t>
       </w:r>
       <w:r w:rsidRPr="00353B46">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="427536DB" w14:textId="5E8BAA2D" w:rsidR="00F61DAC" w:rsidRDefault="00F61DAC" w:rsidP="00F61DAC">
+    <w:p w14:paraId="427536DB" w14:textId="4EF0D9A4" w:rsidR="00F61DAC" w:rsidRDefault="00F61DAC" w:rsidP="00F61DAC">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Pokud je to v textu vhodné, doporučujeme na tabulku v textu odkázat prostřednictvím </w:t>
       </w:r>
       <w:r w:rsidRPr="00B1039C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>křížového odkazu</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. Ten je možné vložit přes panel </w:t>
       </w:r>
       <w:r w:rsidRPr="009D57C5">
         <w:t xml:space="preserve">Vložení </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidRPr="009D57C5">
-        <w:t>tlačítko Křížový odkaz (obdobný postup platí také pro Writer).</w:t>
+        <w:t xml:space="preserve">tlačítko Křížový odkaz (obdobný postup platí také pro </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D57C5">
+        <w:t>Writer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D57C5">
+        <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Více informací o křížových odkazech je uvedeno v kapitole </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref207103364 \r \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>5.4</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref207103364 \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>Křížové odkazy</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. Důležité je si pohlídat aktualizaci tohoto křížového odkazu v případě dodatečných úprav, viz kapitola </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref207049812 \r \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>3.4</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref207049820 \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>Náhled a tisk práce</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35E90B1A" w14:textId="485BB9CA" w:rsidR="00AE6A23" w:rsidRDefault="00AE6A23" w:rsidP="00AE6A23">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE6A23">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Pro vložení tabulky je připraven </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
@@ -21370,71 +23667,79 @@
         </w:rPr>
         <w:t>V tabulce, která se nevejde celá na jednu stránku, musí být zopakováno záhlaví na všech dalších stránkách. Postup pro nastavení záhlaví u vícestránkových tabulek:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E4F07BF" w14:textId="7A15D02C" w:rsidR="00AE6A23" w:rsidRDefault="00AE6A23" w:rsidP="00AE6A23">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r w:rsidRPr="004B10F4">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Word:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> označit v tabulce první řádek tabulky a na panelu Rozložení tabulky vybrat možnost Data, kde se zvolí tlačítko Opakovat řádky záhlaví</w:t>
       </w:r>
       <w:r w:rsidR="00257C0F">
         <w:t>, tím Word zajistí automatické zopakování záhlaví tabulky na dalších stránkách.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A5DBEA2" w14:textId="1A480D52" w:rsidR="00AE6A23" w:rsidRDefault="00AE6A23" w:rsidP="00AE6A23">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B10F4">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Writer:</w:t>
+        <w:t>Writer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B10F4">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00257C0F">
         <w:t xml:space="preserve"> označit v tabulce první řádek tabulky a z hlavní nabídky vybrat</w:t>
       </w:r>
       <w:r w:rsidR="004B10F4">
         <w:t xml:space="preserve"> možnost Tabulka, kde se zvolí </w:t>
       </w:r>
       <w:r w:rsidR="00257C0F">
         <w:t xml:space="preserve">Opakovat řádky záhlaví přes stránky. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15C5409C" w14:textId="592EA234" w:rsidR="00AE6A23" w:rsidRDefault="00AE6A23" w:rsidP="00353B46">
+    <w:p w14:paraId="1541D0A8" w14:textId="277603D5" w:rsidR="0038058F" w:rsidRDefault="00AE6A23" w:rsidP="0038416E">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
-          <w:lang w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="sk-SK"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE6A23">
         <w:t xml:space="preserve">Pod </w:t>
       </w:r>
       <w:r w:rsidR="00353B46">
         <w:t xml:space="preserve">vloženou </w:t>
       </w:r>
       <w:r w:rsidRPr="00AE6A23">
         <w:t xml:space="preserve">tabulkou </w:t>
       </w:r>
       <w:r w:rsidR="00353B46">
         <w:t xml:space="preserve">je vhodné ponechat </w:t>
       </w:r>
       <w:r w:rsidRPr="00AE6A23">
         <w:t xml:space="preserve">prázdný odstavec, aby tabulka nebyla </w:t>
       </w:r>
       <w:r>
         <w:t>„</w:t>
       </w:r>
       <w:r w:rsidRPr="00AE6A23">
         <w:t>nalepena</w:t>
       </w:r>
       <w:r>
         <w:t>“</w:t>
@@ -21443,124 +23748,208 @@
         <w:t xml:space="preserve"> na text pod ní</w:t>
       </w:r>
       <w:r w:rsidR="00353B46">
         <w:t>. Převzaté tabulky je nutné odcitov</w:t>
       </w:r>
       <w:r w:rsidR="004B10F4">
         <w:t>at. Cituje se obdobným způsobem</w:t>
       </w:r>
       <w:r w:rsidR="00353B46">
         <w:t xml:space="preserve"> jako u citování obrázků. </w:t>
       </w:r>
       <w:r w:rsidR="00353B46">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Zdroj tabulky je vhodné umístit pod tabulku a použít styl </w:t>
       </w:r>
       <w:r w:rsidRPr="00353B46">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Zdroj obrázku/tabulky</w:t>
       </w:r>
+      <w:r w:rsidR="000814A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000814A1">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(je nutné se kurzorem přemístit na řádek pod tabulkou, viz </w:t>
+      </w:r>
+      <w:r w:rsidR="000814A1">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="000814A1">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref214908153 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="000814A1">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="000814A1">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D11913">
+        <w:t xml:space="preserve">Tab. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D11913">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="000814A1">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="000814A1">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="6F3B76E2" w14:textId="61AD7DA1" w:rsidR="00353B46" w:rsidRDefault="00353B46" w:rsidP="00353B46">
+      <w:r w:rsidR="0038416E">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0038416E">
+        <w:rPr>
+          <w:lang w:eastAsia="sk-SK"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tento způsob je vhodný v případě, že se využívá např. </w:t>
+      </w:r>
+      <w:r w:rsidR="0038416E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="sk-SK"/>
+        </w:rPr>
+        <w:t xml:space="preserve">harvardský způsob odkazování </w:t>
+      </w:r>
+      <w:r w:rsidR="0038416E">
+        <w:rPr>
+          <w:lang w:eastAsia="sk-SK"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nebo i u jiných způsobů odkazování (např. číselné odkazy), kdy je potřeba zdůraznit vlastní zdroj. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F3B76E2" w14:textId="07F0434C" w:rsidR="00353B46" w:rsidRDefault="00E54CE9" w:rsidP="0038058F">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">V některých případech může být vyžadováno, aby byl zdroj, resp. odkaz na něj, uveden přímo na řádku za titulkem/popiskem, nikoliv na novém řádku. Jedná se především o situace, kdy se cituje pomocí číselných odkazů v hranatých závorkách nebo metodou průběžných poznámek. </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00E54CE9">
+        <w:lastRenderedPageBreak/>
+        <w:t>V jiných případech může být naopak vyžadováno</w:t>
+      </w:r>
+      <w:r w:rsidR="00353B46">
+        <w:t xml:space="preserve">, aby byl zdroj, resp. odkaz na něj, uveden přímo na řádku za titulkem/popiskem, nikoliv na novém řádku. Jedná se především o situace, kdy se cituje pomocí číselných odkazů v hranatých závorkách nebo metodou průběžných poznámek. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="574CABBE" w14:textId="5B6D4971" w:rsidR="00353B46" w:rsidRDefault="00353B46" w:rsidP="00F61DAC">
       <w:pPr>
         <w:pStyle w:val="Titulek"/>
       </w:pPr>
       <w:r>
         <w:t>Tab. X: Titulek tabulky s uvedením zdroje na řádku titulku v hranaté závorce [1]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33658ABD" w14:textId="7D4C52B2" w:rsidR="00353B46" w:rsidRDefault="00353B46" w:rsidP="00F61DAC">
       <w:pPr>
         <w:pStyle w:val="Titulek"/>
       </w:pPr>
       <w:r>
         <w:t>Tab. X: Titulek tabulky s uvedením zdroje na řádku titulku pomocí poznámky pod čarou</w:t>
       </w:r>
       <w:r w:rsidRPr="00F61DAC">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38B9BA0D" w14:textId="7DC1E4F7" w:rsidR="00353B46" w:rsidRPr="00353B46" w:rsidRDefault="00353B46" w:rsidP="00353B46">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:t>Upozorňujeme ovšem, že zdroje (odkazy) v závorkách se pak přenesou i do Seznamu tabulek, kde jejich zobrazení není zcela žádoucí a měly by být po aktualizaci celého seznamu ručně odstraněny.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24FE6489" w14:textId="3A0E9201" w:rsidR="00AE6A23" w:rsidRDefault="00AE6A23" w:rsidP="00AE6A23">
+    <w:p w14:paraId="24FE6489" w14:textId="57970839" w:rsidR="00AE6A23" w:rsidRDefault="00AE6A23" w:rsidP="00AE6A23">
       <w:pPr>
         <w:pStyle w:val="Titulektabulky"/>
       </w:pPr>
-      <w:bookmarkStart w:id="72" w:name="_Toc209218788"/>
+      <w:bookmarkStart w:id="73" w:name="_Ref214908153"/>
+      <w:bookmarkStart w:id="74" w:name="_Toc214909512"/>
       <w:r>
         <w:t xml:space="preserve">Tab. </w:t>
       </w:r>
       <w:fldSimple w:instr=" SEQ Tab. \* ARABIC ">
-        <w:r w:rsidR="00B91217">
+        <w:r w:rsidR="00D11913">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:fldSimple>
+      <w:bookmarkEnd w:id="73"/>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00F61DAC">
         <w:t>Titulek tabulky</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="72"/>
+      <w:bookmarkEnd w:id="74"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Mkatabulky"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1924"/>
         <w:gridCol w:w="1022"/>
         <w:gridCol w:w="930"/>
         <w:gridCol w:w="1432"/>
         <w:gridCol w:w="988"/>
         <w:gridCol w:w="1164"/>
         <w:gridCol w:w="1317"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AE6A23" w:rsidRPr="00257894" w14:paraId="676B2F41" w14:textId="77777777" w:rsidTr="006360B8">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1096" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -22248,90 +24637,105 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5BCA5E27" w14:textId="77777777" w:rsidR="00AE6A23" w:rsidRPr="00E36137" w:rsidRDefault="00AE6A23" w:rsidP="006360B8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="54877FA3" w14:textId="7CE35415" w:rsidR="00AE6A23" w:rsidRDefault="00AE6A23" w:rsidP="00AE6A23">
       <w:pPr>
         <w:pStyle w:val="Zdrojobrzkutabulky"/>
       </w:pPr>
       <w:r>
         <w:t>(zdroj: vlastní)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F7CDDE5" w14:textId="204A4CB4" w:rsidR="00E23407" w:rsidRDefault="00E23407" w:rsidP="00E23407">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="73" w:name="_Ref207391279"/>
-[...3 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:id="75" w:name="_Ref207391279"/>
+      <w:bookmarkStart w:id="76" w:name="_Ref207391285"/>
+      <w:bookmarkStart w:id="77" w:name="_Toc214909488"/>
+      <w:r>
         <w:t>Rovnice</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="73"/>
-      <w:bookmarkEnd w:id="74"/>
       <w:bookmarkEnd w:id="75"/>
+      <w:bookmarkEnd w:id="76"/>
+      <w:bookmarkEnd w:id="77"/>
     </w:p>
     <w:p w14:paraId="5729204D" w14:textId="77777777" w:rsidR="0076383C" w:rsidRPr="0076383C" w:rsidRDefault="00A47214" w:rsidP="00680597">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:t>Rovnice a vzorečky jsou umístěné samostatně na řádku, zarovnány na střed a očíslovány (číslo rovnice je zarovnané vpravo).</w:t>
       </w:r>
       <w:r w:rsidR="0076383C">
         <w:t xml:space="preserve"> Pro vizuální úpravu rovnice a vzorečků je připraven </w:t>
       </w:r>
       <w:r w:rsidR="0076383C" w:rsidRPr="0076383C">
         <w:t>styl</w:t>
       </w:r>
       <w:r w:rsidR="0076383C" w:rsidRPr="0076383C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Rovnice</w:t>
       </w:r>
       <w:r w:rsidR="0076383C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0076383C">
-        <w:t>s písmem Cambria Math.</w:t>
+        <w:t xml:space="preserve">s písmem </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0076383C">
+        <w:t>Cambria</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0076383C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0076383C">
+        <w:t>Math</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0076383C">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="127E5C96" w14:textId="444C4726" w:rsidR="00A47214" w:rsidRPr="00A47214" w:rsidRDefault="00A47214" w:rsidP="00A47214">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">V šabloně pro Word je v rychlých částech připraven stavební blok pro vložení rovnice. </w:t>
       </w:r>
       <w:r w:rsidRPr="00AE6A23">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Na panelu Vložení je nutné klepnout na tlačítko Rychlé části a vybrat blok</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
@@ -22373,140 +24777,142 @@
     <w:p w14:paraId="5EF3D0D6" w14:textId="77777777" w:rsidR="0076383C" w:rsidRDefault="0076383C" w:rsidP="0076383C">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabulkarovnice"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7508"/>
         <w:gridCol w:w="985"/>
       </w:tblGrid>
       <w:tr w:rsidR="0076383C" w14:paraId="42245823" w14:textId="77777777" w:rsidTr="006360B8">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
-          <w:bookmarkStart w:id="76" w:name="_Hlk209028923"/>
-          <w:p w14:paraId="4A9F8BD7" w14:textId="77777777" w:rsidR="0076383C" w:rsidRDefault="005526E5" w:rsidP="006360B8">
+          <w:bookmarkStart w:id="78" w:name="_Hlk209028923"/>
+          <w:p w14:paraId="4A9F8BD7" w14:textId="77777777" w:rsidR="0076383C" w:rsidRDefault="00000000" w:rsidP="006360B8">
             <w:pPr>
               <w:pStyle w:val="Rovnice"/>
               <w:framePr w:hSpace="0" w:vSpace="0" w:wrap="auto" w:vAnchor="margin" w:xAlign="left" w:yAlign="inline"/>
               <w:suppressOverlap w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="2121951270"/>
                 <w:placeholder>
                   <w:docPart w:val="F1A1661E17344D9AAF7CF045C94EE351"/>
                 </w:placeholder>
                 <w:temporary/>
                 <w:showingPlcHdr/>
                 <w:equation/>
               </w:sdtPr>
               <w:sdtContent>
-                <m:oMath>
-[...3 lines deleted...]
-                </m:oMath>
+                <m:oMathPara>
+                  <m:oMath>
+                    <m:r>
+                      <m:t>Sem zadejte rovnici.</m:t>
+                    </m:r>
+                  </m:oMath>
+                </m:oMathPara>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65C498BC" w14:textId="716B81C5" w:rsidR="0076383C" w:rsidRDefault="0076383C" w:rsidP="006360B8">
+          <w:p w14:paraId="65C498BC" w14:textId="39C7B0EC" w:rsidR="0076383C" w:rsidRDefault="0076383C" w:rsidP="006360B8">
             <w:pPr>
               <w:pStyle w:val="Rovnicetitulek"/>
               <w:framePr w:hSpace="0" w:vSpace="0" w:wrap="auto" w:vAnchor="margin" w:xAlign="left" w:yAlign="inline"/>
               <w:suppressOverlap w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:instrText xml:space="preserve"> SEQ ROVNICE \* ARABIC </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B91217">
+            <w:r w:rsidR="00D11913">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="45BC30DF" w14:textId="44C34EA9" w:rsidR="00E23407" w:rsidRDefault="00E23407" w:rsidP="00E23407">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="77" w:name="_Ref207103364"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="76"/>
+      <w:bookmarkStart w:id="79" w:name="_Ref207103364"/>
+      <w:bookmarkStart w:id="80" w:name="_Toc214909489"/>
+      <w:bookmarkEnd w:id="78"/>
       <w:r>
         <w:t>Křížové odkazy</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="77"/>
-      <w:bookmarkEnd w:id="78"/>
+      <w:bookmarkEnd w:id="79"/>
+      <w:bookmarkEnd w:id="80"/>
     </w:p>
     <w:p w14:paraId="4B9C8E40" w14:textId="0E7C410D" w:rsidR="0076383C" w:rsidRDefault="0076383C" w:rsidP="0076383C">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Křížové odkazy zajistí v elektronické verzi práce </w:t>
       </w:r>
       <w:r w:rsidR="00A605BC">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>rychlou a snadnou</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006C5A1A">
         <w:rPr>
@@ -22514,395 +24920,754 @@
         </w:rPr>
         <w:t xml:space="preserve">cestu </w:t>
       </w:r>
       <w:r w:rsidR="00A605BC">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>ke konkrétnímu objektu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. Odkazy lze vytvářet pro konkrétní kapitoly, obrázky, grafy, tabulky, rovnice, jazykové příklady i pro odkazy na citace (vhodné zejména u metody číselného odkazu v hranatých závorkách). </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Křížový odkaz je možné vložit přes panel </w:t>
       </w:r>
       <w:r w:rsidRPr="009D57C5">
         <w:t xml:space="preserve">Vložení </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidRPr="009D57C5">
-        <w:t>tlačítko Křížový odkaz (obdobný postup platí také pro Writer).</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0D10F927" w14:textId="06D2807B" w:rsidR="00590A08" w:rsidRPr="00590A08" w:rsidRDefault="00590A08" w:rsidP="00590A08">
+        <w:t xml:space="preserve">tlačítko Křížový odkaz (obdobný postup platí také pro </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D57C5">
+        <w:t>Writer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D57C5">
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D10F927" w14:textId="06D2807B" w:rsidR="00590A08" w:rsidRDefault="00590A08" w:rsidP="00590A08">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>V nabídce je pak nutné vybrat vhodný Typ odkazu, na který se odkazuje (nadpis kapitoly, obrázek, tabulka, číslovaný seznam atd.). Následně se v nabídce Vložit odkaz vybere, v jaké podobě se má tento odkaz vložit (číslo, text atd.).</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="3DC9A037" w14:textId="4B14A98F" w:rsidR="00831C62" w:rsidRPr="00590A08" w:rsidRDefault="00831C62" w:rsidP="00831C62">
+      <w:pPr>
+        <w:pStyle w:val="Dalodstavceprce"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">V případě, že se poprvé vkládá </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B0AAF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>křížový odkaz na vložený objekt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (obrázek, tabulka atd.), je možné, že se v seznamu typů odkaz</w:t>
+      </w:r>
+      <w:r w:rsidR="003B28F3">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>u ve Wordu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> neobjeví položka „Obr.“ nebo „Tab.“, ačkoliv práce obsahuje správně vložené titulky (zejména formou rychlých částí) a</w:t>
+      </w:r>
+      <w:r w:rsidR="004B0AAF">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>problém nenastal ani při aktualizaci seznamu obrázků/tabulek. Word bohužel v této situaci „nezjistil“, že jsou v dokumentu nové typy titulků, proto je nutné mu napovědět:</w:t>
+      </w:r>
+      <w:r w:rsidR="009C4801">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">v dokumentu </w:t>
+      </w:r>
+      <w:r w:rsidR="009C4801">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">stačí kliknout </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>na libovolné místo</w:t>
+      </w:r>
+      <w:r w:rsidR="009C4801">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a přes panel </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Reference</w:t>
+      </w:r>
+      <w:r w:rsidR="009C4801">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vybrat </w:t>
+      </w:r>
+      <w:r w:rsidR="009C4801" w:rsidRPr="009C4801">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">možnost Vložit titulek. </w:t>
+      </w:r>
+      <w:r w:rsidR="009C4801">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pokud se zde nové titulky nenachází, pak se přes tlačítko </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Nový popisek</w:t>
+      </w:r>
+      <w:r w:rsidR="009C4801">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vepíše nový typ titulku (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Obr.</w:t>
+      </w:r>
+      <w:r w:rsidR="009C4801">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nebo Tab. včetně tečky</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r w:rsidR="009C4801">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stisknutím tlačítka </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>OK</w:t>
+      </w:r>
+      <w:r w:rsidR="009C4801">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se nový typ popisku uloží (postup je možné zopakovat pro další nové popisky podle potřeby).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C4801">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Následně se dialogové okno s titulky zavře tlačítkem Zrušit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (žádný titulek </w:t>
+      </w:r>
+      <w:r w:rsidR="009C4801">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>se nikam nevkládá</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidR="004E591E">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pak už by se v nabídce pro vložení konkrétního typu křížového odkazy měly zobrazit i tyto nově vložené typy titulků/popisků.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="64343D8B" w14:textId="46280F36" w:rsidR="00E23407" w:rsidRDefault="00E23407" w:rsidP="00E23407">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="79" w:name="_Ref207219488"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="83" w:name="_Toc209218767"/>
+      <w:bookmarkStart w:id="81" w:name="_Ref207219488"/>
+      <w:bookmarkStart w:id="82" w:name="_Ref207219495"/>
+      <w:bookmarkStart w:id="83" w:name="_Ref207222974"/>
+      <w:bookmarkStart w:id="84" w:name="_Ref207222981"/>
+      <w:bookmarkStart w:id="85" w:name="_Toc214909490"/>
       <w:r>
         <w:t>Automaticky generované seznamy</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="79"/>
-      <w:bookmarkEnd w:id="80"/>
       <w:bookmarkEnd w:id="81"/>
       <w:bookmarkEnd w:id="82"/>
       <w:bookmarkEnd w:id="83"/>
+      <w:bookmarkEnd w:id="84"/>
+      <w:bookmarkEnd w:id="85"/>
     </w:p>
     <w:p w14:paraId="2378FA1F" w14:textId="285280B5" w:rsidR="00590A08" w:rsidRDefault="00590A08" w:rsidP="00590A08">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>V šabloně je předpřipraveno několik automaticky generovaných seznamů, a to:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3479B3DB" w14:textId="7C6F841A" w:rsidR="00590A08" w:rsidRDefault="00590A08" w:rsidP="00590A08">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t>obsah,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77D35541" w14:textId="66075429" w:rsidR="00590A08" w:rsidRDefault="00590A08" w:rsidP="00590A08">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t>seznam obrázků,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76A19446" w14:textId="6F642902" w:rsidR="00590A08" w:rsidRDefault="00590A08" w:rsidP="00590A08">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t>seznam tabulek a</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E17FBEC" w14:textId="70861B13" w:rsidR="00590A08" w:rsidRDefault="00590A08" w:rsidP="00590A08">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t>seznam příloh vložených v závěrečné práci.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BDDF5AB" w14:textId="2B8DC7F0" w:rsidR="00C30CDA" w:rsidRDefault="00C30CDA" w:rsidP="00590A08">
+    <w:p w14:paraId="2BDDF5AB" w14:textId="12B777E9" w:rsidR="00C30CDA" w:rsidRDefault="00C30CDA" w:rsidP="00590A08">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Obsah </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">je generován z nadpisů </w:t>
       </w:r>
       <w:r w:rsidR="000243FC">
         <w:t xml:space="preserve">označených v </w:t>
       </w:r>
       <w:r w:rsidR="000243FC">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="000243FC">
         <w:instrText xml:space="preserve"> REF _Ref207221101 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="000243FC">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t xml:space="preserve">Tab. </w:t>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="000243FC">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="000243FC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="000243FC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Seznam obrázků </w:t>
       </w:r>
       <w:r w:rsidR="004B10F4">
         <w:t>je generován z popisků Obr.</w:t>
       </w:r>
       <w:r w:rsidR="005124B1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005124B1">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>(v anglické šabloně Figure, v německé Abbildung).</w:t>
+        <w:t xml:space="preserve">(v anglické šabloně </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005124B1">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Figure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005124B1">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, v německé </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005124B1">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Abbildung</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005124B1">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
       <w:r w:rsidR="000243FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000243FC" w:rsidRPr="000243FC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Seznam tabulek</w:t>
       </w:r>
       <w:r w:rsidR="000243FC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004B10F4">
         <w:t>je generován z popisků Tab.</w:t>
       </w:r>
       <w:r w:rsidR="005124B1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005124B1">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>(v anglické šabloně Table, v německé Tabelle).</w:t>
+        <w:t xml:space="preserve">(v anglické šabloně Table, v německé </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005124B1">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Tabelle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005124B1">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
       <w:r w:rsidR="000243FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000243FC" w:rsidRPr="000243FC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Seznam příloh vložených v závěrečné práci</w:t>
       </w:r>
       <w:r w:rsidR="000243FC">
         <w:t xml:space="preserve"> je generován z nadpisu Příloha 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CAE4382" w14:textId="1463BE2E" w:rsidR="006D5DB0" w:rsidRDefault="006D5DB0" w:rsidP="006D5DB0">
+    <w:p w14:paraId="65F62F66" w14:textId="2CB82F4A" w:rsidR="005656A0" w:rsidRPr="009C4801" w:rsidRDefault="005656A0" w:rsidP="005656A0">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
+      <w:r>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="009C4801" w:rsidRPr="009C4801">
+        <w:t>ejpoužív</w:t>
+      </w:r>
+      <w:r w:rsidR="00D45304">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="009C4801" w:rsidRPr="009C4801">
+        <w:t>nější titulky by v šabloně už měly být</w:t>
+      </w:r>
+      <w:r w:rsidR="00A420E9">
+        <w:t>. V případě, že se ve Wordu využívají tzv. rychlé části pro vkládání objektů, neměl by nastat žádný problém. Ten může nastat v </w:t>
+      </w:r>
+      <w:r w:rsidR="00851E93">
+        <w:t>situaci</w:t>
+      </w:r>
+      <w:r w:rsidR="00A420E9">
+        <w:t xml:space="preserve">, kdy se titulky vkládají ručně, popř. se v práci používají křížové odkazy. Pokud by tato situace nastala, </w:t>
+      </w:r>
+      <w:r w:rsidR="0033518D">
+        <w:t xml:space="preserve">náprava je jednoduchá, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">viz kapitola </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> REF _Ref207103364 \r \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D11913">
+        <w:t>5.4</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> REF _Ref207103364 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D11913">
+        <w:t>Křížové odkazy</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CAE4382" w14:textId="2E898C94" w:rsidR="006D5DB0" w:rsidRDefault="006D5DB0" w:rsidP="006D5DB0">
+      <w:pPr>
+        <w:pStyle w:val="Dalodstavceprce"/>
+      </w:pPr>
       <w:r w:rsidRPr="00AE1B2A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Důležité je si pohlídat aktualizaci všech těchto seznamů před odevzdáním či vytištěním práce.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Podrobnější informace jsou uvedené v kapitole </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref207049812 \r \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>3.4</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref207049820 \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>Náhled a tisk práce</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14AB183F" w14:textId="03B1144C" w:rsidR="006D5DB0" w:rsidRDefault="006D5DB0" w:rsidP="006D5DB0">
       <w:pPr>
         <w:pStyle w:val="Nadpis3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="84" w:name="_Toc209218768"/>
+      <w:bookmarkStart w:id="86" w:name="_Toc214909491"/>
       <w:r>
         <w:t>Aktualizace seznamu s přílohami</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="84"/>
+      <w:bookmarkEnd w:id="86"/>
     </w:p>
     <w:p w14:paraId="0F6F8D01" w14:textId="57505AB7" w:rsidR="006D5DB0" w:rsidRDefault="006D5DB0" w:rsidP="006D5DB0">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Při aktualizaci všech automaticky generovaných seznamů ve Wordu by nemělo docházet k problémům a seznamy i obsah by se měly zaktualizovat bez ohledu na jazykovou verzi textového editoru či operačního systému.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E845ABE" w14:textId="57561859" w:rsidR="00442EFB" w:rsidRDefault="006D5DB0" w:rsidP="006D5DB0">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Jedinou výjimkou je seznam příloh vložených v závěrečné práci</w:t>
       </w:r>
       <w:r w:rsidR="00442EFB">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>. Může se stát, že v případě aktualizace seznamu s přílohami z</w:t>
       </w:r>
       <w:r w:rsidR="00442EFB" w:rsidRPr="00442EFB">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>mizí jednotlivé položky a objeví se chybová hláška</w:t>
       </w:r>
       <w:r w:rsidR="00442EFB">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
+        <w:t xml:space="preserve"> „Nebyla nalezena položka obsahu.“ nebo „No table </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00442EFB">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00442EFB">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00442EFB">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
+        <w:t>contents</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00442EFB">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00442EFB">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>entries</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00442EFB">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00442EFB">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>found</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00442EFB">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.“ v angličtině. Je to způsobeno tím, že se šablona </w:t>
+      </w:r>
+      <w:r w:rsidR="00B56CEC">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">se </w:t>
+      </w:r>
+      <w:r w:rsidR="00442EFB">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">používá v prostředí, kde jsou </w:t>
+      </w:r>
+      <w:r w:rsidR="00442EFB" w:rsidRPr="00442EFB">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">různé jazykové preference pro systém, klávesnici a rozhraní MS Office (např. </w:t>
+      </w:r>
+      <w:r w:rsidR="00442EFB">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uživatel používá </w:t>
+      </w:r>
+      <w:r w:rsidR="00442EFB" w:rsidRPr="00442EFB">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>anglické rozhraní Wordu nebo celého operačního systému Windows).</w:t>
+      </w:r>
+      <w:r w:rsidR="00442EFB">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C9C0504" w14:textId="02449E5B" w:rsidR="006D5DB0" w:rsidRDefault="00442EFB" w:rsidP="006D5DB0">
+      <w:pPr>
+        <w:pStyle w:val="Dalodstavceprce"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">„Nebyla nalezena položka obsahu.“ nebo „No table of contents entries found.“ v angličtině. Je to způsobeno tím, že se šablona </w:t>
-[...48 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Náprava je jednoduchá: </w:t>
       </w:r>
       <w:r w:rsidR="004B10F4">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">kliknout </w:t>
       </w:r>
       <w:r w:rsidR="003205B0">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">do chybové hlášky (měla by zešednout) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>pravým tlačítkem myš</w:t>
       </w:r>
       <w:r w:rsidR="0012273D">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>i</w:t>
@@ -22962,55 +25727,55 @@
         <w:t>"</w:t>
       </w:r>
       <w:r w:rsidR="003205B0">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Příloha 1,9</w:t>
       </w:r>
       <w:r w:rsidR="003205B0" w:rsidRPr="00442EFB">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>"</w:t>
       </w:r>
       <w:r w:rsidR="003205B0">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> }. Následně znovu přepnout zobrazení polí a aktualizovat obsah (kliknout do něj pravým tlačítkem a vybrat Aktualizovat pole). Po těchto úpravách by se měl zobrazit správně vygenerovaný seznam příloh.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2442E186" w14:textId="6E9452F9" w:rsidR="003C0BC8" w:rsidRPr="003C0BC8" w:rsidRDefault="003C0BC8" w:rsidP="003C0BC8">
       <w:pPr>
         <w:pStyle w:val="Nadpis3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="85" w:name="_Toc209218769"/>
+      <w:bookmarkStart w:id="87" w:name="_Toc214909492"/>
       <w:r>
         <w:t>Vytvoření nových seznamů</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="85"/>
+      <w:bookmarkEnd w:id="87"/>
     </w:p>
     <w:p w14:paraId="7EA28816" w14:textId="3CBFFAD9" w:rsidR="000243FC" w:rsidRDefault="000243FC" w:rsidP="005A4181">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:t>Pokud je nutné vložit nový automaticky generovaný obsah, postup je v jednotlivých textových editorech následující:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F55210C" w14:textId="17317136" w:rsidR="000243FC" w:rsidRDefault="000243FC" w:rsidP="000243FC">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r w:rsidRPr="004B10F4">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Word:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> za seznamy obrázků nebo tabulek (podle toho, kde je to vhodnější) umístit novou prázdnou stránku (zkratka </w:t>
       </w:r>
       <w:r w:rsidRPr="000243FC">
         <w:rPr>
           <w:b/>
@@ -23032,94 +25797,102 @@
         <w:t xml:space="preserve"> vložit název seznamu (např. Seznam grafů) a klávesou Enter přejít na nový řádek. Přes panel Reference vybrat tlačítko Vložit seznam obrázků a v kontextové nabídce, která se zobrazí, vybrat v nabídce Popisek titulku příslušný popisek, pro který se bude vytvářet seznam (v tomto případě to je Graf). Důležité je, že popisek už musí být předem vytvořen a</w:t>
       </w:r>
       <w:r w:rsidR="00132DE6">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t>používán v</w:t>
       </w:r>
       <w:r w:rsidR="00132DE6">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t>práci</w:t>
       </w:r>
       <w:r w:rsidR="00132DE6">
         <w:t xml:space="preserve"> (nejpoužívanější titulky by v šabloně už měly být)</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="617D69CC" w14:textId="383E298B" w:rsidR="00132DE6" w:rsidRDefault="00132DE6" w:rsidP="000243FC">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B10F4">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Writer:</w:t>
+        <w:t>Writer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B10F4">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> za seznamy obrázků nebo tabulek (podle toho, kde je to vhodnější) umístit novou prázdnou stránku (zkratka </w:t>
       </w:r>
       <w:r w:rsidRPr="000243FC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Ctrl + Enter</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">). Přes hlavní nabídku Vložit zvolit možnost Obsah a rejstřík a následně Obsah, rejstřík nebo seznam literatury. V části Nadpis vložit název seznamu (např. Seznam grafů) a </w:t>
       </w:r>
       <w:r w:rsidR="001E28DB">
         <w:t xml:space="preserve">v </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">nabídce Typ zvolit Tabulka obrázků. V části Kategorie </w:t>
       </w:r>
       <w:r w:rsidR="00AE1B2A">
         <w:t>vybrat příslušný popisek, pro který se bude nový seznam vytvářet (v</w:t>
       </w:r>
       <w:r w:rsidR="00DF07B5">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00AE1B2A">
         <w:t>tomto případě to je Graf). Důležité je, že popisek už musí být předem vytvořen a používán v práci (nejpoužívanější titulky by v šabloně už měly být).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74F55B05" w14:textId="698BF216" w:rsidR="003C0BC8" w:rsidRDefault="003C0BC8" w:rsidP="003C0BC8">
       <w:pPr>
         <w:pStyle w:val="Nadpis3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="86" w:name="_Toc209218770"/>
+      <w:bookmarkStart w:id="88" w:name="_Toc214909493"/>
       <w:r>
         <w:t>Odstranění seznamů</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="86"/>
+      <w:bookmarkEnd w:id="88"/>
     </w:p>
     <w:p w14:paraId="1946142D" w14:textId="5876CFDE" w:rsidR="003C0BC8" w:rsidRDefault="003C0BC8" w:rsidP="003C0BC8">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C0BC8">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Pokud se </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">seznamy z práce odstraňují (nejsou povinnou součástí práce), </w:t>
       </w:r>
       <w:r w:rsidRPr="003C0BC8">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">doporučujeme nejdříve zobrazit si v dokumentu všechny znaky (tlačítko </w:t>
@@ -23154,51 +25927,65 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Ctrl + Shift + 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> ve Wordu či </w:t>
       </w:r>
       <w:r w:rsidRPr="003C0BC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Ctrl + F10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ve Writeru)</w:t>
+        <w:t xml:space="preserve"> ve </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Writeru</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="003C0BC8">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003C0BC8">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">aby se zabránilo </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>rozhození celého dokumentu</w:t>
       </w:r>
@@ -23210,381 +25997,435 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Návod pro odstranění seznamů v jednotlivých textových editorech je </w:t>
       </w:r>
       <w:r w:rsidR="00321504">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>následující:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74F665F6" w14:textId="2B39992D" w:rsidR="00321504" w:rsidRDefault="00321504" w:rsidP="00321504">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r w:rsidRPr="004B10F4">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Word:</w:t>
       </w:r>
       <w:r w:rsidR="005A42A7">
-        <w:t xml:space="preserve"> zobrazit si skryté znaky, označit text od nadpisu seznamu po poslední znak na stránce (ve většině seznamů to je značka Konec stránky) a zmáčknout klávesu Delete. V případě seznamu pro přílohy je nutné vybrat pouze znaky před značkou Konec oddílu (lichá stránka), tato značka nesmí být vybrána, a pak zmáčknout klávesu </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> zobrazit si skryté znaky, označit text od nadpisu seznamu po poslední znak na stránce (ve většině seznamů to je značka Konec stránky) a zmáčknout klávesu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A42A7">
+        <w:t>Delete</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A42A7">
+        <w:t xml:space="preserve">. V případě seznamu pro přílohy je nutné vybrat pouze znaky před značkou Konec oddílu (lichá stránka), tato značka nesmí být vybrána, a pak zmáčknout klávesu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00CE7252">
         <w:t>Backspace</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00ED53D1">
-        <w:t xml:space="preserve">, </w:t>
-[...3 lines deleted...]
-        <w:t>dokud vám nezmizí prázdná strana a oddíl pro lichou stránku se nepřenese na předchozí stranu</w:t>
+        <w:t>, dokud vám nezmizí prázdná strana a oddíl pro lichou stránku se nepřenese na předchozí stranu</w:t>
       </w:r>
       <w:r w:rsidR="005A42A7">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13709248" w14:textId="1B62B42B" w:rsidR="00321504" w:rsidRPr="00321504" w:rsidRDefault="00321504" w:rsidP="00321504">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B10F4">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Writer:</w:t>
+        <w:t>Writer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B10F4">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="004E55B8">
-        <w:t xml:space="preserve"> zobrazit si skryté znaky a podle typu seznamu zvolit vhodný postup. U seznamů obrázků a tabulek kliknout do seznamu pravým tlačítkem a vybrat možnost Smazat seznam. Pak klávesou Delete smazat prázdnou stra</w:t>
+        <w:t xml:space="preserve"> zobrazit si skryté znaky a podle typu seznamu zvolit vhodný postup. U seznamů obrázků a tabulek kliknout do seznamu pravým tlačítkem a vybrat možnost Smazat seznam. Pak klávesou </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004E55B8">
+        <w:t>Delete</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004E55B8">
+        <w:t xml:space="preserve"> smazat prázdnou stra</w:t>
       </w:r>
       <w:r w:rsidR="00693CEE">
         <w:t>nu. U seznamu použitých zkratek</w:t>
       </w:r>
       <w:r w:rsidR="004E55B8">
-        <w:t xml:space="preserve"> označit text od nadpisu seznamu po poslední znak na stránce a zmáčknout dvakrát klávesu Delete, dokud nezmizí prázdná strana. V případě seznamu pro přílohy je nutná kombinace obou postupů: kliknout do seznamu pravým tlačítkem a vybrat možnost Smazat seznam</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004E55B8">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">označit text od nadpisu seznamu po poslední znak na stránce a zmáčknout dvakrát klávesu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004E55B8">
+        <w:t>Delete</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004E55B8">
+        <w:t>, dokud nezmizí prázdná strana. V případě seznamu pro přílohy je nutná kombinace obou postupů: kliknout do seznamu pravým tlačítkem a vybrat možnost Smazat seznam</w:t>
       </w:r>
       <w:r w:rsidR="00A808A8">
         <w:t>. Následně označit text od nadpisu pro ostatní přílohy až po poslední znak a</w:t>
       </w:r>
       <w:r w:rsidR="00693CEE">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00A808A8">
-        <w:t>zmáčknout klávesou Delete tento obsah smazat.</w:t>
+        <w:t xml:space="preserve">zmáčknout klávesou </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A808A8">
+        <w:t>Delete</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A808A8">
+        <w:t xml:space="preserve"> tento obsah smazat.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="674915F1" w14:textId="78C70748" w:rsidR="00357EEB" w:rsidRDefault="00357EEB" w:rsidP="00357EEB">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="87" w:name="_Ref207226439"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="91" w:name="_Toc209218771"/>
+      <w:bookmarkStart w:id="89" w:name="_Ref207226439"/>
+      <w:bookmarkStart w:id="90" w:name="_Ref207226447"/>
+      <w:bookmarkStart w:id="91" w:name="_Ref207227568"/>
+      <w:bookmarkStart w:id="92" w:name="_Ref207227572"/>
+      <w:bookmarkStart w:id="93" w:name="_Toc214909494"/>
       <w:r>
         <w:t>Seznam</w:t>
       </w:r>
       <w:r w:rsidR="004908EB">
         <w:t xml:space="preserve"> použité</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> literatury</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="87"/>
-      <w:bookmarkEnd w:id="88"/>
       <w:bookmarkEnd w:id="89"/>
       <w:bookmarkEnd w:id="90"/>
       <w:bookmarkEnd w:id="91"/>
+      <w:bookmarkEnd w:id="92"/>
+      <w:bookmarkEnd w:id="93"/>
     </w:p>
     <w:p w14:paraId="78B9F5D2" w14:textId="38187AB9" w:rsidR="000A1B75" w:rsidRDefault="000A1B75" w:rsidP="000A1B75">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A1B75">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Citování použitých informačních zdrojů se řídí pravidly konkrétních citačních norem nebo stylů. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Seznam </w:t>
       </w:r>
       <w:r w:rsidR="00F91A23">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">použité </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">literatury musí být vždy vypracován podle použité citační normy nebo citačního stylu v rámci závěrečné práce. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0719B3BC" w14:textId="699E0971" w:rsidR="007C6C60" w:rsidRDefault="007747C0" w:rsidP="007C6C60">
+    <w:p w14:paraId="0719B3BC" w14:textId="1CEBAA72" w:rsidR="007C6C60" w:rsidRDefault="007747C0" w:rsidP="007C6C60">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r>
         <w:t>Pro vytvoření seznamu</w:t>
       </w:r>
       <w:r w:rsidR="00F91A23">
         <w:t xml:space="preserve"> použité</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> literatury jsou v šabloně připravené dva styly, a to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Použité zdroje (abecední seznam)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Použité zdroje (číslovaný seznam)</w:t>
       </w:r>
       <w:r>
         <w:t>. Styly se použijí podle použité citační normy či stylu</w:t>
       </w:r>
       <w:r w:rsidR="002C26A1">
         <w:t xml:space="preserve"> (více informací o stylech pro formátování seznamu literatury je v kapitole </w:t>
       </w:r>
       <w:r w:rsidR="002C26A1">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="002C26A1">
         <w:instrText xml:space="preserve"> REF _Ref207227614 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="002C26A1">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>4.5</w:t>
       </w:r>
       <w:r w:rsidR="002C26A1">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="002C26A1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002C26A1">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="002C26A1">
         <w:instrText xml:space="preserve"> REF _Ref207227621 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="002C26A1">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>Seznam použité literatury</w:t>
       </w:r>
       <w:r w:rsidR="002C26A1">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="002C26A1">
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="007C6C60">
         <w:t>V </w:t>
       </w:r>
       <w:r w:rsidR="007C6C60" w:rsidRPr="007747C0">
         <w:t>obou</w:t>
       </w:r>
       <w:r w:rsidR="007C6C60">
         <w:t xml:space="preserve"> stylech se využívá </w:t>
       </w:r>
       <w:r w:rsidR="007C6C60">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>vizuální zvýraznění autorů pomocí tučného řezu písma</w:t>
       </w:r>
       <w:r w:rsidR="007C6C60">
         <w:t>. To je potřeba nastavit ručně, není ovšem povinné</w:t>
       </w:r>
       <w:r w:rsidR="000F1970">
         <w:t xml:space="preserve">, slouží pouze </w:t>
       </w:r>
       <w:r w:rsidR="00811B31">
         <w:t>ke zvýraznění autorů</w:t>
       </w:r>
       <w:r w:rsidR="007C6C60">
         <w:t xml:space="preserve">. Úprava by nicméně měla být v celém seznamu jednotná. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76689BD1" w14:textId="06540334" w:rsidR="007747C0" w:rsidRDefault="007747C0" w:rsidP="007C6C60">
+    <w:p w14:paraId="76689BD1" w14:textId="1539FA2E" w:rsidR="007747C0" w:rsidRDefault="007747C0" w:rsidP="007C6C60">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Seznam </w:t>
       </w:r>
       <w:r w:rsidR="00F91A23">
         <w:t xml:space="preserve">použité </w:t>
       </w:r>
       <w:r>
         <w:t>literatury je možné</w:t>
       </w:r>
       <w:r w:rsidRPr="00B415AE">
         <w:t xml:space="preserve"> zpracovat ručně, popř. pomocí doplňk</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">u, viz </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">kapitola </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207226369 \r \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>5.6.6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207226369 \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>Nástroj pro tvorbu citací Citace PRO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B415AE">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Následně se pak upravuje pomocí příslušného stylu v textovém editoru.</w:t>
       </w:r>
+      <w:r w:rsidR="00C80ABE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C80ABE" w:rsidRPr="00C80ABE">
+        <w:t>Samotný</w:t>
+      </w:r>
+      <w:r w:rsidR="00C80ABE">
+        <w:t xml:space="preserve"> textový editor</w:t>
+      </w:r>
+      <w:r w:rsidR="00C80ABE" w:rsidRPr="00C80ABE">
+        <w:t xml:space="preserve"> MS Word pro přímou tvorbu citací nedoporučujeme. Word není citační manažer a nezaručí, že seznam literatury a bibliografické citace budou odpovídat konkrétnímu citačnímu stylu nebo normě.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="535F334F" w14:textId="3C48EB4C" w:rsidR="009D4DE0" w:rsidRDefault="009D4DE0" w:rsidP="009D4DE0">
       <w:pPr>
         <w:pStyle w:val="Nadpis3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="92" w:name="_Toc209218772"/>
+      <w:bookmarkStart w:id="94" w:name="_Toc214909495"/>
       <w:r>
         <w:t>Obecné zásady pro tvorbu citací</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="92"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="7C9F6C27" w14:textId="1A48AE3B" w:rsidR="0073122E" w:rsidRDefault="0073122E" w:rsidP="0073122E">
+      <w:bookmarkEnd w:id="94"/>
+    </w:p>
+    <w:p w14:paraId="7C9F6C27" w14:textId="5763AA69" w:rsidR="0073122E" w:rsidRDefault="0073122E" w:rsidP="0073122E">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Autorský zákon č. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56" w:history="1">
+      <w:hyperlink r:id="rId57" w:history="1">
         <w:r w:rsidRPr="0073122E">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>121/2000 Sb.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> a zásady informační etiky udávají povinnost citovat všechna díla, která byla pro práci použita. Jde jak o přímé citace, tak i o parafráze. Smyslem citování je čtenáři práce umožnit identifikovat a vyhledat zdroje, které autor použil. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D69E0E2" w14:textId="77777777" w:rsidR="0073122E" w:rsidRPr="00A915C1" w:rsidRDefault="0073122E" w:rsidP="000E7DA9">
       <w:pPr>
         <w:pStyle w:val="Abecednseznam"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="454" w:hanging="454"/>
       </w:pPr>
       <w:r w:rsidRPr="00A915C1">
@@ -23605,64 +26446,64 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="032F056C" w14:textId="77777777" w:rsidR="0073122E" w:rsidRPr="00A915C1" w:rsidRDefault="0073122E" w:rsidP="000E7DA9">
       <w:pPr>
         <w:pStyle w:val="Abecednseznam"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="454" w:hanging="454"/>
       </w:pPr>
       <w:r w:rsidRPr="00A915C1">
         <w:t>Uvést lokaci citace v citovaném dokumentu (tj. strany, ze kterých bylo citováno) je povinné u přímé citace. Rozsah stran, ze kterých autor vycházel, doporučujeme uvádět také u parafráze. Není povinné uvádět celkový počet stran publikace.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F1CC9DA" w14:textId="77777777" w:rsidR="0073122E" w:rsidRPr="00A915C1" w:rsidRDefault="0073122E" w:rsidP="000E7DA9">
       <w:pPr>
         <w:pStyle w:val="Abecednseznam"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="454" w:hanging="454"/>
       </w:pPr>
       <w:r w:rsidRPr="00A915C1">
-        <w:lastRenderedPageBreak/>
         <w:t>Údaje do bibliografické citace se vždy přebírají předně z titulního listu (úvodní obrazovky, webové stránky, etikety na disku apod.), pořadí údajů je přesně stanoveno normou. Dalším zdrojem informací je pak rub titulní strany, hlavička stránky, obálka, obal či doprovodná dokumentace (např. leták, manuál).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CC7223B" w14:textId="071A4B07" w:rsidR="0073122E" w:rsidRPr="00A915C1" w:rsidRDefault="0073122E" w:rsidP="000E7DA9">
       <w:pPr>
         <w:pStyle w:val="Abecednseznam"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="454" w:hanging="454"/>
       </w:pPr>
       <w:r w:rsidRPr="00A915C1">
+        <w:lastRenderedPageBreak/>
         <w:t>Pokud některý údaj chybí, vynechává se a pokračuje se následujícím. V některých případech lze údaj dohledat v jiných zdrojích. V případě, že je některý z údajů přebrán z</w:t>
       </w:r>
       <w:r w:rsidR="00A915C1">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A915C1">
         <w:t>jiného zdroje, uvádí se v hranaté závorce.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D716CA4" w14:textId="77777777" w:rsidR="0073122E" w:rsidRPr="00A915C1" w:rsidRDefault="0073122E" w:rsidP="000E7DA9">
       <w:pPr>
         <w:pStyle w:val="Abecednseznam"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="454" w:hanging="454"/>
       </w:pPr>
       <w:r w:rsidRPr="00A915C1">
         <w:t>Údaje se zapisují v jazyce, ve kterém jsou uvedeny v citovaném dokumentu. V jazyce tvorby bibliografické citace se uvádí pouze fyzický popis knihy (rozsah stran) a poznámky.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00F34EB2" w14:textId="77777777" w:rsidR="0073122E" w:rsidRPr="00A915C1" w:rsidRDefault="0073122E" w:rsidP="000E7DA9">
       <w:pPr>
         <w:pStyle w:val="Abecednseznam"/>
@@ -23671,55 +26512,55 @@
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="454" w:hanging="454"/>
       </w:pPr>
       <w:r w:rsidRPr="00A915C1">
         <w:t>Podoba bibliografických citací musí být jednotná v celém dokumentu (jednotný styl, formát a interpunkce).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01179124" w14:textId="28C3F74F" w:rsidR="0073122E" w:rsidRPr="00A915C1" w:rsidRDefault="0073122E" w:rsidP="000E7DA9">
       <w:pPr>
         <w:pStyle w:val="Abecednseznam"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="454" w:hanging="454"/>
       </w:pPr>
       <w:r w:rsidRPr="00A915C1">
         <w:t>Pokud je text přebírán z cizojazyčného zdroje a v práci se využívá jako přímá citace, je důležité daný text co nejpřesněji přeložit. Do poznámky pod čarou je možné připojit poznámku, že se jedná o vlastní překlad, a uvést originální cizojazyčné znění.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7275CE87" w14:textId="7541FD9B" w:rsidR="009D4DE0" w:rsidRDefault="009D4DE0" w:rsidP="009D4DE0">
       <w:pPr>
         <w:pStyle w:val="Nadpis3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="93" w:name="_Toc209218773"/>
+      <w:bookmarkStart w:id="95" w:name="_Toc214909496"/>
       <w:r>
         <w:t>Základní pojmy</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="93"/>
+      <w:bookmarkEnd w:id="95"/>
     </w:p>
     <w:p w14:paraId="3CBF7584" w14:textId="0C8FD7A1" w:rsidR="008F180A" w:rsidRPr="008F180A" w:rsidRDefault="008F180A" w:rsidP="008F180A">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r w:rsidRPr="00F91A23">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Citát (přímá citace) – </w:t>
       </w:r>
       <w:r w:rsidRPr="008F180A">
         <w:t xml:space="preserve">doslovně </w:t>
       </w:r>
       <w:r w:rsidR="00811B31">
         <w:t>převzatý text</w:t>
       </w:r>
       <w:r w:rsidRPr="008F180A">
         <w:t xml:space="preserve"> j</w:t>
       </w:r>
       <w:r w:rsidR="00811B31">
         <w:t>iného autora, který</w:t>
       </w:r>
       <w:r w:rsidRPr="008F180A">
         <w:t xml:space="preserve"> je nutné odlišit od vlastního textu (</w:t>
@@ -23811,130 +26652,183 @@
       <w:r w:rsidR="00811B31">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E9304F">
         <w:t>Formát bibliografické citace se odvíjí podle toho, jaký druh dokumentu se cituje.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DFBADDC" w14:textId="4D3BBD0A" w:rsidR="008F180A" w:rsidRPr="008F180A" w:rsidRDefault="008F180A" w:rsidP="008F180A">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r w:rsidRPr="00A915C1">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Seznam použité literatury –</w:t>
       </w:r>
       <w:r w:rsidRPr="008F180A">
         <w:t xml:space="preserve"> seznam všech použitých dokumentů a zdrojů v dané práci. Je řazen dle náležitostí a pravidel zvolené citační normy, příp. podle náležitosti konkrétní metody citování v rámci normy.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A28A103" w14:textId="51FFD87E" w:rsidR="009D4DE0" w:rsidRDefault="009D4DE0" w:rsidP="009D4DE0">
       <w:pPr>
         <w:pStyle w:val="Nadpis3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="94" w:name="_Toc209218774"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:id="96" w:name="_Toc214909497"/>
+      <w:r>
         <w:t>Citační etika</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="94"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="6C74242F" w14:textId="3CBAA1A0" w:rsidR="0076320B" w:rsidRPr="0076320B" w:rsidRDefault="0076320B" w:rsidP="0076320B">
+      <w:bookmarkEnd w:id="96"/>
+    </w:p>
+    <w:p w14:paraId="6C74242F" w14:textId="6D981C7A" w:rsidR="0076320B" w:rsidRPr="0076320B" w:rsidRDefault="0076320B" w:rsidP="0076320B">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0076320B">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Podrobné informace o pravidlech tvorby citací a citační etice je možné najít na portálu informační výchovy pro UTB </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57" w:history="1">
+      <w:hyperlink r:id="rId58" w:history="1">
         <w:r w:rsidRPr="002820F8">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>https://iva.k.utb.cz</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0076320B">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, souhrnné informace o citacích a dostupných citačních manažerech na webových stránkách Knihovny UTB </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId58" w:history="1">
+        <w:t xml:space="preserve">, souhrnné informace o citacích a dostupných </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076320B">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">citačních manažerech na webových stránkách Knihovny UTB </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId59" w:history="1">
         <w:r w:rsidR="009B0C1E" w:rsidRPr="00E04B01">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>https://knihovna.utb.cz/</w:t>
         </w:r>
         <w:r w:rsidR="009B0C1E" w:rsidRPr="00E04B01">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:br/>
-          <w:t>sluzby/kurzy-konzultace-vyuka/citace-a-citovani/</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="009B0C1E" w:rsidRPr="00E04B01">
+          <w:rPr>
+            <w:rStyle w:val="Hypertextovodkaz"/>
+            <w:lang w:eastAsia="en-US"/>
+          </w:rPr>
+          <w:t>sluzby</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="009B0C1E" w:rsidRPr="00E04B01">
+          <w:rPr>
+            <w:rStyle w:val="Hypertextovodkaz"/>
+            <w:lang w:eastAsia="en-US"/>
+          </w:rPr>
+          <w:t>/kurzy-konzultace-</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="009B0C1E" w:rsidRPr="00E04B01">
+          <w:rPr>
+            <w:rStyle w:val="Hypertextovodkaz"/>
+            <w:lang w:eastAsia="en-US"/>
+          </w:rPr>
+          <w:t>vyuka</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="009B0C1E" w:rsidRPr="00E04B01">
+          <w:rPr>
+            <w:rStyle w:val="Hypertextovodkaz"/>
+            <w:lang w:eastAsia="en-US"/>
+          </w:rPr>
+          <w:t>/citace-a-</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="009B0C1E" w:rsidRPr="00E04B01">
+          <w:rPr>
+            <w:rStyle w:val="Hypertextovodkaz"/>
+            <w:lang w:eastAsia="en-US"/>
+          </w:rPr>
+          <w:t>citovani</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="009B0C1E" w:rsidRPr="00E04B01">
+          <w:rPr>
+            <w:rStyle w:val="Hypertextovodkaz"/>
+            <w:lang w:eastAsia="en-US"/>
+          </w:rPr>
+          <w:t>/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0076320B">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00FE2F84">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="428EAF84" w14:textId="04E2BC4C" w:rsidR="009D4DE0" w:rsidRDefault="009D4DE0" w:rsidP="009D4DE0">
       <w:pPr>
         <w:pStyle w:val="Nadpis3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="95" w:name="_Toc209218775"/>
+      <w:bookmarkStart w:id="97" w:name="_Toc214909498"/>
       <w:r>
         <w:t>Příklady citování nejčastějších typů dokumentů podle ČSN ISO 690</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="95"/>
+      <w:bookmarkEnd w:id="97"/>
     </w:p>
     <w:p w14:paraId="08ECA723" w14:textId="621F9704" w:rsidR="009D4DE0" w:rsidRDefault="009D4DE0" w:rsidP="009D4DE0">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D4DE0">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>V případě UTB ve Zlíně je doporučenou citační normou ČSN ISO 690</w:t>
       </w:r>
       <w:r w:rsidR="00A915C1">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (v aktuální verzi, tedy 2022)</w:t>
       </w:r>
       <w:r w:rsidRPr="009D4DE0">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, na kterou se vztahují následující doporučení. Další normy a citační styly je na UTB ve Zlíně možné používat pouze, pokud jsou odborně odůvodnitelné a pokud to umožňuje vnitřní norma </w:t>
@@ -23966,125 +26860,145 @@
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
       <w:r w:rsidRPr="009D4DE0">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chicago Style). </w:t>
       </w:r>
       <w:r w:rsidRPr="009D4DE0">
         <w:t xml:space="preserve">Při používání </w:t>
       </w:r>
       <w:r w:rsidR="00AB2909">
         <w:t>jiné citační normy či citačního stylu</w:t>
       </w:r>
       <w:r w:rsidRPr="009D4DE0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AB2909">
         <w:t>je fakulta povinna vedoucí prací, studenty a uchazeče řádně v této normě či stylu odborně proškolit.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E31FA8B" w14:textId="0674D7F5" w:rsidR="009D4DE0" w:rsidRDefault="009D4DE0" w:rsidP="009D4DE0">
+    <w:p w14:paraId="7E31FA8B" w14:textId="57CC447A" w:rsidR="009D4DE0" w:rsidRDefault="009D4DE0" w:rsidP="009D4DE0">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r w:rsidRPr="009D4DE0">
         <w:t>Níže uvedené příklady jsou vytvořeny s ohledem na standardní podobu citace podle ČSN ISO 690:2022. V případě užití tzv. harvardského způsobu o</w:t>
       </w:r>
       <w:r w:rsidR="00F8036B">
         <w:t>dkazování v textu (metoda jméno–</w:t>
       </w:r>
       <w:r w:rsidRPr="009D4DE0">
         <w:t xml:space="preserve">datum) v rámci </w:t>
       </w:r>
       <w:r w:rsidR="00F8036B">
         <w:t>této normy</w:t>
       </w:r>
       <w:r w:rsidRPr="009D4DE0">
         <w:t xml:space="preserve"> je nutné přesunout rok vydání za údaje o autorech. Podrobné informace pro použití harvardského způsobu odkazování je možné najít na webových stránkách knihovny: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59" w:history="1">
+      <w:hyperlink r:id="rId60" w:history="1">
         <w:r w:rsidRPr="002820F8">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>http://iva.k.utb.cz/wp-content/uploads/harvardsky-system.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009D4DE0">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57A0010A" w14:textId="77777777" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
+    <w:p w14:paraId="5376FAF8" w14:textId="77777777" w:rsidR="008E2F32" w:rsidRDefault="008E2F32" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="5909515D" w14:textId="17CE1248" w:rsidR="00BB3C38" w:rsidRPr="001F5316" w:rsidRDefault="0076320B" w:rsidP="001F5316">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5909515D" w14:textId="59314D80" w:rsidR="00BB3C38" w:rsidRPr="001F5316" w:rsidRDefault="0076320B" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F5316">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Standardní podoba citace u ČSN ISO 690:2022</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26D44B49" w14:textId="403C0144" w:rsidR="0076320B" w:rsidRPr="007C6C60" w:rsidRDefault="0076320B" w:rsidP="007C6C60">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="007C6C60">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>JANOUCH, Viktor.</w:t>
       </w:r>
       <w:r w:rsidRPr="007C6C60">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F5316">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Internetový marketing: prosaďte se na webu a sociálních sítích.</w:t>
       </w:r>
       <w:r w:rsidRPr="007C6C60">
-        <w:t xml:space="preserve"> Brno: Computer Press, 2010. ISBN 978-80-251-2795-7.</w:t>
+        <w:t xml:space="preserve"> Brno: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C6C60">
+        <w:t>Computer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C6C60">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C6C60">
+        <w:t>Press</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C6C60">
+        <w:t>, 2010. ISBN 978-80-251-2795-7.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BC6BEB1" w14:textId="77777777" w:rsidR="001F5316" w:rsidRPr="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="047FFA14" w14:textId="14D856D8" w:rsidR="0076320B" w:rsidRPr="001F5316" w:rsidRDefault="0076320B" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F5316">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Podoba citace při harvardském </w:t>
@@ -24104,51 +27018,67 @@
         <w:t xml:space="preserve"> odkazování u ČSN ISO 690:2022</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D993B6B" w14:textId="3CA98B09" w:rsidR="0076320B" w:rsidRPr="007C6C60" w:rsidRDefault="0076320B" w:rsidP="007C6C60">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="007C6C60">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>JANOUCH, Viktor</w:t>
       </w:r>
       <w:r w:rsidRPr="007C6C60">
         <w:t xml:space="preserve">, 2010. </w:t>
       </w:r>
       <w:r w:rsidRPr="001F5316">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Internetový marketing: prosaďte se na webu a sociálních sítích. </w:t>
       </w:r>
       <w:r w:rsidRPr="007C6C60">
-        <w:t>Brno: Computer Press. ISBN 978-80-251-2795-7.</w:t>
+        <w:t xml:space="preserve">Brno: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C6C60">
+        <w:t>Computer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C6C60">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C6C60">
+        <w:t>Press</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C6C60">
+        <w:t>. ISBN 978-80-251-2795-7.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F41055B" w14:textId="38A5A92D" w:rsidR="00BB3C38" w:rsidRDefault="00DB3531" w:rsidP="00DB3531">
       <w:pPr>
         <w:pStyle w:val="Nadpis4"/>
       </w:pPr>
       <w:r>
         <w:t>Tištěné dokumenty</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F83434E" w14:textId="77777777" w:rsidR="00F8036B" w:rsidRDefault="00F8036B" w:rsidP="00BB3C38">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C7766B2" w14:textId="5E2C95FF" w:rsidR="00BB3C38" w:rsidRPr="00BB3C38" w:rsidRDefault="00BB3C38" w:rsidP="00BB3C38">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
@@ -24158,100 +27088,246 @@
         </w:rPr>
         <w:t>Kniha</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BABB793" w14:textId="77777777" w:rsidR="00BB3C38" w:rsidRPr="00BB3C38" w:rsidRDefault="00BB3C38" w:rsidP="007C6C60">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="007C6C60">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>JANOUCH, Viktor.</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB3C38">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB3C38">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Internetový marketing: prosaďte se na webu a sociálních sítích.</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB3C38">
-        <w:t xml:space="preserve"> Brno: Computer Press, 2010. ISBN 978-80-251-2795-7.</w:t>
-[...12 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> Brno: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB3C38">
+        <w:t>Computer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BB3C38">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB3C38">
+        <w:t>Press</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB3C38">
+        <w:t>, 2010. ISBN 978-80-251-2795-7.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55AE2E16" w14:textId="77777777" w:rsidR="00BB3C38" w:rsidRPr="00BB3C38" w:rsidRDefault="00BB3C38" w:rsidP="007C6C60">
+      <w:pPr>
+        <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007C6C60">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>HOLMEROVÁ, Iva.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3C38">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00BB3C38">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Minimum akademického bontonu, aneb, Jak neuklouznout nejen na akademické půdě.</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB3C38">
         <w:t xml:space="preserve"> Praha: Grada, 2014. ISBN 9788024754277.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="162AD7DD" w14:textId="77777777" w:rsidR="00BB3C38" w:rsidRPr="00BB3C38" w:rsidRDefault="00BB3C38" w:rsidP="007C6C60">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="007C6C60">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>EARLE, Richard.</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB3C38">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BB3C38">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>The art of cause marketing: how to use advertising to change personal behavior and public policy.</w:t>
-      </w:r>
+        <w:t>The</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BB3C38">
-        <w:t xml:space="preserve"> Monica BAZIUK (cover and interior design). New York: McGraw-Hill, 2000. ISBN 0-07-138702-1.</w:t>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> art </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB3C38">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB3C38">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cause marketing: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB3C38">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>how</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB3C38">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to use </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB3C38">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>advertising</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB3C38">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB3C38">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>change</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB3C38">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB3C38">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>personal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB3C38">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB3C38">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>behavior</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB3C38">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and public </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB3C38">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>policy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB3C38">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3C38">
+        <w:t xml:space="preserve"> Monica BAZIUK (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB3C38">
+        <w:t>cover</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB3C38">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB3C38">
+        <w:t>interior</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB3C38">
+        <w:t xml:space="preserve"> design). New York: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB3C38">
+        <w:t>McGraw-Hill</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB3C38">
+        <w:t>, 2000. ISBN 0-07-138702-1.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04A7F2E9" w14:textId="77777777" w:rsidR="00BB3C38" w:rsidRPr="00BB3C38" w:rsidRDefault="00BB3C38" w:rsidP="007C6C60">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="007C6C60">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>WEINBERG, Steven.</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB3C38">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB3C38">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>První tři minuty: moderní pohled na počátek vesmíru.</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB3C38">
         <w:t xml:space="preserve"> 2. aktualizované vydání. Michal HORÁK (překladatel). Praha: Mladá fronta, 1998. ISBN 80-204-0700-6.</w:t>
       </w:r>
@@ -24273,64 +27349,232 @@
       <w:r w:rsidRPr="00BB3C38">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Jak napsat odborný text.</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB3C38">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007C6C60">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00BB3C38">
         <w:t>Praha: Leda, 1999. ISBN 80-85927-69-1.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E845404" w14:textId="77777777" w:rsidR="00BB3C38" w:rsidRDefault="00BB3C38" w:rsidP="007C6C60">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="007C6C60">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>ADOBE CREATIVE TEAM.</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB3C38">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB3C38">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Adobe Flash CS4 Professional: Oficiální výukový kurz.</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Adobe </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BB3C38">
-        <w:t xml:space="preserve"> Brno: Computer Press, 2009. ISBN 978-80-251-2334-8.</w:t>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Flash</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB3C38">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CS4 Professional: Oficiální výukový kurz.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3C38">
+        <w:t xml:space="preserve"> Brno: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB3C38">
+        <w:t>Computer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB3C38">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB3C38">
+        <w:t>Press</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB3C38">
+        <w:t>, 2009. ISBN 978-80-251-2334-8.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6526CE22" w14:textId="77777777" w:rsidR="008906D3" w:rsidRDefault="008906D3" w:rsidP="007C6C60">
+      <w:pPr>
+        <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="467BCC60" w14:textId="77777777" w:rsidR="008B326B" w:rsidRDefault="008B326B" w:rsidP="007C6C60">
+      <w:pPr>
+        <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F26DC0F" w14:textId="034BC84A" w:rsidR="008906D3" w:rsidRDefault="008906D3" w:rsidP="008906D3">
+      <w:pPr>
+        <w:pStyle w:val="Prvnodstavecprce"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008906D3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Kniha dostupná </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>také</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008906D3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> v digitální podobě</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34FB8CB2" w14:textId="421FD06D" w:rsidR="008906D3" w:rsidRDefault="008906D3" w:rsidP="008906D3">
+      <w:pPr>
+        <w:pStyle w:val="Prvnodstavecprce"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008906D3">
+        <w:t>Digitalizovaná kniha se cituje stejně jako tištěná kniha</w:t>
+      </w:r>
+      <w:r w:rsidR="009405CA">
+        <w:t xml:space="preserve">, navíc se připojí </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008906D3">
+        <w:t>informace o přístupu k digitalizované formě knihy</w:t>
+      </w:r>
+      <w:r w:rsidR="00D25B26">
+        <w:t>, popř. informace o formátu digitalizované podoby knihy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="578A37E1" w14:textId="0F56E54F" w:rsidR="008906D3" w:rsidRPr="0082414B" w:rsidRDefault="008906D3" w:rsidP="008906D3">
+      <w:pPr>
+        <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B74A0C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">SUTHERLAND, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B74A0C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Rory</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B74A0C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B74A0C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Alchymie: kouzlo značky a podivuhodná věda úspěchu marketingových nápadů, které nedávají smysl.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B74A0C">
+        <w:t xml:space="preserve"> Žádná velká věda. Brno: Jan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B74A0C">
+        <w:t>Melvil</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B74A0C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B74A0C">
+        <w:t>Publishing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B74A0C">
+        <w:t xml:space="preserve">, 2021. ISBN 978-80-7555-134-4. Dostupné také z: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId61" w:history="1">
+        <w:r w:rsidRPr="00D07E9D">
+          <w:rPr>
+            <w:rStyle w:val="Hypertextovodkaz"/>
+          </w:rPr>
+          <w:t>https://www.bookport.cz/kniha/alchymie-7868/</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00B74A0C">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B74A0C">
+        <w:t>ePub</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B74A0C">
+        <w:t xml:space="preserve"> formát.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3492133B" w14:textId="77777777" w:rsidR="007C6C60" w:rsidRDefault="007C6C60" w:rsidP="007C6C60">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55049363" w14:textId="5724A9C7" w:rsidR="007C6C60" w:rsidRPr="007C6C60" w:rsidRDefault="007C6C60" w:rsidP="007C6C60">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C6C60">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nesamostatná část knihy (např. kapitola)</w:t>
@@ -24369,90 +27613,182 @@
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E152E9">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Samostatná část knihy (kapitola, jejíž autor je odlišný od autora celé knihy)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14EC9E5C" w14:textId="2CD9EDA6" w:rsidR="007C6C60" w:rsidRDefault="007C6C60" w:rsidP="007C6C60">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="007C6C60">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>SIMONE, Michele De a VAIRA, Marco.</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Hyperthermic Isolated Limb Prefusion. In: BARONZIO, Gian Franco a HAGER, Erich Dieter. </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Hyperthermic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Isolated</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Limb </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Prefusion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. In: BARONZIO, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Gian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Franco a HAGER, Erich Dieter. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003623EB">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Hyperthermia in Cancer Treatment: A</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Hyperthermia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003623EB">
         <w:rPr>
           <w:i/>
         </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003623EB">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Cancer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003623EB">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003623EB">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Treatment</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003623EB">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>: A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003623EB">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Primer.</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> Georgetown, Texas: Landes Bioscience/Eurekah.Com, 2006, s. 208–217. ISBN </w:t>
+        <w:t>Primer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003623EB">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Georgetown, Texas: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Landes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Bioscience</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">/Eurekah.Com, 2006, s. 208–217. ISBN </w:t>
       </w:r>
       <w:r w:rsidR="0025626B">
         <w:br/>
       </w:r>
       <w:r>
         <w:t>0-387-33440-8.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DEC9EB8" w14:textId="77777777" w:rsidR="007C6C60" w:rsidRDefault="007C6C60" w:rsidP="007C6C60">
+    <w:p w14:paraId="5DEC9EB8" w14:textId="5ED6CAE9" w:rsidR="007C6C60" w:rsidRDefault="007C6C60" w:rsidP="007C6C60">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5483EF7C" w14:textId="4C93D203" w:rsidR="007C6C60" w:rsidRPr="007C6C60" w:rsidRDefault="007C6C60" w:rsidP="007C6C60">
+    <w:p w14:paraId="5483EF7C" w14:textId="1B8C9B22" w:rsidR="007C6C60" w:rsidRPr="007C6C60" w:rsidRDefault="007C6C60" w:rsidP="007C6C60">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C6C60">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Příspěvek ve sborníku</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64874D7F" w14:textId="5C923730" w:rsidR="007C6C60" w:rsidRDefault="007C6C60" w:rsidP="007C6C60">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="007C6C60">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>LUŠTICKÝ, Martin a KRBOVÁ, Jana.</w:t>
@@ -24460,103 +27796,134 @@
       <w:r>
         <w:t xml:space="preserve"> Vazby programových dokumentů. In: </w:t>
       </w:r>
       <w:r w:rsidRPr="003623EB">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Recenzovaný sborník abstraktů z Mezinárodní Baťovy konference pro d</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>oktorandy a mladé vědecké pra</w:t>
       </w:r>
       <w:r w:rsidRPr="003623EB">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>covníky 2008.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Zlín: Univerzita Tomáše Bati ve Zlíně, Fakulta managementu a ekonomiky, 2008, s. 431. ISBN 978-80-7318-663-0.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E31C85F" w14:textId="77777777" w:rsidR="007C6C60" w:rsidRDefault="007C6C60" w:rsidP="007C6C60">
+    <w:p w14:paraId="0B790EF7" w14:textId="77777777" w:rsidR="00B74A0C" w:rsidRPr="00B74A0C" w:rsidRDefault="00B74A0C" w:rsidP="00B74A0C">
+      <w:pPr>
+        <w:pStyle w:val="Dalodstavceprce"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35B4FF18" w14:textId="06EA9911" w:rsidR="007C6C60" w:rsidRPr="007C6C60" w:rsidRDefault="007C6C60" w:rsidP="007C6C60">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="007C6C60">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Článek v periodiku</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BAAFC27" w14:textId="77777777" w:rsidR="007C6C60" w:rsidRDefault="007C6C60" w:rsidP="007C6C60">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="007C6C60">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>GIBSON, Robert.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001D7C32">
-        <w:t>Choosing your message.</w:t>
+        <w:t>Choosing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001D7C32">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001D7C32">
+        <w:t>your</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001D7C32">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001D7C32">
+        <w:t>message</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001D7C32">
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="003623EB">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001D7C32">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Business Spotlight.</w:t>
+        <w:t xml:space="preserve">Business </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001D7C32">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Spotlight</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001D7C32">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 2012, vol. IX, no. 6, s. 24-29. ISSN 1214-8377.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="712A1D9C" w14:textId="77777777" w:rsidR="007C6C60" w:rsidRDefault="007C6C60" w:rsidP="007C6C60">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="007C6C60">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>KOŇÁK, Tomáš.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Protidrogová politika a praxe ve VS ČR. </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE217C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>České vězeňství: čtvrtletník pro vězeňství a kriminální prevenci.</w:t>
@@ -24579,58 +27946,176 @@
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C6C60">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Závěrečná práce</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="042E0A88" w14:textId="77777777" w:rsidR="007C6C60" w:rsidRDefault="007C6C60" w:rsidP="007C6C60">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="007C6C60">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>DVOŘÁK, Jan.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D64BE4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D64BE4">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Power line communication network layer protocol architecture and optimization.</w:t>
-      </w:r>
+        <w:t>Power</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D64BE4">
-        <w:t xml:space="preserve"> Disertační práce. Praha: Czech Technical University in Prague, Faculty of Electrical Engineering, 2014.</w:t>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> line </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D64BE4">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>communication</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D64BE4">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> network </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D64BE4">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>layer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D64BE4">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D64BE4">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>protocol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D64BE4">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D64BE4">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>architecture</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D64BE4">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D64BE4">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>optimization</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D64BE4">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D64BE4">
+        <w:t xml:space="preserve"> Disertační práce. Praha: Czech </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D64BE4">
+        <w:t>Technical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D64BE4">
+        <w:t xml:space="preserve"> University in Prague, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D64BE4">
+        <w:t>Faculty</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D64BE4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D64BE4">
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D64BE4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D64BE4">
+        <w:t>Electrical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D64BE4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D64BE4">
+        <w:t>Engineering</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D64BE4">
+        <w:t>, 2014.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29643CE8" w14:textId="5DC2E089" w:rsidR="00DB3531" w:rsidRDefault="00DB3531" w:rsidP="00DB3531">
       <w:pPr>
         <w:pStyle w:val="Nadpis4"/>
       </w:pPr>
       <w:r>
         <w:t>Elektronické dokumenty</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="482FD161" w14:textId="528E5FEC" w:rsidR="00DB3531" w:rsidRDefault="00DB3531" w:rsidP="00DB3531">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>U citací elektronických typů dokumentů jsou jejich nedílnou součástí následující informace:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D805D1D" w14:textId="1F46FECB" w:rsidR="00DB3531" w:rsidRDefault="00DB3531" w:rsidP="00DB3531">
@@ -24653,158 +28138,237 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve">informační zdroj otevřen) </w:t>
       </w:r>
       <w:r w:rsidR="00DB3531">
         <w:t>ve tvaru [cit. RRRR-MM-DD],</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B7CA374" w14:textId="20BA8A3D" w:rsidR="007C6C60" w:rsidRDefault="00DB3531" w:rsidP="00DB3531">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t>dostupnost a přístup, např. Dostupné z: …, Dostupné také z: …</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AC704F5" w14:textId="77777777" w:rsidR="00D503FE" w:rsidRDefault="00D503FE" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="6F627A8C" w14:textId="77777777" w:rsidR="008B326B" w:rsidRPr="008B326B" w:rsidRDefault="008B326B" w:rsidP="008B326B">
+      <w:pPr>
+        <w:pStyle w:val="Dalodstavceprce"/>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="4D9FA17E" w14:textId="4EE0A281" w:rsidR="001F5316" w:rsidRPr="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F5316">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Elektronická kniha</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00032D61" w14:textId="0E385D84" w:rsidR="001F5316" w:rsidRPr="0082414B" w:rsidRDefault="001F5316" w:rsidP="001F5316">
+    <w:p w14:paraId="00032D61" w14:textId="26906A54" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F5316">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>LOVERA, Marco.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0082414B">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Control-oriented modelling and identification: theory and</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Control-oriented</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0082414B">
         <w:rPr>
           <w:i/>
         </w:rPr>
+        <w:t xml:space="preserve"> modelling and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0082414B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>identification</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0082414B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0082414B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>theory</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0082414B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0082414B">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>practice</w:t>
       </w:r>
-      <w:r>
-        <w:t xml:space="preserve">. Online. London: Institution of Engineering and Technology, 2015. ISBN </w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. Online. London: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Institution</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Engineering</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and Technology, 2015. ISBN </w:t>
       </w:r>
       <w:r w:rsidRPr="008A0C7F">
         <w:t>978-1-84919-614-7</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">. Dostupné z: Knovel, </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId60" w:history="1">
+        <w:t xml:space="preserve">. Dostupné z: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Knovel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId62" w:history="1">
         <w:r w:rsidR="00C35E7F" w:rsidRPr="00E04B01">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://app.knovel.com/kn/resources/kpCOMITP02/toc</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t>. [paywall]. [cit. 2024-01-06].</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="14F0841C" w14:textId="72947BF1" w:rsidR="001F5316" w:rsidRPr="0082414B" w:rsidRDefault="001F5316" w:rsidP="001F5316">
+        <w:t>. [</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>paywall</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>]. [cit. 2024-01-06].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14F0841C" w14:textId="34782BEC" w:rsidR="001F5316" w:rsidRPr="0082414B" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F5316">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>KALENDA, Jan.</w:t>
       </w:r>
       <w:r w:rsidRPr="008A0C7F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0082414B">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Vratký triumf: vývoj účasti na neformálním vzdělávání dospělých v České republice v letech 1997 až 2016.</w:t>
       </w:r>
       <w:r w:rsidRPr="008A0C7F">
         <w:t xml:space="preserve"> Online. Zlín: Univerzita Tomáše Bati, 2021. ISBN </w:t>
       </w:r>
       <w:r w:rsidR="00C35E7F">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="008A0C7F">
         <w:t xml:space="preserve">978-80-7454-986-1. Dostupné z: Digitální knihovna UTB, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61" w:history="1">
+      <w:hyperlink r:id="rId63" w:history="1">
         <w:r w:rsidR="00C35E7F" w:rsidRPr="00E04B01">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://doi.org/10.7441/</w:t>
         </w:r>
         <w:r w:rsidR="00C35E7F" w:rsidRPr="00E04B01">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:br/>
           <w:t>978-80-7454-986</w:t>
         </w:r>
         <w:r w:rsidR="00C35E7F" w:rsidRPr="00E04B01">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:noBreakHyphen/>
           <w:t>1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008A0C7F">
         <w:t>.</w:t>
       </w:r>
       <w:r>
@@ -24813,941 +28377,1379 @@
       <w:r w:rsidRPr="008A0C7F">
         <w:t>[cit. 2023-08-19].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77D6B571" w14:textId="77777777" w:rsidR="00C35E7F" w:rsidRDefault="00C35E7F" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A08DD8B" w14:textId="48B23637" w:rsidR="001F5316" w:rsidRPr="00C35E7F" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C35E7F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Příspěvek v elektronickém sborníku</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71280E13" w14:textId="77777777" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
+    <w:p w14:paraId="71280E13" w14:textId="31A5659B" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
-        <w:t>Obdobně se bude citovat kapitola z monografie, jejíž autor je odlišný od autora celé monografie.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="28B0D8B4" w14:textId="1C744ABF" w:rsidR="001F5316" w:rsidRPr="008A0C7F" w:rsidRDefault="001F5316" w:rsidP="001F5316">
+        <w:t xml:space="preserve">Obdobně se bude citovat kapitola z monografie, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B74A0C">
+        <w:t xml:space="preserve">kdy je </w:t>
+      </w:r>
+      <w:r>
+        <w:t>autor odlišný od autora celé monografie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28B0D8B4" w14:textId="22991AB3" w:rsidR="001F5316" w:rsidRPr="008A0C7F" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="00C35E7F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">SOUSEDÍKOVÁ, Lucie; ADÁMEK, Milan a HROMADA, Martin. </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008A0C7F">
-        <w:t>Analysis of</w:t>
-      </w:r>
+        <w:t>Analysis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A0C7F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A0C7F">
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008A0C7F">
-        <w:t xml:space="preserve">Polygraph Procedure and Data. Online. In: </w:t>
-      </w:r>
+        <w:t>Polygraph</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008A0C7F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A0C7F">
+        <w:t>Procedure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A0C7F">
+        <w:t xml:space="preserve"> and Data. Online. In: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A0C7F">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>26th International Conference on</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">26th International </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A0C7F">
         <w:rPr>
           <w:i/>
         </w:rPr>
+        <w:t>Conference</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A0C7F">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008A0C7F">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Circuits, Systems, Communications and Computers (CSCC).</w:t>
-      </w:r>
+        <w:t>Circuits</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008A0C7F">
-        <w:t xml:space="preserve"> Crete, 19-22 July 2022. Crete: IEEE, 2022. Dostupné z: </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId62" w:history="1">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Systems, Communications and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A0C7F">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Computers</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A0C7F">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (CSCC).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A0C7F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A0C7F">
+        <w:t>Crete</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A0C7F">
+        <w:t xml:space="preserve">, 19-22 July 2022. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A0C7F">
+        <w:t>Crete</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A0C7F">
+        <w:t xml:space="preserve">: IEEE, 2022. Dostupné z: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId64" w:history="1">
         <w:r w:rsidR="00C35E7F" w:rsidRPr="00E04B01">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://doi.org/10.1109/CSCC55931.2022.00009</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008A0C7F">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008A0C7F">
         <w:t>[cit. 2023-03-14].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A2AA2A5" w14:textId="77777777" w:rsidR="00C35E7F" w:rsidRDefault="00C35E7F" w:rsidP="001F5316">
+    <w:p w14:paraId="40707504" w14:textId="77777777" w:rsidR="008906D3" w:rsidRDefault="008906D3" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="23763727" w14:textId="7FDCFF88" w:rsidR="001F5316" w:rsidRPr="00C35E7F" w:rsidRDefault="001F5316" w:rsidP="001F5316">
+    <w:p w14:paraId="23763727" w14:textId="3EBF0004" w:rsidR="001F5316" w:rsidRPr="00C35E7F" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C35E7F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Elektronický dokument (šedá literatura, která nebyla publikovaná a nemá ISBN: firemní literatura, výroční zprávy, návody, příručky atd.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="092E8AC5" w14:textId="07C2009E" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
+    <w:p w14:paraId="092E8AC5" w14:textId="6EC18A4B" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="00C35E7F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>UNIVERZITA TOMÁŠE BATI VE ZLÍNĚ.</w:t>
       </w:r>
       <w:r w:rsidRPr="009272D2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009272D2">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Výroční zpráva o činnosti UTB za rok 2022.</w:t>
       </w:r>
       <w:r w:rsidRPr="009272D2">
         <w:t xml:space="preserve"> Online. 2022. Dostupné z: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63" w:history="1">
+      <w:hyperlink r:id="rId65" w:history="1">
         <w:r w:rsidR="00FA1FA8" w:rsidRPr="00E04B01">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://utb.cz/mdocs-posts/vyrocni-zprava-o-cinnosti-utb-za-rok</w:t>
         </w:r>
         <w:r w:rsidR="00FA1FA8" w:rsidRPr="00E04B01">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:noBreakHyphen/>
           <w:t>2022/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009272D2">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009272D2">
         <w:t>[cit. 2023-05-20].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="598E5280" w14:textId="30EE4C6B" w:rsidR="001F5316" w:rsidRPr="009272D2" w:rsidRDefault="001F5316" w:rsidP="001F5316">
+    <w:p w14:paraId="598E5280" w14:textId="586D4C25" w:rsidR="001F5316" w:rsidRPr="009272D2" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="00C35E7F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>MATYÁŠTÍKOVÁ, Kateřina a HRABINOVÁ, Světlana.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009272D2">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Metodický materiál pro</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="009272D2">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>vedoucí závěrečných prací na UTB ve Zlíně.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Online, prezentace. 2023. Dostupné z: Knihovna UTB, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64" w:history="1">
+      <w:hyperlink r:id="rId66" w:history="1">
         <w:r w:rsidRPr="00B07B4F">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://knihovna.utb.cz/wp-content/uploads/2023/11/metodicky-material-diplomovy-seminar-2023.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>. [cit. 2023-12-17].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11BE6E0D" w14:textId="77777777" w:rsidR="000A605F" w:rsidRDefault="000A605F" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43FFD569" w14:textId="6C86FDAB" w:rsidR="001F5316" w:rsidRPr="000A605F" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A605F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Článek v elektronickém periodiku</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48AAFFFA" w14:textId="46BEF376" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
+    <w:p w14:paraId="48AAFFFA" w14:textId="00070971" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="000A605F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>DURPEKOVA, Silvie; DI MARTINO, Antonio; DUSANKOVA, Miroslava; DROHSLER, Petra a SEDLARIK, Vladimir.</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Biopolymer Hydrogel Based on Acid Whey and Cellulose Derivatives for Enhancement Water Retention Capacity of Soil and Slow Release of Fertilizers. Online. </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> Biopolymer </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Hydrogel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Based</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> on Acid </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Whey</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Cellulose</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Derivatives</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Enhancement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Water</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Retention</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Capacity</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Soil</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Slow</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Release</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Fertilizers</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. Online. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009272D2">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">Polymers. </w:t>
+        <w:t>Polymers</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009272D2">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2021, vol. 13, no. 19. ISSN 2073-4360. Dostupné z: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65" w:history="1">
+      <w:hyperlink r:id="rId67" w:history="1">
         <w:r w:rsidRPr="00B07B4F">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://doi.org/10.3390/polym13193274</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>. [cit. 2023-10-16].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="632AE3B3" w14:textId="4D47E102" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
+    <w:p w14:paraId="632AE3B3" w14:textId="4A4CAA02" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="000A605F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>EHLER, Edvard; NAKLÁDALOVÁ, Marie; HEŘMAN, Miroslav a URBAN, Pavel.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Onemocnění bederní páteře – nová neurologická nemoc z povolání. Online. </w:t>
       </w:r>
       <w:r w:rsidRPr="009272D2">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Česká a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="009272D2">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">slovenská neurologie a neurochirurgie. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2022, roč. 85/118, č. 5, s. 351-362. Dostupné z: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66" w:history="1">
+      <w:hyperlink r:id="rId68" w:history="1">
         <w:r w:rsidRPr="00B07B4F">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://doi.org/10.48095/cccsnn2022351</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>. [cit. 2023-03-14].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D66D126" w14:textId="77777777" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7F6E279C" w14:textId="7209CF69" w:rsidR="001F5316" w:rsidRPr="00735EDC" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00735EDC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Webové sídlo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FF286DB" w14:textId="7E8A7552" w:rsidR="001F5316" w:rsidRPr="009272D2" w:rsidRDefault="001F5316" w:rsidP="001F5316">
+    <w:p w14:paraId="3FF286DB" w14:textId="28019732" w:rsidR="001F5316" w:rsidRPr="009272D2" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="00735EDC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>RADA PRO VÝZKUM, VÝVOJ A INOVACE.</w:t>
       </w:r>
       <w:r w:rsidRPr="009272D2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009272D2">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Výzkum a vývoj v České republice.</w:t>
       </w:r>
       <w:r w:rsidRPr="009272D2">
         <w:t xml:space="preserve"> Online. ©2015. Dostupné z: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67" w:history="1">
+      <w:hyperlink r:id="rId69" w:history="1">
         <w:r w:rsidRPr="00B07B4F">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>http://www.vyzkum.cz</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009272D2">
         <w:t>. [cit. 2023-08-19].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="266F84F8" w14:textId="77777777" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="562C4AB6" w14:textId="6BFEBB97" w:rsidR="001F5316" w:rsidRPr="00735EDC" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00735EDC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Webová stránka (nesamostatná část webového sídla)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C3B0912" w14:textId="77777777" w:rsidR="001F5316" w:rsidRPr="009272D2" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r w:rsidRPr="009272D2">
         <w:t>Pokud je autor webové stránky shodný s názvem celého webu, tak se uvádí pouze autor a</w:t>
       </w:r>
       <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="009272D2">
         <w:t>název sídla (celku) se vynechá.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FD7F963" w14:textId="11D96967" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
+    <w:p w14:paraId="7FD7F963" w14:textId="318129F9" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="00735EDC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">KNIHOVNA UNIVERZITY TOMÁŠE BATI VE ZLÍNĚ. </w:t>
       </w:r>
       <w:r w:rsidRPr="009272D2">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Najdete u nás.</w:t>
       </w:r>
       <w:r w:rsidRPr="009272D2">
         <w:t xml:space="preserve"> Online. ©2023. Dostupné z: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68" w:history="1">
+      <w:hyperlink r:id="rId70" w:history="1">
         <w:r w:rsidRPr="00B07B4F">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://knihovna.utb.cz/najdete-u-nas/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009272D2">
         <w:t>. [cit. 2023-08-19].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B8742ED" w14:textId="4E6A9333" w:rsidR="001F5316" w:rsidRPr="00735EDC" w:rsidRDefault="001F5316" w:rsidP="001F5316">
+    <w:p w14:paraId="3AA09D4A" w14:textId="77777777" w:rsidR="008906D3" w:rsidRDefault="008906D3" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B8742ED" w14:textId="5BD5F83A" w:rsidR="001F5316" w:rsidRPr="00735EDC" w:rsidRDefault="001F5316" w:rsidP="001F5316">
+      <w:pPr>
+        <w:pStyle w:val="Prvnodstavecprce"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00735EDC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Příspěvek do webového sídla </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F1F5098" w14:textId="77777777" w:rsidR="001F5316" w:rsidRPr="009272D2" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:t>Využívá se u citací např. příspěvku na blogu, aktuality na webovém portálu, hesla z encyklopedie, obrázku, tabulky, grafů atd.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F63B088" w14:textId="7D449E07" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
+    <w:p w14:paraId="5F63B088" w14:textId="3D3BFF4D" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="00735EDC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>DUPALOVÁ, Zuzana.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009272D2">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Biochemik Jan Konvalinka převzal cenu předsedkyně RVVI za popularizaci.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Online. In: </w:t>
       </w:r>
       <w:r w:rsidRPr="009272D2">
         <w:t>Akademie věd České republiky.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 8. 12. 2023. Dostupné z: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69" w:history="1">
+      <w:hyperlink r:id="rId71" w:history="1">
         <w:r w:rsidRPr="00B07B4F">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://www.avcr.cz/cs/o-nas/aktuality/Biochemik-Jan-Konvalinka-prevzal-cenu-predsedkyne-RVVI-za-popularizaci/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>. [cit. 2023-12-19].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E783F08" w14:textId="673661BA" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
+    <w:p w14:paraId="0E783F08" w14:textId="32B923FE" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="00735EDC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>STRŽÍNKOVÁ, Sabina.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009272D2">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Židle Tammi.</w:t>
-[...4 lines deleted...]
-      <w:hyperlink r:id="rId70" w:history="1">
+        <w:t xml:space="preserve">Židle </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009272D2">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Tammi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009272D2">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Online, obrázek. In: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Showcase</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> FMK UTB. 2022-02-13. Dostupné z: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId72" w:history="1">
         <w:r w:rsidRPr="00B07B4F">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://showcase.fmk.utb.cz/prumyslovy-design/zidle-tammi/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>. [cit. 2023-12-19].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3616BF6B" w14:textId="134B04B5" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
+    <w:p w14:paraId="3616BF6B" w14:textId="2A576905" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="00735EDC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">STATISTA. </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00652405">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Number of Spotify premium subscribers worldwide from 1st quarter 2015 to 3rd quarter of 2023 (in millions).</w:t>
-[...4 lines deleted...]
-      <w:hyperlink r:id="rId71" w:history="1">
+        <w:t>Number</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00652405">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00652405">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00652405">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Spotify </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00652405">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>premium</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00652405">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00652405">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>subscribers</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00652405">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00652405">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>worldwide</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00652405">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00652405">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>from</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00652405">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1st </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00652405">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>quarter</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00652405">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2015 to 3rd </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00652405">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>quarter</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00652405">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00652405">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00652405">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2023 (in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00652405">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>millions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00652405">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Online, graf. In: Statista. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>October</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 2023. Dostupné z: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId73" w:history="1">
         <w:r w:rsidRPr="00B07B4F">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://www.statista.com/statistics/244995/number-of-paying-spotify-subscribers/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00FA1FA8">
         <w:br/>
       </w:r>
       <w:r>
         <w:t>[cit. 2023-12-19].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0292410C" w14:textId="77777777" w:rsidR="001F5316" w:rsidRPr="00652405" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="21BA377A" w14:textId="77777777" w:rsidR="001F5316" w:rsidRPr="00FA1FA8" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA1FA8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Sociální média a služby</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FEF015B" w14:textId="662F4ECD" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
+    <w:p w14:paraId="7FEF015B" w14:textId="0F07A655" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="00FA1FA8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>KOVÁŘ, Karel [@Kovy].</w:t>
       </w:r>
       <w:r w:rsidRPr="003D0ABF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D0ABF">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Radikální algoritmy. </w:t>
       </w:r>
       <w:r w:rsidRPr="003D0ABF">
         <w:t xml:space="preserve">Online, video. 20. 3. 2022. Dostupné z: YouTube, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72" w:history="1">
+      <w:hyperlink r:id="rId74" w:history="1">
         <w:r w:rsidRPr="00B07B4F">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://www.youtube.com/watch?v=IARByMNIpsw</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003D0ABF">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D0ABF">
         <w:t>[cit. 2023-03-15].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F140F8D" w14:textId="4EAE9011" w:rsidR="001F5316" w:rsidRPr="003D0ABF" w:rsidRDefault="001F5316" w:rsidP="001F5316">
+    <w:p w14:paraId="0F140F8D" w14:textId="06147FE8" w:rsidR="001F5316" w:rsidRPr="003D0ABF" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="00FA1FA8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>KNIHOVNA UNIVERZITY TOMÁŠE BATI VE ZLÍNĚ [@knihovnautb].</w:t>
       </w:r>
       <w:r w:rsidRPr="003D0ABF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D0ABF">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Dopisujete diplomku nebo seminárku na poslední chvíli a hodil by se vám ještě nějaký ten zahraniční zdroj? ... </w:t>
       </w:r>
       <w:r w:rsidRPr="003D0ABF">
         <w:t xml:space="preserve">Online, příspěvek. 2023-04-26. Dostupné z: Facebook, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73" w:history="1">
+      <w:hyperlink r:id="rId75" w:history="1">
         <w:r w:rsidRPr="00B07B4F">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://www.facebook.com/photo/?fbid=623621036471432&amp;set=a.5597</w:t>
         </w:r>
         <w:r w:rsidRPr="00B07B4F">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:br/>
           <w:t>87202854816</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003D0ABF">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D0ABF">
         <w:t>[cit 2023-09-15].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FEECFAC" w14:textId="77777777" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FA541B5" w14:textId="0884F670" w:rsidR="001F5316" w:rsidRPr="00FA1FA8" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA1FA8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Závěrečná práce v elektronické podobě</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51D67A0B" w14:textId="4F67F1CA" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
+    <w:p w14:paraId="51D67A0B" w14:textId="31908345" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="00FA1FA8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>KOUTNÝ, Lukáš.</w:t>
       </w:r>
       <w:r w:rsidRPr="003D0ABF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D0ABF">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Portfolio FMK jako digitální platforma pro zlepšení komunikace mezi studenty designových oborů.</w:t>
       </w:r>
       <w:r w:rsidRPr="003D0ABF">
         <w:t xml:space="preserve"> Online, diplomová práce. Zlín: Univerzita Tomáše Bati ve Zlíně, Fakulta multimediálních komunikací, 2020. Dostupné z: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74" w:history="1">
+      <w:hyperlink r:id="rId76" w:history="1">
         <w:r w:rsidR="00FA1FA8" w:rsidRPr="00E04B01">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>http://hdl.handle.net/10563/49227</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003D0ABF">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FA1FA8">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="003D0ABF">
         <w:t>[cit. 2023-10-16].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="148E84E6" w14:textId="3906A74C" w:rsidR="00BB3C38" w:rsidRDefault="009E1FBF" w:rsidP="009E1FBF">
       <w:pPr>
         <w:pStyle w:val="Nadpis4"/>
       </w:pPr>
       <w:r>
         <w:t>Citování výstupů nástrojů umělé inteligence (AI)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A36042B" w14:textId="45F3EC18" w:rsidR="009E1FBF" w:rsidRPr="009E1FBF" w:rsidRDefault="009E1FBF" w:rsidP="009E1FBF">
+    <w:p w14:paraId="7A36042B" w14:textId="37EA8EFE" w:rsidR="009E1FBF" w:rsidRPr="009E1FBF" w:rsidRDefault="009E1FBF" w:rsidP="009E1FBF">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r w:rsidRPr="009E1FBF">
         <w:t xml:space="preserve">Při používání a citování nástrojů AI v českém prostředí by měla mít každá osoba na paměti zákon č. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75" w:history="1">
+      <w:hyperlink r:id="rId77" w:history="1">
         <w:r w:rsidRPr="009E1FBF">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:bCs/>
           </w:rPr>
           <w:t>121/200</w:t>
         </w:r>
         <w:r w:rsidR="00AB7235">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:bCs/>
           </w:rPr>
           <w:t>0</w:t>
         </w:r>
         <w:r w:rsidRPr="009E1FBF">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:bCs/>
           </w:rPr>
           <w:t xml:space="preserve"> Sb.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E1FBF">
         <w:t xml:space="preserve"> (autorský zákon), a to především § 5, který ve vztahu k autorství říká, že „autorem je fyzická osoba, která dílo vytvořila.“ Nástroj AI tedy není autorem informace, autorství díla je vyhrazeno fyzické osobě, tedy autorům práce, nebo skupině fyzických osob. Zároveň je důležité neopomenout, že zahrnutí výstupů vytvořených nástroji AI (především založených na generativním modelu) do závěrečné práce nezbavuje autora odpovědnosti za odevzdané dílo. Při práci s nástroji AI a využívání jejich výstupů doporučujeme:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="054ADF75" w14:textId="77777777" w:rsidR="009E1FBF" w:rsidRPr="009E1FBF" w:rsidRDefault="009E1FBF" w:rsidP="009E1FBF">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r w:rsidRPr="009E1FBF">
+        <w:lastRenderedPageBreak/>
         <w:t>citovat a deklarovat využití nástrojů AI vždy, když nástroj AI přímo ovlivňuje obsahovou stránku práce, tj. jedná se o přímou citaci, parafrázi nebo do své práce zahrnujeme jakýkoli obsah (text, obraz, data atd.), který byl nástrojem AI vytvořen,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="246B4C78" w14:textId="19BDBF48" w:rsidR="009E1FBF" w:rsidRPr="009E1FBF" w:rsidRDefault="009E1FBF" w:rsidP="009E1FBF">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r w:rsidRPr="009E1FBF">
-        <w:lastRenderedPageBreak/>
         <w:t>jasně a transparentně deklarovat, jaké nástroje se v práci využívají, v jakém rozsahu a</w:t>
       </w:r>
       <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="009E1FBF">
         <w:t xml:space="preserve">jaký k tomu byl důvod (pokud je nástroj AI využit pouze k formálním úpravám práce, není nutné využití takového nástroje uvádět), </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43615D94" w14:textId="77777777" w:rsidR="009E1FBF" w:rsidRPr="009E1FBF" w:rsidRDefault="009E1FBF" w:rsidP="009E1FBF">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r w:rsidRPr="009E1FBF">
         <w:t>pokud to je možné, do příloh práce vložit prompty (text zadání dotazu pro aplikaci generativní AI) nebo jejich shrnutí,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="094FC345" w14:textId="77777777" w:rsidR="009E1FBF" w:rsidRPr="009E1FBF" w:rsidRDefault="009E1FBF" w:rsidP="009E1FBF">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r w:rsidRPr="009E1FBF">
         <w:t>důsledně ověřovat původní zdroje, na které AI nástroje odkazují (v souvislosti s tímto zdůrazňujeme, že informace získané prostřednictvím nástrojů AI by neměly nahrazovat informace dostupné v původních zdrojích, s jejich vyhledáváním ale mohou dobře pomáhat).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5402F300" w14:textId="7588E3F9" w:rsidR="009E1FBF" w:rsidRDefault="00E9304F" w:rsidP="00311686">
+    <w:p w14:paraId="5402F300" w14:textId="109EDAF3" w:rsidR="009E1FBF" w:rsidRDefault="00E9304F" w:rsidP="00311686">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:t>Upozorňujeme, že využívání nástrojů AI je možné na základě konzultace s vedoucím práce a v rámci pravidel na daném ústavu. Při využívání AI je nutné se</w:t>
       </w:r>
       <w:r w:rsidR="00311686">
         <w:t xml:space="preserve"> řídit aktuální směrnic</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> rektora </w:t>
       </w:r>
       <w:r w:rsidRPr="00E9304F">
         <w:t>Pravidla pro zadávání a zpracování bakalářských, diplomových a rigorózních prací, jejich uložení, zpřístupnění veřejnosti a kontrola původnosti</w:t>
       </w:r>
       <w:r>
         <w:t>, př</w:t>
       </w:r>
       <w:r w:rsidR="00311686">
         <w:t>ípadně vnitřní normou součásti. Zásady</w:t>
       </w:r>
       <w:r w:rsidR="009E1FBF" w:rsidRPr="009E1FBF">
         <w:t xml:space="preserve"> a doporučení pro práci s AI či příklady citování výstupů získaných pomocí umělé inteligence, je možné najít v dokumentu </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76" w:history="1">
+      <w:hyperlink r:id="rId78" w:history="1">
         <w:r w:rsidR="009E1FBF" w:rsidRPr="009E1FBF">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>Doporučení k využívání nástrojů umělé inteligence AI na UTB ve Zlíně</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="009E1FBF" w:rsidRPr="009E1FBF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B265C4D" w14:textId="77777777" w:rsidR="009E1FBF" w:rsidRDefault="009E1FBF" w:rsidP="009E1FBF">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3CEEA068" w14:textId="0B5A63F8" w:rsidR="009E1FBF" w:rsidRPr="009E1FBF" w:rsidRDefault="009E1FBF" w:rsidP="009E1FBF">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E1FBF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Citace dotazu pro nástroj generativní AI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54551C0E" w14:textId="28DD160A" w:rsidR="009E1FBF" w:rsidRDefault="009E1FBF" w:rsidP="009E1FBF">
+    <w:p w14:paraId="54551C0E" w14:textId="41C65C18" w:rsidR="009E1FBF" w:rsidRDefault="009E1FBF" w:rsidP="009E1FBF">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="009E1FBF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>NOVÁK, Jan.</w:t>
       </w:r>
       <w:r w:rsidRPr="009E1FBF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009E1FBF">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>[Kdy citovat chatGPT?]</w:t>
-      </w:r>
+        <w:t xml:space="preserve">[Kdy citovat </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009E1FBF">
-        <w:t xml:space="preserve">. Online. In: ChatGPT. February 13 Version, 18. 3. 2024. Dostupné z: OpenAI, </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId77" w:history="1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>chatGPT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E1FBF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>?]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E1FBF">
+        <w:t xml:space="preserve">. Online. In: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E1FBF">
+        <w:t>ChatGPT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E1FBF">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E1FBF">
+        <w:t>February</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E1FBF">
+        <w:t xml:space="preserve"> 13 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E1FBF">
+        <w:t>Version</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E1FBF">
+        <w:t xml:space="preserve">, 18. 3. 2024. Dostupné z: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E1FBF">
+        <w:t>OpenAI</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E1FBF">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId79" w:history="1">
         <w:r w:rsidRPr="009E1FBF">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:bCs/>
           </w:rPr>
           <w:t>https://chat.openai.com/share/59bf4b4d-877e-4af8-b442-bbc3e5656d7c</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E1FBF">
         <w:t>. [cit. 2024-03-18].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="780EDF79" w14:textId="415BE72F" w:rsidR="009E1FBF" w:rsidRDefault="009E1FBF" w:rsidP="009E1FBF">
       <w:pPr>
         <w:pStyle w:val="Nadpis4"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Legislativní dokumenty (zákony, vyhlášky)</w:t>
       </w:r>
@@ -25798,124 +29800,124 @@
     </w:p>
     <w:p w14:paraId="2D7C9D01" w14:textId="77777777" w:rsidR="009E1FBF" w:rsidRPr="009E1FBF" w:rsidRDefault="009E1FBF" w:rsidP="009E1FBF">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="009E1FBF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ČESKO.</w:t>
       </w:r>
       <w:r w:rsidRPr="009E1FBF">
         <w:t xml:space="preserve"> Zákon č. 257/2016 Sb. o spotřebitelském úvěru. In: </w:t>
       </w:r>
       <w:r w:rsidRPr="009E1FBF">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Sbírka zákonů ČR, </w:t>
       </w:r>
       <w:r w:rsidRPr="009E1FBF">
         <w:t>ročník 2016, částka 100, s. 3794–3876. ISSN 1211-1244.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75337E18" w14:textId="44B0E48F" w:rsidR="009E1FBF" w:rsidRPr="00D503FE" w:rsidRDefault="009E1FBF" w:rsidP="00D503FE">
+    <w:p w14:paraId="75337E18" w14:textId="1A8CB2D1" w:rsidR="009E1FBF" w:rsidRPr="00D503FE" w:rsidRDefault="009E1FBF" w:rsidP="00D503FE">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E1FBF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ČESKO.</w:t>
       </w:r>
       <w:r w:rsidRPr="009E1FBF">
         <w:t xml:space="preserve"> Zákon č. 111 ze dne 22. dubna 1998, o vysokých školách a o změně a doplnění dalších zákonů (zákon o vysokých školách). Online. In: </w:t>
       </w:r>
       <w:r w:rsidRPr="009E1FBF">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Zákony pro lidi.</w:t>
       </w:r>
       <w:r w:rsidRPr="009E1FBF">
         <w:t xml:space="preserve"> 2010-2023. Dostupné z: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78" w:history="1">
+      <w:hyperlink r:id="rId80" w:history="1">
         <w:r w:rsidRPr="009E1FBF">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://www.zakonyprolidi.cz/cs/1998-111</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E1FBF">
         <w:t xml:space="preserve">. [cit. 2023-03-14]. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71114221" w14:textId="63A35927" w:rsidR="0070043A" w:rsidRDefault="0070043A" w:rsidP="0070043A">
       <w:pPr>
         <w:pStyle w:val="Nadpis3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="96" w:name="_Toc209218776"/>
-      <w:r>
+      <w:bookmarkStart w:id="98" w:name="_Toc214909499"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Odkazy na citace v textu</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="96"/>
+      <w:bookmarkEnd w:id="98"/>
     </w:p>
     <w:p w14:paraId="01E2D3E8" w14:textId="531ABF39" w:rsidR="0070043A" w:rsidRDefault="0070043A" w:rsidP="0070043A">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070043A">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Citované části textu nebo převzaté závěry, myšlenky či grafické materiály musí vždy odkazovat na bibliografickou citaci původního dokumentu. Odkaz slouží k identifikaci dokumentu, případně jeho konkrétní části – stránky. Odkazy v textu se podle normy ČSN ISO 690:2022 uvádí v jednom ze tří možných tvarů</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73718049" w14:textId="77777777" w:rsidR="0070043A" w:rsidRDefault="0070043A" w:rsidP="0070043A">
       <w:pPr>
         <w:pStyle w:val="Nadpis4"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Harvardský systém (metoda jméno–datum)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13E03441" w14:textId="1D5A42C7" w:rsidR="00945191" w:rsidRDefault="00945191" w:rsidP="00945191">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Je důležité si uvědomit, že harvardský systém (také známý jako systém autor</w:t>
       </w:r>
       <w:r w:rsidR="00F8036B">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="00313E65">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
@@ -25974,260 +29976,419 @@
     <w:p w14:paraId="192DB922" w14:textId="77777777" w:rsidR="00801D4D" w:rsidRPr="00801D4D" w:rsidRDefault="00801D4D" w:rsidP="00801D4D">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00801D4D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Příklad odkazu v textu:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B0A9509" w14:textId="77777777" w:rsidR="00801D4D" w:rsidRDefault="00801D4D" w:rsidP="00801D4D">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r w:rsidRPr="00801D4D">
         <w:t xml:space="preserve">Na intrapersonální úrovni se komunikační výzkum soustřeďuje na zpracování informace </w:t>
       </w:r>
       <w:r w:rsidRPr="00801D4D">
         <w:rPr>
           <w:color w:val="E97132" w:themeColor="accent2"/>
         </w:rPr>
-        <w:t>(McQuail, 2002, s. 12)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:rPr>
+          <w:color w:val="E97132" w:themeColor="accent2"/>
+        </w:rPr>
+        <w:t>McQuail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:rPr>
+          <w:color w:val="E97132" w:themeColor="accent2"/>
+        </w:rPr>
+        <w:t>, 2002, s. 12)</w:t>
       </w:r>
       <w:r w:rsidRPr="00801D4D">
         <w:t xml:space="preserve">. Například Holá </w:t>
       </w:r>
       <w:r w:rsidRPr="00801D4D">
         <w:rPr>
           <w:color w:val="E97132" w:themeColor="accent2"/>
         </w:rPr>
         <w:t xml:space="preserve">(2006) </w:t>
       </w:r>
       <w:r w:rsidRPr="00801D4D">
         <w:t xml:space="preserve">tvrdí, že komunikaci lze charakterizovat jako proces sdílení určitých informací. Řečené však ještě neznamená slyšené </w:t>
       </w:r>
       <w:r w:rsidRPr="00801D4D">
         <w:rPr>
           <w:color w:val="E97132" w:themeColor="accent2"/>
         </w:rPr>
-        <w:t>(Šuleř, 2009b)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:rPr>
+          <w:color w:val="E97132" w:themeColor="accent2"/>
+        </w:rPr>
+        <w:t>Šuleř</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:rPr>
+          <w:color w:val="E97132" w:themeColor="accent2"/>
+        </w:rPr>
+        <w:t>, 2009b)</w:t>
       </w:r>
       <w:r w:rsidRPr="00801D4D">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22887375" w14:textId="707E5EDF" w:rsidR="00801D4D" w:rsidRDefault="00801D4D" w:rsidP="00801D4D">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r w:rsidRPr="00801D4D">
         <w:t xml:space="preserve">V mnoha situacích se pravomoc deleguje na odborníka: investoři dávají peníze manažerům v naději, že budou efektivně využity, voliči volí politiky, aby za ně vládli, a soudcům se důvěřuje, že správně interpretují právo a budou se držet zákona </w:t>
       </w:r>
       <w:r w:rsidRPr="00801D4D">
         <w:rPr>
           <w:color w:val="E97132" w:themeColor="accent2"/>
         </w:rPr>
-        <w:t>(Fox a Van Weelden, 2012)</w:t>
+        <w:t xml:space="preserve">(Fox a Van </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:rPr>
+          <w:color w:val="E97132" w:themeColor="accent2"/>
+        </w:rPr>
+        <w:t>Weelden</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:rPr>
+          <w:color w:val="E97132" w:themeColor="accent2"/>
+        </w:rPr>
+        <w:t>, 2012)</w:t>
       </w:r>
       <w:r w:rsidRPr="00801D4D">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44133007" w14:textId="77777777" w:rsidR="00801D4D" w:rsidRPr="00801D4D" w:rsidRDefault="00801D4D" w:rsidP="00801D4D">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="67C20E97" w14:textId="77777777" w:rsidR="00801D4D" w:rsidRPr="00801D4D" w:rsidRDefault="00801D4D" w:rsidP="00801D4D">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00801D4D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Příklad bibliografických citací v seznamu použité literatury: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AB6B4D0" w14:textId="77777777" w:rsidR="00801D4D" w:rsidRDefault="00801D4D" w:rsidP="00801D4D">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r w:rsidRPr="00801D4D">
         <w:t>Bibliografické citace jsou uspořádány v seznamu použité literatury na konci práce v abecedním pořadí podle příjmení autorů. Seznam se nečísluje. Rok vydání se u této metody neuvádí až za nakladatele, ale přímo za tvůrce, po čárce. Jako datum vydání se uvádí pouze přesnější datum, je-li známé.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59DEF756" w14:textId="77777777" w:rsidR="00801D4D" w:rsidRDefault="00801D4D" w:rsidP="00801D4D">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6232A24C" w14:textId="2F20D469" w:rsidR="00801D4D" w:rsidRPr="00801D4D" w:rsidRDefault="00801D4D" w:rsidP="00801D4D">
+    <w:p w14:paraId="6232A24C" w14:textId="086957B7" w:rsidR="00801D4D" w:rsidRPr="00801D4D" w:rsidRDefault="00801D4D" w:rsidP="00801D4D">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="00801D4D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>FOX, Justin a VAN WEELDEN, Richard</w:t>
       </w:r>
       <w:r w:rsidRPr="00801D4D">
-        <w:t xml:space="preserve">, 2012. Costly transparency. Online. </w:t>
-      </w:r>
+        <w:t xml:space="preserve">, 2012. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00801D4D">
+        <w:t>Costly</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t>transparency</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t xml:space="preserve">. Online. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00801D4D">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Journal of Public Economics.</w:t>
-      </w:r>
+        <w:t>Journal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00801D4D">
-        <w:t xml:space="preserve"> Vol. 96, issue 1-2, s. 142-150. ISSN 00472727. Dostupné z: </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId79" w:history="1">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Public </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Economics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t xml:space="preserve"> Vol. 96, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t>issue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t xml:space="preserve"> 1-2, s. 142-150. ISSN 00472727. Dostupné z: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId81" w:history="1">
         <w:r w:rsidRPr="00801D4D">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://doi.org/10.1016/j.jpubeco.2011.08.007</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00801D4D">
         <w:t>. [cit. 2023-01-01].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B892B61" w14:textId="77777777" w:rsidR="00801D4D" w:rsidRPr="00801D4D" w:rsidRDefault="00801D4D" w:rsidP="00801D4D">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="00801D4D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>HOLÁ, Jana</w:t>
       </w:r>
       <w:r w:rsidRPr="00801D4D">
         <w:t xml:space="preserve">, 2006. </w:t>
       </w:r>
       <w:r w:rsidRPr="00801D4D">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Interní komunikace ve firmě.</w:t>
       </w:r>
       <w:r w:rsidRPr="00801D4D">
-        <w:t xml:space="preserve"> Brno: Computer Press. ISBN 80-251-1250-0.</w:t>
+        <w:t xml:space="preserve"> Brno: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t>Computer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t>Press</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t>. ISBN 80-251-1250-0.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6852060C" w14:textId="77777777" w:rsidR="00801D4D" w:rsidRPr="00801D4D" w:rsidRDefault="00801D4D" w:rsidP="00801D4D">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00801D4D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>McQUAIL, Denis</w:t>
+        <w:t>McQUAIL</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>, Denis</w:t>
       </w:r>
       <w:r w:rsidRPr="00801D4D">
         <w:t xml:space="preserve">, 2002. </w:t>
       </w:r>
       <w:r w:rsidRPr="00801D4D">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Úvod do teorie masové komunikace.</w:t>
       </w:r>
       <w:r w:rsidRPr="00801D4D">
         <w:t xml:space="preserve"> 2. vyd. Praha: Portál. ISBN 80-7178-714-0.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DBEE416" w14:textId="77777777" w:rsidR="00801D4D" w:rsidRPr="00801D4D" w:rsidRDefault="00801D4D" w:rsidP="00801D4D">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="00801D4D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ŠULEŘ, Ondřich</w:t>
       </w:r>
       <w:r w:rsidRPr="00801D4D">
         <w:t xml:space="preserve">, 2009a. </w:t>
       </w:r>
       <w:r w:rsidRPr="00801D4D">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Interní komunikace ve firmě. </w:t>
       </w:r>
       <w:r w:rsidRPr="00801D4D">
-        <w:t>Brno: Computer Press. ISBN 80-251-1250-0.</w:t>
+        <w:t xml:space="preserve">Brno: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t>Computer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t>Press</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t>. ISBN 80-251-1250-0.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F40DEC9" w14:textId="77777777" w:rsidR="00801D4D" w:rsidRPr="00801D4D" w:rsidRDefault="00801D4D" w:rsidP="00801D4D">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="00801D4D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ŠULEŘ, Oldřich</w:t>
       </w:r>
       <w:r w:rsidRPr="00801D4D">
         <w:t>, 2009b</w:t>
       </w:r>
       <w:r w:rsidRPr="00801D4D">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>. 100 klíčových manažerských technik: komunikování, vedení lidí, rozhodování a organizování.</w:t>
       </w:r>
       <w:r w:rsidRPr="00801D4D">
-        <w:t xml:space="preserve"> Brno: Computer Press. ISBN 978-80-251-2173-3.</w:t>
+        <w:t xml:space="preserve"> Brno: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t>Computer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t>Press</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t>. ISBN 978-80-251-2173-3.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CEC2466" w14:textId="2EC2D09D" w:rsidR="0070043A" w:rsidRDefault="0070043A" w:rsidP="0070043A">
       <w:pPr>
         <w:pStyle w:val="Nadpis4"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Metoda číselného odkazu</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2698484F" w14:textId="34BF4CD4" w:rsidR="00945191" w:rsidRDefault="00945191" w:rsidP="00945191">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00945191">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Číslem v hranatých závorkách se v textu odkazuje na citované zdroje v pořadí, v jakém jsou citovány poprvé. V textovém editoru je možné je propojit pomocí křížových odkazů. Následné odkazy stejného citovaného zdroje obdrží stejné číslo. Pokud je nutné uvést dva či více zdrojů, uvádí se v jedné hranaté závorce a oddělují se středníkem. Lokace citace v dokumentu se píše do hranatých závorek po číslicích. U přímé citace se v hranaté závorce po čárce uvádí i konkrétní číslo strany, ze které je údaj převzatý. Rozsah stran, ze kterých autor vycházel, doporučujeme uvádět také u parafráze.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="698EBC1E" w14:textId="77777777" w:rsidR="00D503FE" w:rsidRDefault="00D503FE" w:rsidP="00801D4D">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -26371,232 +30532,326 @@
       </w:pPr>
       <w:r w:rsidRPr="00801D4D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Příklad bibliografických citací v seznamu použité literatury: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D897E0B" w14:textId="77777777" w:rsidR="00801D4D" w:rsidRDefault="00801D4D" w:rsidP="004B500B">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r w:rsidRPr="00801D4D">
         <w:t>Bibliografické citace jsou uspořádány dle výskytu v dokumentu v číslovaném seznamu na konci práce.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C0C4EE7" w14:textId="77777777" w:rsidR="009D20D7" w:rsidRPr="009D20D7" w:rsidRDefault="009D20D7" w:rsidP="000E7DA9">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeslovanseznam"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="454" w:hanging="454"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009D20D7">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>McQUAIL, Denis.</w:t>
+        <w:t>McQUAIL</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D20D7">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>, Denis.</w:t>
       </w:r>
       <w:r w:rsidRPr="009D20D7">
         <w:t xml:space="preserve"> Úvod do teorie masové komunikace. 2. vyd. Praha: Portál, 2002. ISBN 80-7178-714-0.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="612F5DB8" w14:textId="77777777" w:rsidR="009D20D7" w:rsidRDefault="004B500B" w:rsidP="000E7DA9">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeslovanseznam"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="454" w:hanging="454"/>
       </w:pPr>
       <w:r w:rsidRPr="009D20D7">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ŠULEŘ, Oldřich.</w:t>
       </w:r>
       <w:r w:rsidRPr="009D20D7">
-        <w:t xml:space="preserve"> 100 klíčových manažerských technik: komunikování, vedení lidí, rozhodování a organizování. Brno: Computer Press, 2009. ISBN 978-80-251-2173-3.</w:t>
+        <w:t xml:space="preserve"> 100 klíčových manažerských technik: komunikování, vedení lidí, rozhodování a organizování. Brno: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D20D7">
+        <w:t>Computer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D20D7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D20D7">
+        <w:t>Press</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D20D7">
+        <w:t>, 2009. ISBN 978-80-251-2173-3.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36EC21E1" w14:textId="2DA7AA2A" w:rsidR="00D503FE" w:rsidRDefault="00D503FE" w:rsidP="000E7DA9">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeslovanseznam"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="454" w:hanging="454"/>
       </w:pPr>
       <w:r w:rsidRPr="00D503FE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>HOLÁ, Jana.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D503FE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D503FE">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Interní komunikace ve firmě.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D503FE">
-        <w:t xml:space="preserve"> Brno: Computer Press</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> Brno: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D503FE">
+        <w:t>Computer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D503FE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D503FE">
+        <w:t>Press</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>, 2006</w:t>
       </w:r>
       <w:r w:rsidRPr="00D503FE">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00D503FE">
         <w:t>ISBN 80-251-1250-0.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D6A5EBB" w14:textId="1B7BD00A" w:rsidR="009D20D7" w:rsidRPr="00801D4D" w:rsidRDefault="009D20D7" w:rsidP="000E7DA9">
+    <w:p w14:paraId="2D6A5EBB" w14:textId="36495AEF" w:rsidR="009D20D7" w:rsidRPr="00801D4D" w:rsidRDefault="009D20D7" w:rsidP="000E7DA9">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeslovanseznam"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="454" w:hanging="454"/>
       </w:pPr>
       <w:r w:rsidRPr="009D20D7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>FOX, Justin a VAN WEELDEN, Richard</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00801D4D">
-        <w:t xml:space="preserve"> Costly transparency. Online. </w:t>
-[...6 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t>Costly</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00801D4D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t>transparency</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t xml:space="preserve">. Online. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D20D7">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Journal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D20D7">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D20D7">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D20D7">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Public </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D20D7">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Economics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D20D7">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:t>2012, v</w:t>
       </w:r>
       <w:r w:rsidRPr="00801D4D">
-        <w:t xml:space="preserve">ol. 96, issue 1-2, s. 142-150. ISSN 00472727. Dostupné z: </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId80" w:history="1">
+        <w:t xml:space="preserve">ol. 96, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t>issue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t xml:space="preserve"> 1-2, s. 142-150. ISSN 00472727. Dostupné z: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId82" w:history="1">
         <w:r w:rsidRPr="00801D4D">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://doi.org/10.1016/j.jpubeco.2011.08.007</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00801D4D">
         <w:t>. [cit. 2023-01-01].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F9F6D93" w14:textId="4038B121" w:rsidR="0070043A" w:rsidRDefault="0070043A" w:rsidP="0070043A">
       <w:pPr>
         <w:pStyle w:val="Nadpis4"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> Metoda průběžných poznámek</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AAD352D" w14:textId="77777777" w:rsidR="00D503FE" w:rsidRDefault="00945191" w:rsidP="00945191">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00945191">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Číslem v horním indexu se v textu odkazuje na citované zdroje uvedené v poznámce v pořadí, v jakém se objeví v textu. Každá bibliografická citace stejného informačního zdroje obdrží zvláštní číslo. Čísluje se průběžně v celém dokumentu. Číslo se uvádí vždy jen jedno (nelze podobně jako u harvardského systému či číselné formy uvádět dva odkazy za sebou), ale v jedné poznámce může být uvedeno více bibliografických citací. </w:t>
+        <w:t xml:space="preserve">Číslem v horním indexu se v textu odkazuje na citované zdroje uvedené v poznámce v pořadí, v jakém se objeví v textu. Každá bibliografická citace stejného informačního zdroje obdrží zvláštní číslo. Čísluje se průběžně v celém dokumentu. Číslo se uvádí vždy jen jedno </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00945191">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">(nelze podobně jako u harvardského systému či číselné formy uvádět dva odkazy za sebou), ale v jedné poznámce může být uvedeno více bibliografických citací. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31E59424" w14:textId="1437C5D5" w:rsidR="00945191" w:rsidRDefault="00945191" w:rsidP="00D503FE">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r w:rsidRPr="00945191">
         <w:t>V textu poznámky se následně uvede zkrácená citace ve formě: PŘÍJMENÍ, Název, rok, číslo strany. U přímé citace se vždy uvádí také číslo strany, doporučujeme jej ale uvádět také u parafráze. Na konci práce budou bibliografické citace uspořádány v seznamu v abecedním pořadí podle příjmení autorů (dále podle roku, pak podle názvu).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="560AF1FD" w14:textId="77777777" w:rsidR="00854894" w:rsidRDefault="00854894" w:rsidP="00854894">
-[...7 lines deleted...]
-    </w:p>
     <w:p w14:paraId="2CB9DB8C" w14:textId="77777777" w:rsidR="00311686" w:rsidRDefault="00311686" w:rsidP="00854894">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A6CFEF2" w14:textId="52AF5E1A" w:rsidR="00854894" w:rsidRPr="00854894" w:rsidRDefault="00854894" w:rsidP="00854894">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00854894">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Příklad odkazu v textu: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="527D54FE" w14:textId="4E6E75D9" w:rsidR="00854894" w:rsidRPr="00854894" w:rsidRDefault="00854894" w:rsidP="00854894">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r w:rsidRPr="00854894">
         <w:t>Na intrapersonální úrovni se komunikační výzkum soustřeďuje na zpracování informace</w:t>
       </w:r>
       <w:r w:rsidRPr="00854894">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="E97132" w:themeColor="accent2"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00854894">
         <w:t>. Například Holá</w:t>
       </w:r>
       <w:r w:rsidRPr="00854894">
         <w:rPr>
           <w:b/>
@@ -26620,81 +30875,84 @@
           <w:b/>
           <w:bCs/>
           <w:color w:val="E97132" w:themeColor="accent2"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D326E44" w14:textId="0AAEA314" w:rsidR="00854894" w:rsidRDefault="00854894" w:rsidP="00854894">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r w:rsidRPr="00854894">
         <w:t>V mnoha situacích se pravomoc deleguje na odborníka: investoři dávají peníze manažerům v naději, že budou efektivně využity, voliči volí politiky, aby za ně vládli, a soudcům se důvěřuje, že správně interpretují právo a budou se držet zákona.</w:t>
       </w:r>
       <w:r w:rsidR="00311686" w:rsidRPr="00854894">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="E97132" w:themeColor="accent2"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>26</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67A75EEF" w14:textId="77777777" w:rsidR="00D503FE" w:rsidRPr="00854894" w:rsidRDefault="00D503FE" w:rsidP="00854894">
-[...3 lines deleted...]
-    </w:p>
     <w:p w14:paraId="02BCDFF4" w14:textId="77777777" w:rsidR="00854894" w:rsidRPr="00854894" w:rsidRDefault="00854894" w:rsidP="00854894">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00854894">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Příklad bibliografických citací pod čarou: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22E83E6D" w14:textId="77777777" w:rsidR="00854894" w:rsidRPr="00854894" w:rsidRDefault="00854894" w:rsidP="00854894">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r w:rsidRPr="00854894">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00854894">
-        <w:t xml:space="preserve"> McQUAIL, Úvod do teorie masové komunikace, 2002.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00854894">
+        <w:t>McQUAIL</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00854894">
+        <w:t>, Úvod do teorie masové komunikace, 2002.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42AFAA93" w14:textId="77777777" w:rsidR="00854894" w:rsidRPr="00854894" w:rsidRDefault="00854894" w:rsidP="00854894">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r w:rsidRPr="00854894">
         <w:t>…</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="682FA51D" w14:textId="77777777" w:rsidR="00854894" w:rsidRPr="00854894" w:rsidRDefault="00854894" w:rsidP="00854894">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r w:rsidRPr="00854894">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00854894">
         <w:t xml:space="preserve"> HOLÁ, Interní komunikace ve firmě, 2006.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06DE2FF7" w14:textId="77777777" w:rsidR="00854894" w:rsidRPr="00854894" w:rsidRDefault="00854894" w:rsidP="00854894">
@@ -26708,421 +30966,634 @@
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00854894">
         <w:t xml:space="preserve"> ŠULEŘ, 100 klíčových manažerských technik, 2009, s. 142-150.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14E2D5D3" w14:textId="77777777" w:rsidR="00854894" w:rsidRPr="00854894" w:rsidRDefault="00854894" w:rsidP="00854894">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r w:rsidRPr="00854894">
         <w:t>…</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="565B8E8A" w14:textId="77777777" w:rsidR="00854894" w:rsidRPr="00854894" w:rsidRDefault="00854894" w:rsidP="00854894">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r w:rsidRPr="00854894">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>26</w:t>
       </w:r>
       <w:r w:rsidRPr="00854894">
-        <w:t xml:space="preserve"> FOX a VAN WEELDEN, Costly transparency, 2012.</w:t>
+        <w:t xml:space="preserve"> FOX a VAN WEELDEN, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00854894">
+        <w:t>Costly</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00854894">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00854894">
+        <w:t>transparency</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00854894">
+        <w:t>, 2012.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6440BA54" w14:textId="4103093B" w:rsidR="000A1B75" w:rsidRDefault="000A1B75" w:rsidP="000A1B75">
       <w:pPr>
         <w:pStyle w:val="Nadpis3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="97" w:name="_Ref207226369"/>
-      <w:bookmarkStart w:id="98" w:name="_Toc209218777"/>
+      <w:bookmarkStart w:id="99" w:name="_Ref207226369"/>
+      <w:bookmarkStart w:id="100" w:name="_Toc214909500"/>
       <w:r>
         <w:t>Nástroj pro tvorbu citací Citace PRO</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="97"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="02BA2D1B" w14:textId="3C4C0466" w:rsidR="000A1B75" w:rsidRDefault="005526E5" w:rsidP="000A1B75">
+      <w:bookmarkEnd w:id="99"/>
+      <w:bookmarkEnd w:id="100"/>
+    </w:p>
+    <w:p w14:paraId="3D7B34C7" w14:textId="4C6AE392" w:rsidR="00C80ABE" w:rsidRDefault="00C80ABE" w:rsidP="000A1B75">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:r w:rsidR="000A1B75" w:rsidRPr="000A1B75">
+      </w:pPr>
+      <w:r w:rsidRPr="00C80ABE">
+        <w:t xml:space="preserve">Seznam použité literatury a odkazy na citace je možné zapracovat ručně, nebo pomocí různých citačních manažerů, jejichž cílem je snadnější tvorba a správa citací </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C80ABE">
+        <w:t xml:space="preserve">které je možné instalovat v podobě doplňku pro MS Word. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C27B08">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Samotný MS Word pro přímou tvorbu citací nedoporučujeme. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C80ABE">
+        <w:t>Word není citační manažer a</w:t>
+      </w:r>
+      <w:r>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C80ABE">
+        <w:t>nezaručí, že seznam literatury a bibliografické citace budou odpovídat konkrétnímu citačnímu stylu nebo normě. Word rovněž nepracuje s českou normou ČSN ISO 690. U každého doplňku je proto nutné zjistit, jestli podporuje požadovanou normu nebo styl</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02BA2D1B" w14:textId="2344A9FB" w:rsidR="000A1B75" w:rsidRDefault="000A1B75" w:rsidP="00C80ABE">
+      <w:pPr>
+        <w:pStyle w:val="Dalodstavceprce"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Studentům UTB ve Zlíně doporučujeme pro své seminární i závěrečné práce využívat nástroj </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId83" w:history="1">
+        <w:r w:rsidR="00C80ABE" w:rsidRPr="000A1B75">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>Citace PRO</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="000A1B75">
-[...6 lines deleted...]
-    <w:p w14:paraId="30D68B09" w14:textId="12BDB063" w:rsidR="000A1B75" w:rsidRPr="000A1B75" w:rsidRDefault="000A1B75" w:rsidP="000A1B75">
+      <w:r>
+        <w:t>. Citace PRO v sobě zahrnuje generátor citací (pomocí něj je možné citace generovat ve více než 8 000 citačních stylech), k vygenerovaným citacím lze přidat přílohu, klíčová slova nebo poznámky. Součástí Citace PRO je doplněk do MS Word a také doplněk do internetového prohlížeče. Doplněk do MS Word umožní vkládat uložené citace z manažeru přímo při psaní textů ve Wordu a následně vygenerovat soupis použité literatury. Je možné vybrat si z mnoha citačních stylů včetně nové normy ČSN ISO 690:2022.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="196C0A86" w14:textId="3592ECC9" w:rsidR="00743C51" w:rsidRDefault="00743C51" w:rsidP="00743C51">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
+      <w:r w:rsidRPr="00743C51">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Po vygenerování finálního seznamu literatury stačí celý seznam označit a pro potřeby formátování použít na celý seznam předpřipravený styl Použité zdroje (číslovaný seznam) nebo Použité zdroje (abecední seznam). </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">V případě číslovaného seznamu použité </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>literatury se pravděpodobně po tomto kroku zobrazí další číslování, protože styl je připravený pro ručně vkládané citace. Pak stačí vybrat a označit celý seznam a přes panel Domů a položku Odstavec zaškrtnout v nabídce číslování možnost Žádné</w:t>
+      </w:r>
+      <w:r w:rsidR="00C27B08">
+        <w:t>, tím</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> zůstane jen číslování podle </w:t>
+      </w:r>
+      <w:r w:rsidR="00C27B08">
+        <w:t>citačního doplňku</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00602757">
+        <w:t xml:space="preserve"> Následně je možné zkontrolovat a případně doladit p</w:t>
+      </w:r>
+      <w:r w:rsidR="00602757" w:rsidRPr="00602757">
+        <w:t>ředsazení jednotlivých položek</w:t>
+      </w:r>
+      <w:r w:rsidR="00602757">
+        <w:t xml:space="preserve">, aby bylo jednotné v celé práci, a to </w:t>
+      </w:r>
+      <w:r w:rsidR="00602757" w:rsidRPr="00602757">
+        <w:t>0,8 cm.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C27B08">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Doporučujeme tyto úpravy provádět až úplně ve finální fázi, aby při každé aktualizaci nedošlo k odstranění formátování.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="324F60E8" w14:textId="71AC7001" w:rsidR="00743C51" w:rsidRPr="000A1B75" w:rsidRDefault="000A1B75" w:rsidP="00D920AC">
+      <w:pPr>
+        <w:pStyle w:val="Dalodstavceprce"/>
+      </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Postup a podrobný návod, jak si nainstalovat doplněk Citace PRO do MS Word, lze najít na </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82" w:history="1">
+      <w:hyperlink r:id="rId84" w:history="1">
         <w:r w:rsidRPr="002820F8">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://www.citacepro.com/nastroje</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4184872F" w14:textId="5008B923" w:rsidR="00E23407" w:rsidRDefault="00E23407" w:rsidP="00E23407">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="99" w:name="_Toc209218778"/>
+      <w:bookmarkStart w:id="101" w:name="_Toc214909501"/>
       <w:r>
         <w:t>Přílohy</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="99"/>
+      <w:bookmarkEnd w:id="101"/>
     </w:p>
     <w:p w14:paraId="51C61C0D" w14:textId="6B00FCFD" w:rsidR="004C0300" w:rsidRDefault="004C0300" w:rsidP="004C0300">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Přílohy se využívají pro obsah, který není vhodné umístit přímo do hlavního textu závěrečné práce. Často se jedná o rozsáhlejší obrazový materiál, výsledky měření, dotazníky, zdrojové kódy či komplikovanější tabulky.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49F36CC0" w14:textId="61E849CB" w:rsidR="004C0300" w:rsidRPr="004C0300" w:rsidRDefault="004C0300" w:rsidP="004C0300">
+    <w:p w14:paraId="71464A2D" w14:textId="6092BE73" w:rsidR="00357EEB" w:rsidRPr="00357EEB" w:rsidRDefault="004C0300" w:rsidP="00C27B08">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Přílohy mohou být součástí práce (pro ně je v práci připraven automaticky generovaný seznam) nebo mohou být umístěné samostatně (tento seznam je nutné vyplnit ručně).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71464A2D" w14:textId="77777777" w:rsidR="00357EEB" w:rsidRPr="00357EEB" w:rsidRDefault="00357EEB" w:rsidP="00357EEB">
+    <w:p w14:paraId="42EB9E47" w14:textId="1EB92077" w:rsidR="00757EE9" w:rsidRDefault="00757EE9" w:rsidP="00757EE9">
+      <w:pPr>
+        <w:pStyle w:val="Nadpis1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="102" w:name="_Toc214909502"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Typografický nástroj </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>TeX</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>LaTeX</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="102"/>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="12893FF4" w14:textId="77777777" w:rsidR="00BB61FC" w:rsidRDefault="00BB61FC" w:rsidP="00BB61FC">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...25 lines deleted...]
-    <w:p w14:paraId="2BA3D7B0" w14:textId="1BA17DBE" w:rsidR="00BB61FC" w:rsidRDefault="00BB61FC" w:rsidP="00BB61FC">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>TeX</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> je specializovaný DTP (Desktop </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>publishing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) software, který je původně určen pro sazbu matematiky, nyní však – zejména díky rozšíření s názvem </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>LaTeX</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – umožňuje sázet typograficky vysoce kvalitní výstupy pro jakékoliv strukturované dokumenty, včetně závěrečných prací. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BA3D7B0" w14:textId="021FC4BC" w:rsidR="00BB61FC" w:rsidRDefault="00BB61FC" w:rsidP="00BB61FC">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Pro studenty UTB ve Zlíně je připravena šablona, kterou mohou využívat studenti všech fakult a kterou lze použít také v anglické verzi. Obsahuje nápovědu a instrukce, jak s ní pracovat. Aktuální je dostupná na univerzitním webu v sekci </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83" w:history="1">
+      <w:hyperlink r:id="rId85" w:history="1">
         <w:r w:rsidRPr="005C0C71">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://www.utb.cz/</w:t>
         </w:r>
         <w:r w:rsidRPr="005C0C71">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>student/</w:t>
         </w:r>
         <w:r w:rsidRPr="005C0C71">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:br/>
-          <w:t>dokumenty-a-sablony</w:t>
+          <w:t>dokumenty-a-</w:t>
         </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="005C0C71">
+          <w:rPr>
+            <w:rStyle w:val="Hypertextovodkaz"/>
+            <w:lang w:eastAsia="en-US"/>
+          </w:rPr>
+          <w:t>sablony</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26A8EC58" w14:textId="54657E4C" w:rsidR="00BB61FC" w:rsidRDefault="00BB61FC" w:rsidP="00BB61FC">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Předpokládá se, že zájemce o LaTeXovou šablonu má již alespoň základní zkušenosti s tímto systémem nebo s programováním obecně. Pokud tomu tak není, je vhodné seznámit se s jeho dokumentací. Následující knihy jsou dostupné k vypůjčení v Knihovně UTB, vhodným zdrojem a</w:t>
+        <w:t xml:space="preserve">Předpokládá se, že zájemce o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>LaTeXovou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> šablonu má již alespoň základní zkušenosti s tímto systémem nebo s programováním obecně. Pokud tomu tak není, je vhodné seznámit se s jeho dokumentací. Následující knihy jsou dostupné k vypůjčení v Knihovně UTB, vhodným zdrojem a</w:t>
       </w:r>
       <w:r w:rsidR="00664226">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>le také je např. seriál článků Jak na LaTeX od Michala Švamberga</w:t>
-      </w:r>
+        <w:t xml:space="preserve">le také je např. seriál článků Jak na </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00664226">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>LaTeX</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00664226">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> od Michala </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00664226">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Švamberga</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> a další:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D5A001A" w14:textId="77777777" w:rsidR="00AA3569" w:rsidRDefault="00AA3569" w:rsidP="00BB61FC">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3D54B1F3" w14:textId="77777777" w:rsidR="00BB61FC" w:rsidRDefault="00BB61FC" w:rsidP="00AA3569">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="00AA3569">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">KOPKA, Helmut a DALY, Patrick W. </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3569">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">LATEX: podrobný průvodce. </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB61FC">
         <w:t>DTP &amp; grafika.</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Brno: Computer Press, 2004. ISBN 8072269739.</w:t>
+        <w:t xml:space="preserve"> Brno: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Computer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Press</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, 2004. ISBN 8072269739.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16D03E51" w14:textId="77777777" w:rsidR="00BB61FC" w:rsidRDefault="00BB61FC" w:rsidP="00AA3569">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="00AA3569">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>RYBIČKA, Jiří.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB61FC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>LATEX pro začátečníky.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 3. vyd. Brno: Konvoj, 2003. ISBN 8073020491.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72B5C799" w14:textId="476B763C" w:rsidR="00BB61FC" w:rsidRPr="00BB61FC" w:rsidRDefault="00BB61FC" w:rsidP="00AA3569">
+    <w:p w14:paraId="72B5C799" w14:textId="6751C71E" w:rsidR="00BB61FC" w:rsidRPr="00BB61FC" w:rsidRDefault="00BB61FC" w:rsidP="00AA3569">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="00AA3569">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ŠVAMBERG, Michal.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB61FC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Seriál Jak na LaTeX. </w:t>
+        <w:t xml:space="preserve">Seriál Jak na </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB61FC">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>LaTeX</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB61FC">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Online. Root.cz. 2001-2003. Dostupné z: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84" w:history="1">
+      <w:hyperlink r:id="rId86" w:history="1">
         <w:r w:rsidRPr="005C0C71">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://www.root.cz/serialy/jak-na-latex/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>. [cit. 2025-07-23].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57D6D7B4" w14:textId="1ADF8472" w:rsidR="00BC0110" w:rsidRPr="00720AF1" w:rsidRDefault="00BC0110" w:rsidP="00BC0110">
       <w:pPr>
         <w:pStyle w:val="Titulek"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="681DF280" w14:textId="77777777" w:rsidR="006C4F19" w:rsidRDefault="006C4F19" w:rsidP="00C53D7A">
       <w:pPr>
         <w:pStyle w:val="Nadpisyvodazvr"/>
       </w:pPr>
-      <w:bookmarkStart w:id="101" w:name="_Toc209218780"/>
+      <w:bookmarkStart w:id="103" w:name="_Toc214909503"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Závěr</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="101"/>
+      <w:bookmarkEnd w:id="103"/>
     </w:p>
     <w:p w14:paraId="4D95097D" w14:textId="31F161D4" w:rsidR="0051658B" w:rsidRPr="00664226" w:rsidRDefault="0051658B" w:rsidP="0051658B">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Je vždy důležité mít na paměti, že šablona je</w:t>
       </w:r>
       <w:r w:rsidRPr="0051658B">
         <w:t xml:space="preserve"> pouhou pomůckou k</w:t>
       </w:r>
       <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="0051658B">
         <w:t>dosažení</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> finální</w:t>
       </w:r>
       <w:r w:rsidRPr="0051658B">
         <w:t xml:space="preserve"> úpravy práce. Nevhodným zásahem do textu nebo šablony se může celý vzhled práce nebo její části rozhodit.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Proto je tento manuál nezbytnou a velmi důležitou součástí šablon pro závěrečné práce na UTB ve Zlíně. </w:t>
       </w:r>
       <w:r w:rsidRPr="00664226">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Věnujte mu prosím maximální pozornost a mějte ho po ruce během celého procesu psaní.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48BF1A27" w14:textId="25592A6C" w:rsidR="0051658B" w:rsidRPr="0051658B" w:rsidRDefault="0051658B" w:rsidP="0051658B">
+    <w:p w14:paraId="48BF1A27" w14:textId="7C3334FE" w:rsidR="0051658B" w:rsidRPr="0051658B" w:rsidRDefault="0051658B" w:rsidP="0051658B">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r w:rsidRPr="0051658B">
         <w:t xml:space="preserve">Nikdo nejsme dokonalí. A ani šablony pro závěrečné práce nejsou bez chybičky. I když jsme se </w:t>
       </w:r>
       <w:r w:rsidR="00A605BC">
         <w:t xml:space="preserve">vám </w:t>
       </w:r>
       <w:r w:rsidRPr="0051658B">
         <w:t xml:space="preserve">snažili celý proces psaní závěrečné práce co nejvíce ulehčit, možná jsme něco přehlédli. </w:t>
       </w:r>
       <w:r w:rsidR="00664226">
         <w:t>Pokud by se při práci se š</w:t>
       </w:r>
       <w:r w:rsidRPr="0051658B">
         <w:t xml:space="preserve">ablonou </w:t>
       </w:r>
       <w:r w:rsidR="00664226">
         <w:t xml:space="preserve">vyskytly </w:t>
       </w:r>
       <w:r w:rsidRPr="0051658B">
         <w:t xml:space="preserve">nějaké problémy a odpovědi </w:t>
       </w:r>
       <w:r w:rsidR="00664226">
         <w:t xml:space="preserve">nenajdete </w:t>
       </w:r>
       <w:r w:rsidRPr="0051658B">
         <w:t xml:space="preserve">ani v manuálu, stačí se nám ozvat na e-mail </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85" w:history="1">
+      <w:hyperlink r:id="rId87" w:history="1">
         <w:r w:rsidRPr="002820F8">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>sluzby@k.utb.cz</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0051658B">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0051658B">
         <w:t xml:space="preserve">Určitě se na to společně podíváme a najdeme řešení. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20E8BBF8" w14:textId="77777777" w:rsidR="000205AE" w:rsidRDefault="000205AE" w:rsidP="000205AE">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
@@ -27137,178 +31608,178 @@
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="124D7DE7" w14:textId="77777777" w:rsidR="000205AE" w:rsidRDefault="000205AE" w:rsidP="000205AE">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:sectPr w:rsidR="000205AE" w:rsidSect="00C53C1B">
           <w:type w:val="oddPage"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1985" w:right="1134" w:bottom="2381" w:left="1134" w:header="709" w:footer="680" w:gutter="851"/>
           <w:lnNumType w:countBy="1"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41E3BB4B" w14:textId="77777777" w:rsidR="006C4F19" w:rsidRDefault="006C4F19" w:rsidP="006C4F19">
       <w:pPr>
         <w:pStyle w:val="Nadpisyseznamy"/>
       </w:pPr>
-      <w:bookmarkStart w:id="102" w:name="_Toc209218781"/>
+      <w:bookmarkStart w:id="104" w:name="_Toc214909504"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Seznam použité literatury</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="102"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="51772CA5" w14:textId="5C0BADA9" w:rsidR="00805D6A" w:rsidRDefault="002C26A1" w:rsidP="002C26A1">
+      <w:bookmarkEnd w:id="104"/>
+    </w:p>
+    <w:p w14:paraId="51772CA5" w14:textId="24D6B6E2" w:rsidR="00805D6A" w:rsidRDefault="002C26A1" w:rsidP="002C26A1">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r w:rsidRPr="002C26A1">
         <w:t xml:space="preserve">Citování použitých informačních zdrojů se řídí pravidly konkrétních citačních norem nebo stylů. Seznam </w:t>
       </w:r>
       <w:r w:rsidR="00664226">
         <w:t xml:space="preserve">použité </w:t>
       </w:r>
       <w:r w:rsidRPr="002C26A1">
         <w:t>literatury musí být vždy vypracován podle použité citační normy nebo citačního stylu v rámci závěrečné práce.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Více informací je v kapitole </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref207227568 \r \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>5.6</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref207227572 \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>Seznam použité literatury</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63F8A056" w14:textId="77777777" w:rsidR="00C31612" w:rsidRDefault="00C31612" w:rsidP="00C31612">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeslovanseznam"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="454" w:hanging="454"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="542C00BF" w14:textId="77777777" w:rsidR="00C31612" w:rsidRPr="0080455F" w:rsidRDefault="00C31612" w:rsidP="00C31612">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeslovanseznam"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="454" w:hanging="454"/>
         <w:sectPr w:rsidR="00C31612" w:rsidRPr="0080455F" w:rsidSect="006A200B">
           <w:type w:val="oddPage"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1985" w:right="1134" w:bottom="2381" w:left="1134" w:header="709" w:footer="1418" w:gutter="851"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkStart w:id="103" w:name="_Toc204082273"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="372582BE" w14:textId="19E86F20" w:rsidR="000F709C" w:rsidRDefault="005526E5" w:rsidP="000F709C">
+    <w:bookmarkStart w:id="105" w:name="_Toc204082273"/>
+    <w:bookmarkStart w:id="106" w:name="_Toc204082410"/>
+    <w:bookmarkStart w:id="107" w:name="_Toc204082840"/>
+    <w:bookmarkStart w:id="108" w:name="_Toc204082962"/>
+    <w:bookmarkStart w:id="109" w:name="_Toc204083248"/>
+    <w:bookmarkStart w:id="110" w:name="_Toc204083315"/>
+    <w:bookmarkStart w:id="111" w:name="_Ref207392026"/>
+    <w:bookmarkStart w:id="112" w:name="_Ref207392044"/>
+    <w:bookmarkStart w:id="113" w:name="_Ref207392053"/>
+    <w:bookmarkStart w:id="114" w:name="_Toc214909513"/>
+    <w:p w14:paraId="372582BE" w14:textId="19E86F20" w:rsidR="000F709C" w:rsidRDefault="00000000" w:rsidP="000F709C">
       <w:pPr>
         <w:pStyle w:val="Ploha1"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="Název přílohy"/>
           <w:tag w:val="NÁZEV PŘÍLOHY"/>
           <w:id w:val="94454776"/>
           <w:placeholder>
             <w:docPart w:val="4A9C3E5D839E415985BA869DD54AE641"/>
           </w:placeholder>
           <w15:color w:val="FF6600"/>
           <w:text/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00162332">
             <w:t>Seznam stylů šablony</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:bookmarkEnd w:id="103"/>
-      <w:bookmarkEnd w:id="104"/>
       <w:bookmarkEnd w:id="105"/>
       <w:bookmarkEnd w:id="106"/>
       <w:bookmarkEnd w:id="107"/>
       <w:bookmarkEnd w:id="108"/>
       <w:bookmarkEnd w:id="109"/>
       <w:bookmarkEnd w:id="110"/>
       <w:bookmarkEnd w:id="111"/>
       <w:bookmarkEnd w:id="112"/>
+      <w:bookmarkEnd w:id="113"/>
+      <w:bookmarkEnd w:id="114"/>
     </w:p>
     <w:p w14:paraId="668EF3E7" w14:textId="3CC94DBA" w:rsidR="002D19FF" w:rsidRPr="002D19FF" w:rsidRDefault="00912DA5" w:rsidP="002D19FF">
       <w:pPr>
         <w:pStyle w:val="Textyostatn"/>
       </w:pPr>
       <w:r>
         <w:t>Za lomítkem</w:t>
       </w:r>
       <w:r w:rsidR="002D19FF">
         <w:t xml:space="preserve"> jsou uvedené anglické ekvivalenty, které se používají v anglických šablonách.</w:t>
       </w:r>
       <w:r w:rsidR="000C70DF">
         <w:t xml:space="preserve"> V anglických šablonách a v německé šabloně je</w:t>
       </w:r>
       <w:r w:rsidR="000C70DF" w:rsidRPr="000C70DF">
         <w:t xml:space="preserve"> dělení slov </w:t>
       </w:r>
       <w:r w:rsidR="000C70DF">
         <w:t xml:space="preserve">v odstavcích </w:t>
       </w:r>
       <w:r w:rsidR="000C70DF" w:rsidRPr="000C70DF">
         <w:t>vypnuté.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00ACA444" w14:textId="77777777" w:rsidR="002D19FF" w:rsidRDefault="002D19FF" w:rsidP="00162332">
@@ -27324,298 +31795,538 @@
     <w:p w14:paraId="0F4BB05C" w14:textId="70802F8A" w:rsidR="00162332" w:rsidRPr="00162332" w:rsidRDefault="00162332" w:rsidP="00162332">
       <w:pPr>
         <w:pStyle w:val="Textyostatn"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Styly používané na titulní straně</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E05D3A9" w14:textId="551BD30B" w:rsidR="00162332" w:rsidRDefault="00162332" w:rsidP="00162332">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0089288A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Titulka: název</w:t>
+        <w:t>Titulka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0089288A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>: název</w:t>
       </w:r>
       <w:r w:rsidR="002D19FF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002D19FF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Title page: title</w:t>
-      </w:r>
+        <w:t>Title</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002D19FF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002D19FF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>page</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002D19FF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002D19FF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>title</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> – slouží pro úpravu hlavního názvu práce</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EE4B119" w14:textId="63D9BC5B" w:rsidR="00162332" w:rsidRDefault="00162332" w:rsidP="00162332">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0089288A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Titulka: autor</w:t>
+        <w:t>Titulka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0089288A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>: autor</w:t>
       </w:r>
       <w:r w:rsidR="002D19FF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002D19FF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Title page: author</w:t>
-      </w:r>
+        <w:t>Title</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002D19FF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002D19FF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>page</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002D19FF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002D19FF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>author</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> – slouží pro úpravu autora práce</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02387002" w14:textId="3347662B" w:rsidR="00162332" w:rsidRDefault="00162332" w:rsidP="00162332">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0089288A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Titulka: info práce</w:t>
+        <w:t>Titulka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0089288A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0089288A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>info</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0089288A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> práce</w:t>
       </w:r>
       <w:r w:rsidR="002D19FF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002D19FF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Title page: info</w:t>
-      </w:r>
+        <w:t>Title</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002D19FF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002D19FF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>page</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002D19FF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002D19FF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>info</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> – slouží pro úpravu hlavních informací o práci (druhy práce, rok vydání)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FD676D3" w14:textId="3F743F95" w:rsidR="00162332" w:rsidRDefault="00162332" w:rsidP="00162332">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0089288A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Titulka: univerzita</w:t>
+        <w:t>Titulka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0089288A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>: univerzita</w:t>
       </w:r>
       <w:r w:rsidR="002D19FF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002D19FF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Title page: university</w:t>
+        <w:t>Title</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002D19FF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002D19FF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>page</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002D19FF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>: university</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> – slouží pro úpravu označení univerzity</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69B461CA" w14:textId="4C8CBC8E" w:rsidR="00162332" w:rsidRDefault="00162332" w:rsidP="00162332">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0089288A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Titulka</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0089288A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="0089288A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> fakulta</w:t>
       </w:r>
       <w:r w:rsidR="002D19FF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002D19FF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Title page: faculty</w:t>
-      </w:r>
+        <w:t>Title</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002D19FF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002D19FF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>page</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002D19FF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002D19FF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>faculty</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> – slouží pro úpravu označení fakulty</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32574CCD" w14:textId="77777777" w:rsidR="00162332" w:rsidRDefault="00162332" w:rsidP="00162332">
       <w:pPr>
         <w:pStyle w:val="Textyostatn"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="494DA862" w14:textId="626BF35B" w:rsidR="00162332" w:rsidRPr="00162332" w:rsidRDefault="00162332" w:rsidP="00162332">
+    <w:p w14:paraId="494DA862" w14:textId="61C13F42" w:rsidR="00162332" w:rsidRPr="00162332" w:rsidRDefault="00162332" w:rsidP="00162332">
       <w:pPr>
         <w:pStyle w:val="Textyostatn"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00162332">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Styly pro nadpisy</w:t>
       </w:r>
       <w:r w:rsidR="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> (viz kapitola </w:t>
       </w:r>
       <w:r w:rsidR="0056584A" w:rsidRPr="0056584A">
@@ -27627,51 +32338,51 @@
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="0056584A" w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390362 \r \h  \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidR="0056584A" w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0056584A" w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>4.1</w:t>
       </w:r>
       <w:r w:rsidR="0056584A" w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="0056584A" w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0056584A" w:rsidRPr="0056584A">
         <w:rPr>
@@ -27682,51 +32393,51 @@
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="0056584A" w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390370 \h  \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidR="0056584A" w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0056584A" w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217" w:rsidRPr="00B91217">
+      <w:r w:rsidR="00D11913" w:rsidRPr="00D11913">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nadpisy</w:t>
       </w:r>
       <w:r w:rsidR="0056584A" w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="0056584A" w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D86CC4C" w14:textId="27FD0319" w:rsidR="00162332" w:rsidRDefault="00162332" w:rsidP="00162332">
       <w:pPr>
@@ -27737,57 +32448,67 @@
       </w:pPr>
       <w:r w:rsidRPr="0089288A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Nadpis 1</w:t>
       </w:r>
       <w:r w:rsidR="00BB6124">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BB6124">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Heading 1</w:t>
+        <w:t>Heading</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB6124">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidR="0089288A">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">číslované </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>nadpisy první úrovně pro hlavní kapitoly práce</w:t>
       </w:r>
       <w:r w:rsidR="0089288A">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>, z</w:t>
       </w:r>
@@ -27813,556 +32534,754 @@
       </w:pPr>
       <w:r w:rsidRPr="0089288A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Nadpis 1 (po nadpisu části)</w:t>
       </w:r>
       <w:r w:rsidR="00A9184C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A9184C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Heading 1 after divider</w:t>
-      </w:r>
+        <w:t>Heading</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A9184C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A9184C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>after</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A9184C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A9184C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>divider</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> – nadpisy první úrovně pro hlavní kapitoly práce, které následují po stylu Nadpisy části</w:t>
       </w:r>
       <w:r w:rsidR="0089288A">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> v dělených šablonách (pouze ve Wordu)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F8EB89E" w14:textId="0B815842" w:rsidR="00162332" w:rsidRDefault="00162332" w:rsidP="0089288A">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0089288A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Nadpis 2</w:t>
       </w:r>
       <w:r w:rsidR="00BB6124">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BB6124">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Heading 2</w:t>
+        <w:t>Heading</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB6124">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2</w:t>
       </w:r>
       <w:r w:rsidR="0089288A">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> – číslované nadpisy druhé úrovně, přenáší se do automaticky generovaného obsahu</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44C6F8B1" w14:textId="7CEBF0D7" w:rsidR="00162332" w:rsidRDefault="00162332" w:rsidP="0089288A">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0089288A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Nadpis 3</w:t>
       </w:r>
       <w:r w:rsidR="00BB6124">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BB6124">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Heading 3</w:t>
+        <w:t>Heading</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB6124">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3</w:t>
       </w:r>
       <w:r w:rsidR="0089288A">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> – číslované nadpisy třetí úrovně, přenáší se do automaticky generovaného obsahu</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69073016" w14:textId="6027A167" w:rsidR="00162332" w:rsidRDefault="00162332" w:rsidP="00162332">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0089288A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Nadpis 4</w:t>
       </w:r>
       <w:r w:rsidR="00BB6124">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BB6124">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Heading 4</w:t>
+        <w:t>Heading</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB6124">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4</w:t>
       </w:r>
       <w:r w:rsidR="0089288A">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> – číslované nadpisy čtvrté úrovně, do automaticky generovaného obsahu se nepřenáší</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="690EB690" w14:textId="33619F6C" w:rsidR="00162332" w:rsidRDefault="00162332" w:rsidP="00162332">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0089288A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Nadpis 5</w:t>
       </w:r>
       <w:r w:rsidR="00BB6124">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BB6124">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Heading 5</w:t>
+        <w:t>Heading</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB6124">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5</w:t>
       </w:r>
       <w:r w:rsidR="0089288A">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> – číslované nadpisy páté úrovně, do automaticky generovaného obsahu se nepřenáší</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E015F3F" w14:textId="70DE32D7" w:rsidR="00162332" w:rsidRDefault="00162332" w:rsidP="00162332">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0089288A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Nadpisy části</w:t>
       </w:r>
       <w:r w:rsidR="00BB6124">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002C4962">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Divider</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BB6124">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> heading</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BB6124">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>heading</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0089288A">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> – abecední nadpisy první úrovně pro vizuální dělení šablon na části, začínají vždy na nové straně, přenáší se do automaticky generovaného obsahu</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2144A244" w14:textId="6AB2B4F0" w:rsidR="00162332" w:rsidRDefault="00162332" w:rsidP="00162332">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0089288A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Nadpisy ostatní</w:t>
       </w:r>
       <w:r w:rsidR="002A05AF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002A05AF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Other headings</w:t>
-      </w:r>
+        <w:t>Other</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002A05AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002A05AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>headings</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0089288A">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> – nečíslované nadpisy pro ostatní části práce (abstrakt, prohlášení atd.), do automaticky generovaného obsahu se nepřenáší</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FECE595" w14:textId="137FAAC4" w:rsidR="00162332" w:rsidRDefault="00162332" w:rsidP="00162332">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0089288A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Nadpisy seznamy</w:t>
       </w:r>
       <w:r w:rsidR="002A05AF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002A05AF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Lists headings</w:t>
-      </w:r>
+        <w:t>Lists</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002A05AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002A05AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>headings</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0089288A">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> – nečíslované nadpisy pro seznamy (obrázků, tabulek atd.), přenáší se do automaticky generovaného obsahu</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F03BD9F" w14:textId="15C6B60E" w:rsidR="00162332" w:rsidRDefault="00162332" w:rsidP="00162332">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0089288A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Nadpisy úvod a závěr</w:t>
       </w:r>
       <w:r w:rsidR="00BB6124">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BB6124" w:rsidRPr="00BB6124">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Headings for introduction</w:t>
-      </w:r>
+        <w:t>Headings</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB6124" w:rsidRPr="00BB6124">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BB6124" w:rsidRPr="00BB6124">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB6124" w:rsidRPr="00BB6124">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BB6124" w:rsidRPr="00BB6124">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>introduction</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BB6124">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BB6124" w:rsidRPr="00BB6124">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>+</w:t>
       </w:r>
       <w:r w:rsidR="00BB6124">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BB6124" w:rsidRPr="00BB6124">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>conclusion</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0089288A">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> – nečíslované nadpisy pro úvodní a závěrečné kapitoly práce, přenáší se do automaticky generovaného obsahu</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AA16267" w14:textId="51C3999C" w:rsidR="0089288A" w:rsidRDefault="0089288A" w:rsidP="00162332">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0089288A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Příloha 1, Příloha 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BB6124" w:rsidRPr="00BB6124">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Appendix 1, Appendix 2</w:t>
+        <w:t>Appendix</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB6124" w:rsidRPr="00BB6124">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BB6124" w:rsidRPr="00BB6124">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Appendix</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB6124" w:rsidRPr="00BB6124">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2</w:t>
       </w:r>
       <w:r w:rsidR="00BB6124">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidR="009D4EB8">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">číslované </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>nadpisy první a druhé úrovně pro přílohy práce, nadpisy příloh první úrovně se přenáší se automaticky generovaného seznamu pro přílohy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F90B39E" w14:textId="77777777" w:rsidR="009D1680" w:rsidRDefault="009D1680" w:rsidP="009D1680">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="454" w:hanging="454"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="07043294" w14:textId="56E96681" w:rsidR="009D1680" w:rsidRPr="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
+    <w:p w14:paraId="07043294" w14:textId="2F4D373B" w:rsidR="009D1680" w:rsidRPr="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
       <w:pPr>
         <w:pStyle w:val="Textyostatn"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Styly pro běžný text</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> (viz kapitola </w:t>
       </w:r>
       <w:r w:rsidRPr="0056584A">
@@ -28374,51 +33293,51 @@
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390398 \r \h  \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>4.3</w:t>
       </w:r>
       <w:r w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0056584A">
         <w:rPr>
@@ -28429,51 +33348,51 @@
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390405 \h  \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217" w:rsidRPr="00B91217">
+      <w:r w:rsidR="00D11913" w:rsidRPr="00D11913">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Odstavce</w:t>
       </w:r>
       <w:r w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3643DB68" w14:textId="24D4EA0C" w:rsidR="009D1680" w:rsidRDefault="0056584A" w:rsidP="0056584A">
       <w:pPr>
@@ -28484,2302 +33403,2621 @@
       </w:pPr>
       <w:r w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Další odstavce práce</w:t>
       </w:r>
       <w:r w:rsidR="00BB6124">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BB6124" w:rsidRPr="00BB6124">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Next paragraphs</w:t>
-      </w:r>
+        <w:t>Next</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB6124" w:rsidRPr="00BB6124">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BB6124" w:rsidRPr="00BB6124">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>paragraphs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> – styl pro další odstavce práce s odstavcovou zarážkou s automatickým dělením slov</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AD49908" w14:textId="28DD1389" w:rsidR="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>První odstavec práce</w:t>
       </w:r>
       <w:r w:rsidR="002A05AF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002A05AF" w:rsidRPr="002A05AF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>First paragraph</w:t>
-      </w:r>
+        <w:t>First</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002A05AF" w:rsidRPr="002A05AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002A05AF" w:rsidRPr="002A05AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>paragraph</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> – styl pro první odstavec práce pod nadpisem, obrázkem, tabulkou či jinou vloženou částí s automatickým dělením slov</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="423A295C" w14:textId="433CA71C" w:rsidR="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Texty ostatní</w:t>
       </w:r>
       <w:r w:rsidR="002A05AF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002A05AF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Other texts</w:t>
-      </w:r>
+        <w:t>Other</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002A05AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002A05AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>texts</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>– pro jakýkoliv další text v práci s automatickým dělením slov</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CD79151" w14:textId="77777777" w:rsidR="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="454" w:hanging="454"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D4146DA" w14:textId="6B67725F" w:rsidR="0056584A" w:rsidRPr="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
       <w:pPr>
         <w:pStyle w:val="Textyostatn"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Styly pro zvláštní typy textu</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E4983D2" w14:textId="3BA47A17" w:rsidR="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
+    <w:p w14:paraId="3E4983D2" w14:textId="63DDF23A" w:rsidR="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Citát</w:t>
       </w:r>
       <w:r w:rsidR="000D4F90">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000D4F90">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Quote</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> – viz kapitola </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390437 \r \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>4.6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390468 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>Citáty a poezie</w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E2EF41C" w14:textId="0AD5DBDA" w:rsidR="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
+    <w:p w14:paraId="4E2EF41C" w14:textId="15A1BC4D" w:rsidR="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Citát (začátek více odstavců)</w:t>
       </w:r>
       <w:r w:rsidR="000D4F90">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000D4F90">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Quote beginning</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Quote</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000D4F90">
+        <w:rPr>
+          <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000D4F90">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>beginning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">– viz kapitola </w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390437 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>4.6</w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390468 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>Citáty a poezie</w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BDA44F9" w14:textId="77717358" w:rsidR="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
+    <w:p w14:paraId="5BDA44F9" w14:textId="0DCFC6B3" w:rsidR="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Citát (pokračování více odstavců)</w:t>
       </w:r>
       <w:r w:rsidR="000D4F90">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000D4F90">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Quote continue</w:t>
-      </w:r>
+        <w:t>Quote</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000D4F90">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000D4F90">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>continue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> – viz kapitola </w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390437 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>4.6</w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390468 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>Citáty a poezie</w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24C271E8" w14:textId="0F0AB5FC" w:rsidR="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
+    <w:p w14:paraId="24C271E8" w14:textId="5CFF9F43" w:rsidR="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Citát (konec více odstavců)</w:t>
       </w:r>
       <w:r w:rsidR="000D4F90">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000D4F90">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Quote end</w:t>
+        <w:t>Quote</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000D4F90">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> end</w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> – viz kapitola </w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390437 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>4.6</w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390468 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>Citáty a poezie</w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AF5C8DA" w14:textId="6F2A0F5E" w:rsidR="0056584A" w:rsidRDefault="00D54582" w:rsidP="0056584A">
+    <w:p w14:paraId="3AF5C8DA" w14:textId="0C864FD4" w:rsidR="0056584A" w:rsidRDefault="00D54582" w:rsidP="0056584A">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Citát (UŠ</w:t>
       </w:r>
       <w:r w:rsidR="0056584A" w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>P-FHS)</w:t>
       </w:r>
       <w:r w:rsidR="000D4F90">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000D4F90" w:rsidRPr="000D4F90">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Quote (USP-FHS)</w:t>
+        <w:t>Quote</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000D4F90" w:rsidRPr="000D4F90">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (USP-FHS)</w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> – viz kapitola </w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390437 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>4.6</w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390468 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>Citáty a poezie</w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="102372BF" w14:textId="2DE2E362" w:rsidR="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
+    <w:p w14:paraId="102372BF" w14:textId="52B891EA" w:rsidR="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Poezie</w:t>
       </w:r>
       <w:r w:rsidR="000D4F90">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000D4F90">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Poetry</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> – viz kapitola </w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390437 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>4.6</w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390468 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>Citáty a poezie</w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="111B21B5" w14:textId="3F4C62F2" w:rsidR="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
+    <w:p w14:paraId="111B21B5" w14:textId="113EB18E" w:rsidR="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Příklady v</w:t>
       </w:r>
       <w:r w:rsidR="000D4F90">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>lingvistice</w:t>
       </w:r>
       <w:r w:rsidR="000D4F90">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000D4F90">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Linguistics examples</w:t>
-      </w:r>
+        <w:t>Linguistics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000D4F90">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000D4F90">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>examples</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> – viz kapitola </w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390565 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>4.7</w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390571 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>Jazykové příklady</w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DAEC1FC" w14:textId="4D2B9094" w:rsidR="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
+    <w:p w14:paraId="2DAEC1FC" w14:textId="2626ECF1" w:rsidR="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Příklady v lingvistice (číslování)</w:t>
       </w:r>
       <w:r w:rsidR="000D4F90">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000D4F90">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Linguistics numbered examples</w:t>
-      </w:r>
+        <w:t>Linguistics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000D4F90">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000D4F90">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>numbered</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000D4F90">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000D4F90">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>examples</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> – viz kapitola </w:t>
       </w:r>
       <w:r w:rsidR="0025626B">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390565 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>4.7</w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390571 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>Jazykové příklady</w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="702DCCD4" w14:textId="219E9CB7" w:rsidR="00F70078" w:rsidRDefault="00F70078" w:rsidP="0056584A">
+    <w:p w14:paraId="702DCCD4" w14:textId="1C9FE992" w:rsidR="00F70078" w:rsidRDefault="00F70078" w:rsidP="0056584A">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Rovnice</w:t>
       </w:r>
       <w:r w:rsidR="000D4F90">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000D4F90">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Equation</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> – viz kapitola </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207391279 \r \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>5.3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207391285 \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>Rovnice</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D921A07" w14:textId="6B2EEC53" w:rsidR="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
+    <w:p w14:paraId="4D921A07" w14:textId="48410B76" w:rsidR="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Zdrojový kód</w:t>
       </w:r>
       <w:r w:rsidR="000D4F90">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
       <w:r w:rsidR="000D4F90">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Source code</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Source </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000D4F90">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>code</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> – viz kapitola </w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390597 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>4.9</w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390613 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>Zdrojový kód</w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73C27774" w14:textId="7550CE30" w:rsidR="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
+    <w:p w14:paraId="73C27774" w14:textId="12252D45" w:rsidR="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Zdrojový kód (bez čísel řádků)</w:t>
       </w:r>
       <w:r w:rsidR="000D4F90">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
       <w:r w:rsidR="000D4F90">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Source code without line numbers</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Source </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000D4F90">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>code</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000D4F90">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000D4F90">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>without</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000D4F90">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> line </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000D4F90">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>numbers</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> – viz kapitola </w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390597 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>4.9</w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390613 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>Zdrojový kód</w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2752DAFD" w14:textId="77777777" w:rsidR="00CC3B50" w:rsidRDefault="00CC3B50" w:rsidP="00CC3B50">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="454" w:hanging="454"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="365ABA9F" w14:textId="27001258" w:rsidR="00CC3B50" w:rsidRPr="00CC3B50" w:rsidRDefault="00CC3B50" w:rsidP="00CC3B50">
       <w:pPr>
         <w:pStyle w:val="Textyostatn"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC3B50">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Styly pro seznamy</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="688C1DAF" w14:textId="6D185521" w:rsidR="00CC3B50" w:rsidRDefault="00CC3B50" w:rsidP="00CC3B50">
+    <w:p w14:paraId="688C1DAF" w14:textId="4A52B2B8" w:rsidR="00CC3B50" w:rsidRDefault="00CC3B50" w:rsidP="00CC3B50">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Abecední seznam</w:t>
       </w:r>
       <w:r w:rsidR="00BB6124">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BB6124" w:rsidRPr="00BB6124">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Alphabetical list</w:t>
+        <w:t>Alphabetical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB6124" w:rsidRPr="00BB6124">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> list</w:t>
       </w:r>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">– viz kapitola </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390869 \r \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>4.4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390875 \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>Seznamy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2760C94E" w14:textId="33E35BBC" w:rsidR="00CC3B50" w:rsidRDefault="00CC3B50" w:rsidP="00CC3B50">
+    <w:p w14:paraId="2760C94E" w14:textId="7AF2BB74" w:rsidR="00CC3B50" w:rsidRDefault="00CC3B50" w:rsidP="00CC3B50">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Číslovaný seznam</w:t>
       </w:r>
       <w:r w:rsidR="00BB6124">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BB6124">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Numbered</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BB6124" w:rsidRPr="00BB6124">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> list</w:t>
       </w:r>
       <w:r w:rsidR="008D7530">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> nebo List Number,Numbered list</w:t>
+        <w:t xml:space="preserve"> nebo List </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008D7530">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Number,Numbered</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008D7530">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> list</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> – viz kapitola </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390869 \r \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>4.4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390875 \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>Seznamy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A988CC2" w14:textId="4B5A6BC2" w:rsidR="00CC3B50" w:rsidRDefault="00CC3B50" w:rsidP="00CC3B50">
+    <w:p w14:paraId="4A988CC2" w14:textId="7CA3BB12" w:rsidR="00CC3B50" w:rsidRDefault="00CC3B50" w:rsidP="00CC3B50">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Seznam s</w:t>
       </w:r>
       <w:r w:rsidR="003737BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>odrážkami</w:t>
       </w:r>
       <w:r w:rsidR="003737BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="003737BC" w:rsidRPr="003737BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Bulleted list</w:t>
+        <w:t>Bulleted</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003737BC" w:rsidRPr="003737BC">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> list</w:t>
       </w:r>
       <w:r w:rsidR="008D7530">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> nebo List Bullet,Bulleted list</w:t>
+        <w:t xml:space="preserve"> nebo List </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008D7530">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Bullet,Bulleted</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008D7530">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> list</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> – viz kapitola </w:t>
       </w:r>
       <w:r w:rsidR="008D7530">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390869 \r \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>4.4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390875 \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>Seznamy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EC9CBD1" w14:textId="7D104190" w:rsidR="00CC3B50" w:rsidRDefault="00CC3B50" w:rsidP="00CC3B50">
+    <w:p w14:paraId="2EC9CBD1" w14:textId="34FBB0E5" w:rsidR="00CC3B50" w:rsidRDefault="00CC3B50" w:rsidP="00CC3B50">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Víceúrovňový seznam</w:t>
       </w:r>
       <w:r w:rsidR="003737BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="003737BC" w:rsidRPr="003737BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Multilevel list</w:t>
+        <w:t>Multilevel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003737BC" w:rsidRPr="003737BC">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> list</w:t>
       </w:r>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">– viz kapitola </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390869 \r \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>4.4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390875 \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>Seznamy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20FB361B" w14:textId="3838D022" w:rsidR="00CC3B50" w:rsidRDefault="00CC3B50" w:rsidP="00CC3B50">
+    <w:p w14:paraId="20FB361B" w14:textId="1048FE86" w:rsidR="00CC3B50" w:rsidRDefault="00CC3B50" w:rsidP="00CC3B50">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Použité zdroje (abecední seznam)</w:t>
       </w:r>
       <w:r w:rsidR="00BB6124">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BB6124" w:rsidRPr="00BB6124">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Bibliography (alphabetical list</w:t>
+        <w:t>Bibliography</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB6124" w:rsidRPr="00BB6124">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BB6124" w:rsidRPr="00BB6124">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>alphabetical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB6124" w:rsidRPr="00BB6124">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> list</w:t>
       </w:r>
       <w:r w:rsidR="00BB6124">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">– viz kapitola </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207227533 \r \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>4.5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207227533 \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>Seznam použité literatury</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4161EFB1" w14:textId="1B0DAFE9" w:rsidR="00CC3B50" w:rsidRDefault="00CC3B50" w:rsidP="00CC3B50">
+    <w:p w14:paraId="4161EFB1" w14:textId="1DDB3536" w:rsidR="00CC3B50" w:rsidRDefault="00CC3B50" w:rsidP="00CC3B50">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Použité zdroje (číslovaný seznam)</w:t>
       </w:r>
       <w:r w:rsidR="00BB6124">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BB6124" w:rsidRPr="00BB6124">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Bibliography (</w:t>
-      </w:r>
+        <w:t>Bibliography</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB6124" w:rsidRPr="00BB6124">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00AA24B3">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>numbered</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BB6124" w:rsidRPr="00BB6124">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> list</w:t>
       </w:r>
       <w:r w:rsidR="00BB6124">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> – viz kapitola </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207227533 \r \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>4.5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207227533 \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B91217">
+      <w:r w:rsidR="00D11913">
         <w:t>Seznam použité literatury</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="564CD270" w14:textId="77777777" w:rsidR="00CC3B50" w:rsidRDefault="00CC3B50" w:rsidP="00CC3B50">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="454" w:hanging="454"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FB62B7D" w14:textId="7884D093" w:rsidR="00CC3B50" w:rsidRPr="00CC3B50" w:rsidRDefault="00CC3B50" w:rsidP="00CC3B50">
       <w:pPr>
         <w:pStyle w:val="Textyostatn"/>
@@ -30813,347 +36051,486 @@
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Titulek</w:t>
       </w:r>
       <w:r w:rsidR="003737BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000466F7">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="003737BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Caption</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">– pro </w:t>
       </w:r>
       <w:r w:rsidR="00F70078">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>popisky typu Obr. nebo Graf</w:t>
       </w:r>
       <w:r w:rsidR="007747CB">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (v angličtině Figure, v němčině </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> (v angličtině </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007747CB">
+        <w:rPr>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Figure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007747CB">
+        <w:rPr>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, v němčině </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007747CB" w:rsidRPr="007747CB">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Abbildung</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007747CB">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="179BC443" w14:textId="1E5461D9" w:rsidR="00CC3B50" w:rsidRDefault="00CC3B50" w:rsidP="00CC3B50">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Titulek obrázku (se zdrojem)</w:t>
       </w:r>
       <w:r w:rsidR="003737BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000466F7">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="003737BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Figure caption with source</w:t>
+        <w:t>Figure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003737BC">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003737BC">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>caption</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003737BC">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003737BC">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003737BC">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> source</w:t>
       </w:r>
       <w:r w:rsidR="00F70078">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> – pro popisky typu Obr. nebo Graf</w:t>
       </w:r>
       <w:r w:rsidR="007747CB">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="007747CB" w:rsidRPr="007747CB">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>v angličtině Figure, v němčině Abbildung)</w:t>
+        <w:t xml:space="preserve">v angličtině </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007747CB" w:rsidRPr="007747CB">
+        <w:rPr>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Figure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007747CB" w:rsidRPr="007747CB">
+        <w:rPr>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, v němčině </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007747CB" w:rsidRPr="007747CB">
+        <w:rPr>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Abbildung</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007747CB" w:rsidRPr="007747CB">
+        <w:rPr>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00F70078">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>, které se používají v kombinaci se stylem Zdroj obrázku/tabulky</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17CCB3CB" w14:textId="5209A0AC" w:rsidR="00CC3B50" w:rsidRDefault="00CC3B50" w:rsidP="00CC3B50">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Titulek tabulky</w:t>
       </w:r>
       <w:r w:rsidR="003737BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000466F7">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
       <w:r w:rsidR="003737BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Table caption</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Table </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003737BC">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>caption</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> – pro </w:t>
       </w:r>
       <w:r w:rsidR="00F70078">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>popisky typu Tab.</w:t>
       </w:r>
       <w:r w:rsidR="007747CB">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> (v angličtině Table, v němčině </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007747CB" w:rsidRPr="007747CB">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Tabelle</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007747CB">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08FA2243" w14:textId="158CB2BC" w:rsidR="00CC3B50" w:rsidRDefault="00CC3B50" w:rsidP="00CC3B50">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Titulek zdrojový kód</w:t>
       </w:r>
       <w:r w:rsidR="003737BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000466F7">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="003737BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Caption source code</w:t>
-      </w:r>
+        <w:t>Caption</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003737BC">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> source </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003737BC">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>code</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> – pro popisky </w:t>
       </w:r>
       <w:r w:rsidR="00F70078">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">typu </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Výpis</w:t>
       </w:r>
       <w:r w:rsidR="007747CB">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (v angličtině Listing)</w:t>
+        <w:t xml:space="preserve"> (v angličtině </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007747CB">
+        <w:rPr>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Listing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007747CB">
+        <w:rPr>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>, které se používají u zdrojových kódů</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="537DEBAB" w14:textId="01160C0A" w:rsidR="00F70078" w:rsidRPr="0056584A" w:rsidRDefault="00F70078" w:rsidP="00CC3B50">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Zdroj obrázku/tabulky</w:t>
       </w:r>
       <w:r w:rsidR="000D4F90">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000466F7">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000D4F90" w:rsidRPr="000D4F90">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Figure/table source</w:t>
+        <w:t>Figure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000D4F90" w:rsidRPr="000D4F90">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>/table source</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> – styl pro uvedení zdroje obrázku nebo tabulky (uvádí se na novém řádku)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="314F037E" w14:textId="43759F5F" w:rsidR="00162332" w:rsidRDefault="00162332" w:rsidP="00162332">
       <w:pPr>
         <w:pStyle w:val="Textyostatn"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="37C4170F" w14:textId="3936D26A" w:rsidR="00162332" w:rsidRDefault="007039C3" w:rsidP="007039C3">
       <w:pPr>
         <w:pStyle w:val="Ploha1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="113" w:name="_Toc209218790"/>
+      <w:bookmarkStart w:id="115" w:name="_Toc214909514"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Seznam rychlých částí a stavebních bloků</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="113"/>
+      <w:bookmarkEnd w:id="115"/>
     </w:p>
     <w:p w14:paraId="52B18A68" w14:textId="7C97D965" w:rsidR="001024E9" w:rsidRDefault="001024E9" w:rsidP="007039C3">
       <w:pPr>
         <w:pStyle w:val="Textyostatn"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Rychlé části obsahují předpřipravené </w:t>
       </w:r>
       <w:r w:rsidRPr="001024E9">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">speciální bloky </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">ve </w:t>
@@ -31218,97 +36595,143 @@
         </w:rPr>
         <w:t>OBRÁZEK (popisek dole)</w:t>
       </w:r>
       <w:r w:rsidR="00282EC0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
       <w:r w:rsidR="00282EC0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>FIGURE caption below</w:t>
-      </w:r>
+        <w:t xml:space="preserve">FIGURE </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00282EC0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>caption</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00282EC0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00282EC0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>below</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> – stavební blok pro vložení obrázku s titulkem/popiskem</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E5B4A79" w14:textId="29989231" w:rsidR="001024E9" w:rsidRDefault="001024E9" w:rsidP="001024E9">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001024E9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>OBRÁZEK (s uvedením zdroje)</w:t>
       </w:r>
       <w:r w:rsidR="00282EC0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
       <w:r w:rsidR="00282EC0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>FIGURE with source</w:t>
+        <w:t xml:space="preserve">FIGURE </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00282EC0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00282EC0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> source</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> – stavební blok pro vložení obrázku s titulkem/popiskem a zdrojem (na novém řádku pod titulkem)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B9B7CA3" w14:textId="52E6FDB1" w:rsidR="007D348C" w:rsidRDefault="007D348C" w:rsidP="001024E9">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>ROVNICE</w:t>
       </w:r>
       <w:r w:rsidR="00282EC0">
         <w:rPr>
@@ -31364,199 +36787,226 @@
         </w:rPr>
         <w:t>TABULKA (popisek nad)</w:t>
       </w:r>
       <w:r w:rsidR="00282EC0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
       <w:r w:rsidR="00282EC0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>TABLE caption above</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">TABLE </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00282EC0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>caption</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00282EC0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00282EC0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>above</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>– stavební blok pro vložení titulku pro tabulku</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="007D348C" w:rsidRPr="007039C3" w:rsidSect="000205AE">
-      <w:headerReference w:type="even" r:id="rId86"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId88"/>
+      <w:headerReference w:type="even" r:id="rId88"/>
+      <w:footerReference w:type="even" r:id="rId89"/>
+      <w:footerReference w:type="default" r:id="rId90"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1985" w:right="1134" w:bottom="2381" w:left="1134" w:header="709" w:footer="1418" w:gutter="851"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6C4B6EBA" w14:textId="77777777" w:rsidR="00132D8E" w:rsidRDefault="00132D8E" w:rsidP="00534E21">
+    <w:p w14:paraId="00FEEFFF" w14:textId="77777777" w:rsidR="009B0D5A" w:rsidRDefault="009B0D5A" w:rsidP="00534E21">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="52B26881" w14:textId="77777777" w:rsidR="00132D8E" w:rsidRDefault="00132D8E" w:rsidP="00534E21">
+    <w:p w14:paraId="5D0DDA81" w14:textId="77777777" w:rsidR="009B0D5A" w:rsidRDefault="009B0D5A" w:rsidP="00534E21">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
-    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="19B5BBF4" w14:textId="77777777" w:rsidR="005526E5" w:rsidRDefault="005526E5">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="6BF83789" w14:textId="77777777" w:rsidR="005526E5" w:rsidRDefault="005526E5">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer10.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       </w:rPr>
       <w:id w:val="-1235235469"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="1BB610FA" w14:textId="77777777" w:rsidR="005526E5" w:rsidRPr="00E84ED9" w:rsidRDefault="005526E5">
         <w:pPr>
           <w:pStyle w:val="Zpat"/>
           <w:rPr>
             <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00962FE5">
           <w:rPr>
             <w:noProof/>
             <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
             <w:lang w:eastAsia="cs-CZ"/>
           </w:rPr>
@@ -31669,51 +37119,51 @@
                                   <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                                   <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:fldChar w:fldCharType="end"/>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="bottomMargin">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </mc:Choice>
             <mc:Fallback>
               <w:pict>
-                <v:rect w14:anchorId="4ECEAB12" id="Obdélník 7" o:spid="_x0000_s1035" style="position:absolute;margin-left:394.85pt;margin-top:793.8pt;width:44.5pt;height:23.8pt;rotation:180;flip:x;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:bottom-margin-area;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDUrOoezgIAAMkFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1umzAUvp+0d7B8T4EUEkAlVQvJNqlb&#10;K3V7AAMmWAWb2U5IN+2BdrGn6Ivt2CRp0t5M27hAx8fH3/n7zrm43HYt2lCpmOAp9s88jCgvRcX4&#10;KsVfPi+dCCOlCa9IKzhN8SNV+HL+9s3F0Cd0IhrRVlQiAOEqGfoUN1r3ieuqsqEdUWeipxwuayE7&#10;ouEoV24lyQDoXetOPG/qDkJWvRQlVQq0+XiJ5xa/rmmpb+taUY3aFENs2v6l/Rfm784vSLKSpG9Y&#10;uQuD/EUUHWEcnB6gcqIJWkv2CqpjpRRK1PqsFJ0r6pqV1OYA2fjei2zuG9JTmwsUR/WHMqn/B1t+&#10;2txJxKoUzzDipIMW3RbV08+WP/16QDNTn6FXCZjd93fSZKj6G1E+KMRF1hC+oldSiqGhpIKofGPv&#10;njwwBwVPUTF8FBXAk7UWtlTbWnZICmiJ70We+TCqW9a/NzjGE1QHbW2rHg+toluNSlCG0xDaj1EJ&#10;V+feJADZuCaJQTWPe6n0Oyo6ZIQUS2CCBSWbG6VH072JMediydoW9CRp+YkCMEcNuIan5s4EYZv7&#10;PfbiRbSIAieYTBdO4OW5c7XMAme69Gdhfp5nWe7/MH79IGlYVVFu3OyJ5gd/1sgd5UeKHKimRMsq&#10;A2dCUnJVZK1EGwJEz7zQC/JdQY7M3NMwbL0glxcp+VDN60nsLKfRzAmWQejEMy9yPD++jqdeEAf5&#10;8jSlG8bpv6eEhhRPonAW2jYdRf0iuTCLzq+D18mRpGMadknLuhTv+GT7abi54JWVNWHtKB/VwsT/&#10;XAvo977TlsmGvOMQ6G2xtaNiaW6IXYjqEahtSQxkhD0IVGuE/IbRADslxerrmkiKUfuBw3jEfhCY&#10;JWQPIMhjbbHXEl4CRIo1RqOY6XFhrXvJVg14GMeDiysYpZpZNj9HsxtA2Bc2p91uMwvp+Gytnjfw&#10;/DcAAAD//wMAUEsDBBQABgAIAAAAIQAKXk1S4gAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/N&#10;TsMwEITvSLyDtUjcqENLExPiVAgJCfHTQEGc3XhJIuJ1iN02vD3LCY4782l2plhNrhd7HEPnScP5&#10;LAGBVHvbUaPh7fX2TIEI0ZA1vSfU8I0BVuXxUWFy6w/0gvtNbASHUMiNhjbGIZcy1C06E2Z+QGLv&#10;w4/ORD7HRtrRHDjc9XKeJKl0piP+0JoBb1qsPzc7p8G/fz3Yau2epKzWj/XdxeL5viKtT0+m6ysQ&#10;Eaf4B8Nvfa4OJXfa+h3ZIHoNmbrMGGVjqbIUBCMqUyxtWUoXyznIspD/V5Q/AAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhANSs6h7OAgAAyQUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAApeTVLiAAAADQEAAA8AAAAAAAAAAAAAAAAAKAUAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAA3BgAAAAA=&#10;" filled="f" fillcolor="#c0504d" stroked="f" strokecolor="#5c83b4" strokeweight="2.25pt">
+                <v:rect w14:anchorId="4ECEAB12" id="Obdélník 7" o:spid="_x0000_s1035" style="position:absolute;margin-left:394.85pt;margin-top:793.8pt;width:44.5pt;height:23.8pt;rotation:180;flip:x;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:bottom-margin-area;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCDGUAN5gEAAK4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7aztOiMOEXRotuA&#10;bh3Q7QNkWbKFyaJGKbGzrx+lpGm33or5IJAU9cj3SK8v59GyncJgwDW8WpScKSehM65v+I/vt+8u&#10;OAtRuE5YcKrhexX45ebtm/Xka7WEAWynkBGIC/XkGz7E6OuiCHJQowgL8MrRpQYcRSQX+6JDMRH6&#10;aItlWZ4XE2DnEaQKgaI3h0u+yfhaKxnvtQ4qMttw6i3mE/PZprPYrEXdo/CDkcc2xCu6GIVxVPQE&#10;dSOiYFs0L6BGIxEC6LiQMBagtZEqcyA2VfkPm4dBeJW5kDjBn2QK/w9Wft09+G+YWg/+DuTPwBxc&#10;D8L16goRpkGJjspVSahi8qE+PUhOoKesnb5AR6MV2whZg1njyBBI66q8KNPHmbbGf0o4qRLRZnOe&#10;wf40AzVHJil4dn5Gc+VM0tX7crkiO5UWdUJNjz2G+FHByJLRcKQRZ1CxuwvxkPqYktId3Bpr85it&#10;+ytAmCmSWSUiaWdCHed2ZqY7Uk6RFro90cyEqDFadio7AP7mbKLFaXj4tRWoOLOfHUn1oVqt0qZl&#10;hwx8Hm0fo8JJgmh45OxgXsfDVm49mn5I2mVWDq5IVm0ys6dujm3TUmRtjguctu65n7OefrPNHwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAApeTVLiAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQ&#10;hO9IvIO1SNyoQ0sTE+JUCAkJ8dNAQZzdeEki4nWI3Ta8PcsJjjvzaXamWE2uF3scQ+dJw/ksAYFU&#10;e9tRo+Ht9fZMgQjRkDW9J9TwjQFW5fFRYXLrD/SC+01sBIdQyI2GNsYhlzLULToTZn5AYu/Dj85E&#10;PsdG2tEcONz1cp4kqXSmI/7QmgFvWqw/Nzunwb9/Pdhq7Z6krNaP9d3F4vm+Iq1PT6brKxARp/gH&#10;w299rg4ld9r6Hdkgeg2ZuswYZWOpshQEIypTLG1ZShfLOciykP9XlD8AAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAgxlADeYBAACuAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEACl5NUuIAAAANAQAADwAAAAAAAAAAAAAAAABABAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAE8FAAAAAA==&#10;" filled="f" fillcolor="#c0504d" stroked="f" strokecolor="#5c83b4" strokeweight="2.25pt">
                   <v:textbox inset=",0,,0">
                     <w:txbxContent>
                       <w:p w14:paraId="058B353F" w14:textId="7C87BE9A" w:rsidR="005526E5" w:rsidRPr="001D18D1" w:rsidRDefault="005526E5" w:rsidP="00D67E43">
                         <w:pPr>
                           <w:pBdr>
                             <w:top w:val="single" w:sz="12" w:space="4" w:color="595959" w:themeColor="text1" w:themeTint="A6"/>
                           </w:pBdr>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                             <w:sz w:val="20"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="001D18D1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                             <w:sz w:val="20"/>
                           </w:rPr>
                           <w:fldChar w:fldCharType="begin"/>
                         </w:r>
                         <w:r w:rsidRPr="001D18D1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -31742,185 +37192,185 @@
                         <w:r w:rsidRPr="001D18D1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                             <w:sz w:val="20"/>
                           </w:rPr>
                           <w:fldChar w:fldCharType="end"/>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                   <w10:wrap anchorx="margin" anchory="page"/>
                   <w10:anchorlock/>
                 </v:rect>
               </w:pict>
             </mc:Fallback>
           </mc:AlternateContent>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer11.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1F2132F5" w14:textId="77777777" w:rsidR="005526E5" w:rsidRDefault="005526E5">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer12.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1677D9F0" w14:textId="77777777" w:rsidR="005526E5" w:rsidRPr="00E84ED9" w:rsidRDefault="005526E5">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:rPr>
         <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7D0E3D0D" w14:textId="77777777" w:rsidR="005526E5" w:rsidRDefault="005526E5">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="26490706" w14:textId="77777777" w:rsidR="005526E5" w:rsidRDefault="005526E5">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3F15BE3D" w14:textId="77777777" w:rsidR="005526E5" w:rsidRDefault="005526E5">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="402FF085" w14:textId="77777777" w:rsidR="005526E5" w:rsidRDefault="005526E5">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2AF8254E" w14:textId="77777777" w:rsidR="005526E5" w:rsidRDefault="005526E5">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="0CBBDAE2" w14:textId="77777777" w:rsidR="005526E5" w:rsidRDefault="005526E5">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3CE3B555" w14:textId="77777777" w:rsidR="005526E5" w:rsidRDefault="005526E5">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="06B04417" w14:textId="77777777" w:rsidR="005526E5" w:rsidRDefault="005526E5">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7543E4FC" w14:textId="77777777" w:rsidR="005526E5" w:rsidRDefault="005526E5">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="48B49D12" w14:textId="77777777" w:rsidR="005526E5" w:rsidRDefault="005526E5">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer7.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4D75909A" w14:textId="77777777" w:rsidR="005526E5" w:rsidRDefault="005526E5" w:rsidP="00D472A0">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="32394487" w14:textId="77777777" w:rsidR="005526E5" w:rsidRDefault="005526E5">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer8.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="521BAED9" w14:textId="77777777" w:rsidR="005526E5" w:rsidRDefault="005526E5">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="0B0FAAC7" w14:textId="77777777" w:rsidR="005526E5" w:rsidRDefault="005526E5">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer9.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="297731431"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="614B49AA" w14:textId="77777777" w:rsidR="005526E5" w:rsidRDefault="005526E5">
         <w:pPr>
           <w:pStyle w:val="Zpat"/>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:lang w:eastAsia="cs-CZ"/>
           </w:rPr>
           <mc:AlternateContent>
             <mc:Choice Requires="wps">
               <w:drawing>
                 <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="76EAF525" wp14:editId="2ECB7831">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="margin">
                     <wp:align>left</wp:align>
@@ -32026,51 +37476,51 @@
                                   <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                                   <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:fldChar w:fldCharType="end"/>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="bottomMargin">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </mc:Choice>
             <mc:Fallback>
               <w:pict>
-                <v:rect w14:anchorId="76EAF525" id="Obdélník 8" o:spid="_x0000_s1034" style="position:absolute;margin-left:0;margin-top:793.8pt;width:44.5pt;height:23.55pt;rotation:180;flip:x;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:bottom-margin-area;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBoGcKtygIAAMIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1umzAUvp+0d7B8T4EUEkAlVQvJNqlb&#10;K3V7AAMmWAWb2U5IN+2BdrGn6Ivt2KT5aW+mbVwg+/j4Oz/f53Nxue1atKFSMcFT7J95GFFeiorx&#10;VYq/fF46EUZKE16RVnCa4keq8OX87ZuLoU/oRDSirahEAMJVMvQpbrTuE9dVZUM7os5ETzkc1kJ2&#10;RMNWrtxKkgHQu9adeN7UHYSseilKqhRY8/EQzy1+XdNS39a1ohq1KYbctP1L+y/M351fkGQlSd+w&#10;cpcG+YssOsI4BN1D5UQTtJbsFVTHSimUqPVZKTpX1DUrqa0BqvG9F9XcN6SnthZojur3bVL/D7b8&#10;tLmTiFUpBqI46YCi26J6+tnyp18PKDL9GXqVgNt9fydNhaq/EeWDQlxkDeEreiWlGBpKKsjKN/7u&#10;yQWzUXAVFcNHUQE8WWthW7WtZYekAEp8L/LMh1Hdsv69wTGRoDtoa6l63FNFtxqVYAynIdCPUQlH&#10;kziC+zY0SQyqudxLpd9R0SGzSLEEJVhQsrlR2mR5cDHuXCxZ21o1tPzEAI6jBULDVXNmkrDkfo+9&#10;eBEtosAJJtOFE3h57lwts8CZLv1ZmJ/nWZb7P0xcP0gaVlWUmzDPQvODPyNyJ/lRInupKdGyysCZ&#10;lJRcFVkr0YaA0DMv9IJ815AjN/c0DdsEqOVFSf4k8K4nsbOcRjMnWAahE8+8yPH8+DqeekEc5MvT&#10;km4Yp/9eEhqAySichZamo6xfFBdm0fl18Lo4knRMwyxpWQdiHvVk+TTaXPDKrjVh7bg+6oXJ/9AL&#10;4PuZaatkI97xEehtsQUUo+hCVI+gaateUCEMQNBYI+Q3jAYYJilWX9dEUozaDxzeRewHgZk+dgML&#10;eWwtnq2ElwCRYo3RuMz0OKnWvWSrBiKM74KLK3hDNbMyPmSze3kwKGwxu6FmJtHx3nodRu/8NwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAAlfvzDfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwkAQ&#10;he8m/IfNkHiTrYKl1G6JMTExihSReF66Y9vYna3dBeq/dzzJcb738ua9bDnYVhyx940jBdeTCARS&#10;6UxDlYLd++NVAsIHTUa3jlDBD3pY5qOLTKfGnegNj9tQCQ4hn2oFdQhdKqUva7TaT1yHxNqn660O&#10;fPaVNL0+cbht5U0UxdLqhvhDrTt8qLH82h6sAvfx/WKKtX2VslivyqfZdPNckFKX4+H+DkTAIfyb&#10;4a8+V4ecO+3dgYwXrQIeEpjeJvMYBOvJgsmeSTydzUHmmTxfkP8CAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAaBnCrcoCAADCBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEACV+/MN8AAAAJAQAADwAAAAAAAAAAAAAAAAAkBQAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAADAGAAAAAA==&#10;" filled="f" fillcolor="#c0504d" stroked="f" strokecolor="#5c83b4" strokeweight="2.25pt">
+                <v:rect w14:anchorId="76EAF525" id="Obdélník 8" o:spid="_x0000_s1034" style="position:absolute;margin-left:0;margin-top:793.8pt;width:44.5pt;height:23.55pt;rotation:180;flip:x;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:bottom-margin-area;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAm1Zbm4gEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgO2iI14hRFi24D&#10;ugvQ9QNkWbKFyaJGKbGzrx+lZEnXvQ3zgyBS5OE5JL2+mUfLdgqDAdfwalFyppyEzri+4c/fHt6t&#10;OAtRuE5YcKrhexX4zebtm/Xka7WEAWynkBGIC/XkGz7E6OuiCHJQowgL8MrRowYcRSQT+6JDMRH6&#10;aItlWV4VE2DnEaQKgbz3h0e+yfhaKxm/aB1UZLbhxC3mE/PZprPYrEXdo/CDkUca4h9YjMI4KnqC&#10;uhdRsC2av6BGIxEC6LiQMBagtZEqayA1VflKzdMgvMpaqDnBn9oU/h+s/Lx78l8xUQ/+EeT3wBzc&#10;DcL16hYRpkGJjspVqVHF5EN9SkhGoFTWTp+go9GKbYTcg1njyBCo11W5KtPHmbbGf0g4qRLJZnOe&#10;wf40AzVHJsl5eXVJc+VM0tPyekX5ubSoE2pK9hjiewUjS5eGI404g4rdY4iJ5TkkhTt4MNbmMVv3&#10;h4MCkyerSkLSzoQ6zu1M0enaQrcnfVkJMaItp3oD4E/OJtqYhocfW4GKM/vRUY+uq4uLtGLZoAu+&#10;9La/vcJJgmh45OxwvYuHddx6NP2QmpblOLilfmqTJZ3ZHPnSNmSlx81N6/bSzlHn/2vzCwAA//8D&#10;AFBLAwQUAAYACAAAACEACV+/MN8AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBCF7yb8&#10;h82QeJOtgqXUbokxMTGKFJF4Xrpj29idrd0F6r93PMlxvvfy5r1sOdhWHLH3jSMF15MIBFLpTEOV&#10;gt3741UCwgdNRreOUMEPeljmo4tMp8ad6A2P21AJDiGfagV1CF0qpS9rtNpPXIfE2qfrrQ589pU0&#10;vT5xuG3lTRTF0uqG+EOtO3yosfzaHqwC9/H9Yoq1fZWyWK/Kp9l081yQUpfj4f4ORMAh/Jvhrz5X&#10;h5w77d2BjBetAh4SmN4m8xgE68mCyZ5JPJ3NQeaZPF+Q/wIAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQAm1Zbm4gEAAKcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQAJX78w3wAAAAkBAAAPAAAAAAAAAAAAAAAAADwEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAASAUAAAAA&#10;" filled="f" fillcolor="#c0504d" stroked="f" strokecolor="#5c83b4" strokeweight="2.25pt">
                   <v:textbox inset=",0,,0">
                     <w:txbxContent>
                       <w:p w14:paraId="7176B8A3" w14:textId="30B32DF8" w:rsidR="005526E5" w:rsidRPr="001D18D1" w:rsidRDefault="005526E5" w:rsidP="00D67E43">
                         <w:pPr>
                           <w:pBdr>
                             <w:top w:val="single" w:sz="12" w:space="5" w:color="595959" w:themeColor="text1" w:themeTint="A6"/>
                           </w:pBdr>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                             <w:sz w:val="20"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="001D18D1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                             <w:sz w:val="20"/>
                           </w:rPr>
                           <w:fldChar w:fldCharType="begin"/>
                         </w:r>
                         <w:r w:rsidRPr="001D18D1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -32099,132 +37549,132 @@
                         <w:r w:rsidRPr="001D18D1">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                             <w:sz w:val="20"/>
                           </w:rPr>
                           <w:fldChar w:fldCharType="end"/>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                   <w10:wrap anchorx="margin" anchory="page"/>
                   <w10:anchorlock/>
                 </v:rect>
               </w:pict>
             </mc:Fallback>
           </mc:AlternateContent>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4C260C37" w14:textId="77777777" w:rsidR="00132D8E" w:rsidRPr="00392EDF" w:rsidRDefault="00132D8E" w:rsidP="00C23682">
+    <w:p w14:paraId="69B1054F" w14:textId="77777777" w:rsidR="009B0D5A" w:rsidRPr="00392EDF" w:rsidRDefault="009B0D5A" w:rsidP="00C23682">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="8" w:space="1" w:color="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:pBdr>
         <w:spacing w:before="600"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="69BE5CA8" w14:textId="77777777" w:rsidR="00132D8E" w:rsidRPr="00392EDF" w:rsidRDefault="00132D8E" w:rsidP="00C23682">
+    <w:p w14:paraId="095109FC" w14:textId="77777777" w:rsidR="009B0D5A" w:rsidRPr="00392EDF" w:rsidRDefault="009B0D5A" w:rsidP="00C23682">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="8" w:space="1" w:color="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:pBdr>
         <w:spacing w:before="600"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="51F9BE89" w14:textId="77777777" w:rsidR="00132D8E" w:rsidRDefault="00132D8E"/>
+    <w:p w14:paraId="5401B2FB" w14:textId="77777777" w:rsidR="009B0D5A" w:rsidRDefault="009B0D5A"/>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="74F29241" w14:textId="77777777" w:rsidR="005526E5" w:rsidRDefault="005526E5" w:rsidP="00565E58">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Toto je ukázka poznámky pod čarou. </w:t>
       </w:r>
       <w:r w:rsidRPr="002659C1">
         <w:t>Lorem Ipsum je demonstrativní výplňový text používaný v tiskařském a knihařském průmyslu. Lorem Ipsum je považováno za standard v této oblasti už od začátku 16. století, kdy dnes neznámý tiskař vzal kusy textu a na jejich základě vytvořil speciální vzorovou knihu.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="26EF0B76" w14:textId="77777777" w:rsidR="005526E5" w:rsidRDefault="005526E5">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0B69BA9C" w14:textId="77777777" w:rsidR="005526E5" w:rsidRDefault="005526E5">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3E50FD48"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="slovanseznam5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="95926B1C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -33578,451 +39028,485 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="3632"/>
         </w:tabs>
         <w:ind w:left="3632" w:hanging="454"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4086"/>
         </w:tabs>
         <w:ind w:left="4086" w:hanging="454"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="920407387">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="292978514">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="516501177">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="148837516">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="474375229">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="438063171">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="806363009">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1405882817">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1169174918">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="158274870">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1551648325">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="936909851">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1010984828">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1753353673">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1746953245">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="149948731">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1588348034">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1560554823">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="952902921">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="336738803">
     <w:abstractNumId w:val="12"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="550658016">
     <w:abstractNumId w:val="16"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:numIdMacAtCleanup w:val="21"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="80"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:mirrorMargins/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="1024" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:consecutiveHyphenLimit w:val="3"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BD6038"/>
     <w:rsid w:val="00004917"/>
     <w:rsid w:val="00015B48"/>
     <w:rsid w:val="000205AE"/>
     <w:rsid w:val="00022C36"/>
     <w:rsid w:val="00023006"/>
     <w:rsid w:val="000243FC"/>
     <w:rsid w:val="00037C22"/>
     <w:rsid w:val="000424CE"/>
     <w:rsid w:val="00044CF7"/>
     <w:rsid w:val="000466F7"/>
     <w:rsid w:val="0005319D"/>
     <w:rsid w:val="00054C7E"/>
     <w:rsid w:val="000552D1"/>
+    <w:rsid w:val="00055943"/>
     <w:rsid w:val="00062CBC"/>
     <w:rsid w:val="00067C21"/>
     <w:rsid w:val="00070282"/>
     <w:rsid w:val="00076353"/>
     <w:rsid w:val="00077DCA"/>
+    <w:rsid w:val="000814A1"/>
     <w:rsid w:val="0008353D"/>
     <w:rsid w:val="00083C3C"/>
     <w:rsid w:val="00090DA8"/>
     <w:rsid w:val="00091B1E"/>
+    <w:rsid w:val="00091E4C"/>
     <w:rsid w:val="000A1B75"/>
     <w:rsid w:val="000A4DB2"/>
     <w:rsid w:val="000A605F"/>
     <w:rsid w:val="000A744C"/>
     <w:rsid w:val="000C1387"/>
     <w:rsid w:val="000C49D2"/>
     <w:rsid w:val="000C5CC8"/>
     <w:rsid w:val="000C70DF"/>
+    <w:rsid w:val="000C760D"/>
     <w:rsid w:val="000C7D33"/>
     <w:rsid w:val="000D0AC0"/>
     <w:rsid w:val="000D4F90"/>
     <w:rsid w:val="000D51D0"/>
     <w:rsid w:val="000D66AB"/>
     <w:rsid w:val="000E02B6"/>
     <w:rsid w:val="000E2CEE"/>
     <w:rsid w:val="000E5AC6"/>
     <w:rsid w:val="000E6EDF"/>
     <w:rsid w:val="000E7DA9"/>
     <w:rsid w:val="000F1970"/>
     <w:rsid w:val="000F31D5"/>
     <w:rsid w:val="000F4899"/>
     <w:rsid w:val="000F709C"/>
     <w:rsid w:val="001024E9"/>
     <w:rsid w:val="00104B5A"/>
     <w:rsid w:val="001136E9"/>
     <w:rsid w:val="001149EB"/>
     <w:rsid w:val="001209D8"/>
     <w:rsid w:val="001214C2"/>
     <w:rsid w:val="00122221"/>
     <w:rsid w:val="0012273D"/>
     <w:rsid w:val="001254E5"/>
     <w:rsid w:val="001323A9"/>
     <w:rsid w:val="00132D8E"/>
     <w:rsid w:val="00132DE6"/>
     <w:rsid w:val="00135660"/>
     <w:rsid w:val="001378DD"/>
     <w:rsid w:val="00141212"/>
     <w:rsid w:val="00142361"/>
     <w:rsid w:val="001528BA"/>
     <w:rsid w:val="00155687"/>
     <w:rsid w:val="00155A13"/>
     <w:rsid w:val="00156CFA"/>
     <w:rsid w:val="00162332"/>
     <w:rsid w:val="00162BC8"/>
+    <w:rsid w:val="00165398"/>
     <w:rsid w:val="00165426"/>
     <w:rsid w:val="00166253"/>
     <w:rsid w:val="00167209"/>
     <w:rsid w:val="00170923"/>
     <w:rsid w:val="0017403D"/>
     <w:rsid w:val="00177188"/>
     <w:rsid w:val="00180B16"/>
     <w:rsid w:val="0018552E"/>
     <w:rsid w:val="00186FDC"/>
     <w:rsid w:val="00190113"/>
     <w:rsid w:val="00191349"/>
     <w:rsid w:val="001915E0"/>
     <w:rsid w:val="00195DA8"/>
     <w:rsid w:val="0019673E"/>
     <w:rsid w:val="001979FD"/>
     <w:rsid w:val="001A1568"/>
     <w:rsid w:val="001A3693"/>
     <w:rsid w:val="001A3F9F"/>
     <w:rsid w:val="001A4FD9"/>
     <w:rsid w:val="001A61B0"/>
     <w:rsid w:val="001A78A9"/>
     <w:rsid w:val="001B1903"/>
     <w:rsid w:val="001B3DA3"/>
     <w:rsid w:val="001B4495"/>
     <w:rsid w:val="001B603A"/>
+    <w:rsid w:val="001C0D57"/>
     <w:rsid w:val="001C1964"/>
     <w:rsid w:val="001C325E"/>
     <w:rsid w:val="001C42AD"/>
     <w:rsid w:val="001C734B"/>
     <w:rsid w:val="001D18D1"/>
+    <w:rsid w:val="001D4E02"/>
     <w:rsid w:val="001D570A"/>
     <w:rsid w:val="001D5889"/>
     <w:rsid w:val="001E20EE"/>
     <w:rsid w:val="001E28DB"/>
+    <w:rsid w:val="001E36B5"/>
     <w:rsid w:val="001E74E6"/>
     <w:rsid w:val="001F26ED"/>
     <w:rsid w:val="001F5316"/>
     <w:rsid w:val="001F61F5"/>
     <w:rsid w:val="00202A3E"/>
     <w:rsid w:val="002135B9"/>
     <w:rsid w:val="00227171"/>
     <w:rsid w:val="00232742"/>
     <w:rsid w:val="00233B06"/>
     <w:rsid w:val="00234239"/>
     <w:rsid w:val="00237B13"/>
     <w:rsid w:val="002406B6"/>
     <w:rsid w:val="00241610"/>
     <w:rsid w:val="00247C76"/>
     <w:rsid w:val="00251447"/>
     <w:rsid w:val="00251D24"/>
     <w:rsid w:val="00252B67"/>
     <w:rsid w:val="00253500"/>
     <w:rsid w:val="0025626B"/>
     <w:rsid w:val="00257894"/>
     <w:rsid w:val="00257C0F"/>
     <w:rsid w:val="00263242"/>
     <w:rsid w:val="002639E7"/>
     <w:rsid w:val="002659C1"/>
+    <w:rsid w:val="0028085D"/>
     <w:rsid w:val="00282EC0"/>
     <w:rsid w:val="00287992"/>
     <w:rsid w:val="00291EE0"/>
+    <w:rsid w:val="0029346D"/>
     <w:rsid w:val="002A05AF"/>
     <w:rsid w:val="002A0EA2"/>
     <w:rsid w:val="002A2008"/>
     <w:rsid w:val="002A3095"/>
     <w:rsid w:val="002A45B3"/>
     <w:rsid w:val="002A4AF3"/>
     <w:rsid w:val="002A5E8E"/>
     <w:rsid w:val="002B5133"/>
     <w:rsid w:val="002B57D8"/>
     <w:rsid w:val="002B5D28"/>
     <w:rsid w:val="002C0941"/>
     <w:rsid w:val="002C2139"/>
     <w:rsid w:val="002C26A1"/>
     <w:rsid w:val="002C4962"/>
     <w:rsid w:val="002C4DE3"/>
     <w:rsid w:val="002C5E56"/>
     <w:rsid w:val="002C60B1"/>
     <w:rsid w:val="002C79E1"/>
     <w:rsid w:val="002D1448"/>
     <w:rsid w:val="002D18F7"/>
     <w:rsid w:val="002D19FF"/>
     <w:rsid w:val="002D2446"/>
     <w:rsid w:val="002D2C8D"/>
     <w:rsid w:val="002E1757"/>
     <w:rsid w:val="002E6CC5"/>
     <w:rsid w:val="002E7075"/>
     <w:rsid w:val="002E7573"/>
     <w:rsid w:val="002E7C05"/>
     <w:rsid w:val="002F0FA3"/>
     <w:rsid w:val="002F1B84"/>
     <w:rsid w:val="002F4A67"/>
     <w:rsid w:val="00301168"/>
     <w:rsid w:val="00303BDC"/>
     <w:rsid w:val="00303E3F"/>
     <w:rsid w:val="00311686"/>
     <w:rsid w:val="00313E65"/>
     <w:rsid w:val="00314240"/>
     <w:rsid w:val="003150B7"/>
     <w:rsid w:val="0031788D"/>
     <w:rsid w:val="0032052C"/>
     <w:rsid w:val="003205B0"/>
     <w:rsid w:val="00321504"/>
     <w:rsid w:val="003239BD"/>
+    <w:rsid w:val="0033518D"/>
     <w:rsid w:val="00346D25"/>
     <w:rsid w:val="00346F53"/>
     <w:rsid w:val="0034722F"/>
     <w:rsid w:val="00353B46"/>
     <w:rsid w:val="00357851"/>
     <w:rsid w:val="00357EEB"/>
     <w:rsid w:val="00360743"/>
     <w:rsid w:val="003614FD"/>
     <w:rsid w:val="00363AF6"/>
     <w:rsid w:val="003661C8"/>
     <w:rsid w:val="003737BC"/>
+    <w:rsid w:val="00375839"/>
+    <w:rsid w:val="0037725B"/>
     <w:rsid w:val="00377A34"/>
+    <w:rsid w:val="0038058F"/>
+    <w:rsid w:val="0038416E"/>
     <w:rsid w:val="00385DCB"/>
     <w:rsid w:val="00392EDF"/>
     <w:rsid w:val="00395557"/>
     <w:rsid w:val="00395B9B"/>
     <w:rsid w:val="003A1022"/>
+    <w:rsid w:val="003A35F1"/>
+    <w:rsid w:val="003A6B49"/>
     <w:rsid w:val="003A78B2"/>
+    <w:rsid w:val="003A7F6F"/>
     <w:rsid w:val="003B0ACA"/>
     <w:rsid w:val="003B1BCF"/>
+    <w:rsid w:val="003B28F3"/>
     <w:rsid w:val="003B6C67"/>
     <w:rsid w:val="003C0BC8"/>
     <w:rsid w:val="003C68B1"/>
     <w:rsid w:val="003D545F"/>
     <w:rsid w:val="003D75EA"/>
     <w:rsid w:val="003E118B"/>
     <w:rsid w:val="003E393C"/>
     <w:rsid w:val="003E651F"/>
     <w:rsid w:val="004005E4"/>
+    <w:rsid w:val="004036A9"/>
     <w:rsid w:val="00407531"/>
     <w:rsid w:val="004119F3"/>
     <w:rsid w:val="00412E5F"/>
     <w:rsid w:val="00425AA6"/>
     <w:rsid w:val="00426494"/>
     <w:rsid w:val="00427EA2"/>
     <w:rsid w:val="004343FF"/>
     <w:rsid w:val="004360FF"/>
     <w:rsid w:val="0044277B"/>
     <w:rsid w:val="00442EFB"/>
     <w:rsid w:val="0045147F"/>
     <w:rsid w:val="00453E5F"/>
     <w:rsid w:val="00464052"/>
     <w:rsid w:val="0046612A"/>
     <w:rsid w:val="00467B4C"/>
     <w:rsid w:val="0047438D"/>
     <w:rsid w:val="00476D38"/>
     <w:rsid w:val="0048380F"/>
     <w:rsid w:val="00484E7A"/>
     <w:rsid w:val="00484FB2"/>
     <w:rsid w:val="00485947"/>
     <w:rsid w:val="004908EB"/>
     <w:rsid w:val="00496D47"/>
     <w:rsid w:val="004A010F"/>
     <w:rsid w:val="004A0A30"/>
     <w:rsid w:val="004A33B0"/>
+    <w:rsid w:val="004B0AAF"/>
     <w:rsid w:val="004B10F4"/>
+    <w:rsid w:val="004B1363"/>
     <w:rsid w:val="004B4566"/>
     <w:rsid w:val="004B500B"/>
     <w:rsid w:val="004B6DCA"/>
     <w:rsid w:val="004C0300"/>
+    <w:rsid w:val="004C145B"/>
     <w:rsid w:val="004C5BB5"/>
     <w:rsid w:val="004C63E4"/>
     <w:rsid w:val="004D3584"/>
     <w:rsid w:val="004D523E"/>
+    <w:rsid w:val="004E1907"/>
     <w:rsid w:val="004E3A5B"/>
     <w:rsid w:val="004E54E0"/>
     <w:rsid w:val="004E55B8"/>
+    <w:rsid w:val="004E591E"/>
     <w:rsid w:val="004E5A2E"/>
     <w:rsid w:val="004F3ED1"/>
+    <w:rsid w:val="004F3F44"/>
     <w:rsid w:val="004F5AA5"/>
     <w:rsid w:val="004F793E"/>
     <w:rsid w:val="00504AE1"/>
     <w:rsid w:val="00504DC7"/>
     <w:rsid w:val="00505759"/>
     <w:rsid w:val="00511496"/>
     <w:rsid w:val="005124B1"/>
     <w:rsid w:val="00515B26"/>
     <w:rsid w:val="0051658B"/>
     <w:rsid w:val="005173DF"/>
     <w:rsid w:val="00517985"/>
+    <w:rsid w:val="00530B5A"/>
     <w:rsid w:val="005314BA"/>
+    <w:rsid w:val="00531F6C"/>
     <w:rsid w:val="00534E21"/>
     <w:rsid w:val="005353D0"/>
     <w:rsid w:val="0054171C"/>
     <w:rsid w:val="00545486"/>
     <w:rsid w:val="00547E69"/>
     <w:rsid w:val="00550073"/>
     <w:rsid w:val="005514A4"/>
     <w:rsid w:val="005524D4"/>
     <w:rsid w:val="005526E5"/>
     <w:rsid w:val="00552861"/>
     <w:rsid w:val="00555FFE"/>
     <w:rsid w:val="00556EAF"/>
     <w:rsid w:val="00557483"/>
+    <w:rsid w:val="005656A0"/>
     <w:rsid w:val="0056584A"/>
     <w:rsid w:val="00565E58"/>
     <w:rsid w:val="00567EBE"/>
     <w:rsid w:val="00571C62"/>
     <w:rsid w:val="005732BA"/>
     <w:rsid w:val="00577CFC"/>
     <w:rsid w:val="00580BC5"/>
     <w:rsid w:val="00582283"/>
     <w:rsid w:val="0058494B"/>
     <w:rsid w:val="00585186"/>
     <w:rsid w:val="0058542B"/>
     <w:rsid w:val="00590A08"/>
     <w:rsid w:val="00595EE2"/>
     <w:rsid w:val="005A2870"/>
     <w:rsid w:val="005A4181"/>
     <w:rsid w:val="005A42A7"/>
     <w:rsid w:val="005A5828"/>
     <w:rsid w:val="005B029C"/>
     <w:rsid w:val="005B0424"/>
+    <w:rsid w:val="005B107A"/>
     <w:rsid w:val="005B24C4"/>
     <w:rsid w:val="005B4CDD"/>
     <w:rsid w:val="005B51A9"/>
     <w:rsid w:val="005C488F"/>
     <w:rsid w:val="005D1A14"/>
     <w:rsid w:val="005D37B0"/>
     <w:rsid w:val="005D5650"/>
     <w:rsid w:val="005D7098"/>
     <w:rsid w:val="005E75E2"/>
     <w:rsid w:val="005F7AE1"/>
+    <w:rsid w:val="00602757"/>
+    <w:rsid w:val="00605620"/>
     <w:rsid w:val="0061177B"/>
     <w:rsid w:val="0061601E"/>
     <w:rsid w:val="00622C08"/>
     <w:rsid w:val="00632154"/>
     <w:rsid w:val="00632EEC"/>
     <w:rsid w:val="006360B8"/>
     <w:rsid w:val="00640404"/>
     <w:rsid w:val="00646BC1"/>
     <w:rsid w:val="00647243"/>
     <w:rsid w:val="00656CFF"/>
     <w:rsid w:val="00660AD3"/>
     <w:rsid w:val="006617F3"/>
     <w:rsid w:val="00663C3D"/>
     <w:rsid w:val="00664226"/>
     <w:rsid w:val="006642FA"/>
     <w:rsid w:val="00664C10"/>
     <w:rsid w:val="00667D2D"/>
     <w:rsid w:val="00670CB6"/>
     <w:rsid w:val="00675895"/>
     <w:rsid w:val="006760D8"/>
     <w:rsid w:val="00680597"/>
     <w:rsid w:val="00691ABA"/>
     <w:rsid w:val="00693934"/>
     <w:rsid w:val="00693CEE"/>
     <w:rsid w:val="00694786"/>
@@ -34041,206 +39525,229 @@
     <w:rsid w:val="006D4D47"/>
     <w:rsid w:val="006D5A90"/>
     <w:rsid w:val="006D5DB0"/>
     <w:rsid w:val="006D7F8C"/>
     <w:rsid w:val="006E02D8"/>
     <w:rsid w:val="006F0919"/>
     <w:rsid w:val="006F644D"/>
     <w:rsid w:val="006F6EC0"/>
     <w:rsid w:val="0070043A"/>
     <w:rsid w:val="007039C3"/>
     <w:rsid w:val="00706ACB"/>
     <w:rsid w:val="00706D32"/>
     <w:rsid w:val="007127E1"/>
     <w:rsid w:val="0071508D"/>
     <w:rsid w:val="007159A2"/>
     <w:rsid w:val="00715BD0"/>
     <w:rsid w:val="00720AF1"/>
     <w:rsid w:val="00723C47"/>
     <w:rsid w:val="00727461"/>
     <w:rsid w:val="0073122E"/>
     <w:rsid w:val="00731ECB"/>
     <w:rsid w:val="007351E3"/>
     <w:rsid w:val="00735EDC"/>
     <w:rsid w:val="00740D27"/>
     <w:rsid w:val="00741D1A"/>
+    <w:rsid w:val="00743C51"/>
     <w:rsid w:val="00752DF1"/>
     <w:rsid w:val="00757EE9"/>
     <w:rsid w:val="0076320B"/>
     <w:rsid w:val="0076383C"/>
     <w:rsid w:val="00770A72"/>
     <w:rsid w:val="00772E22"/>
     <w:rsid w:val="007747C0"/>
     <w:rsid w:val="007747CB"/>
     <w:rsid w:val="00775B2E"/>
     <w:rsid w:val="007773E3"/>
     <w:rsid w:val="00780968"/>
     <w:rsid w:val="00783CE6"/>
     <w:rsid w:val="00791BC3"/>
     <w:rsid w:val="007925FC"/>
     <w:rsid w:val="007A0900"/>
     <w:rsid w:val="007A1086"/>
     <w:rsid w:val="007B7A93"/>
     <w:rsid w:val="007C1BE8"/>
     <w:rsid w:val="007C6C60"/>
     <w:rsid w:val="007D092B"/>
     <w:rsid w:val="007D249A"/>
     <w:rsid w:val="007D30F8"/>
     <w:rsid w:val="007D31F9"/>
     <w:rsid w:val="007D348C"/>
     <w:rsid w:val="007D6B18"/>
     <w:rsid w:val="007E07D4"/>
     <w:rsid w:val="007E1633"/>
     <w:rsid w:val="007E4637"/>
     <w:rsid w:val="007E5A7F"/>
     <w:rsid w:val="007E74C5"/>
     <w:rsid w:val="007F0C21"/>
     <w:rsid w:val="007F2645"/>
     <w:rsid w:val="007F374A"/>
     <w:rsid w:val="007F3AC3"/>
     <w:rsid w:val="007F551F"/>
     <w:rsid w:val="007F639E"/>
     <w:rsid w:val="00801D4D"/>
     <w:rsid w:val="0080455F"/>
     <w:rsid w:val="00804EAF"/>
     <w:rsid w:val="00805695"/>
+    <w:rsid w:val="00805ACF"/>
     <w:rsid w:val="00805D6A"/>
     <w:rsid w:val="00807231"/>
     <w:rsid w:val="00811B31"/>
+    <w:rsid w:val="00822314"/>
     <w:rsid w:val="008271E4"/>
     <w:rsid w:val="0083141D"/>
+    <w:rsid w:val="00831C62"/>
     <w:rsid w:val="00842FAC"/>
+    <w:rsid w:val="00847417"/>
     <w:rsid w:val="008509D6"/>
+    <w:rsid w:val="00851E93"/>
     <w:rsid w:val="008529D0"/>
     <w:rsid w:val="00854894"/>
     <w:rsid w:val="00856355"/>
+    <w:rsid w:val="008566B1"/>
     <w:rsid w:val="00866AE1"/>
     <w:rsid w:val="00867995"/>
     <w:rsid w:val="00870D4A"/>
     <w:rsid w:val="008724FD"/>
     <w:rsid w:val="0087663E"/>
     <w:rsid w:val="00876B11"/>
     <w:rsid w:val="00876B1D"/>
     <w:rsid w:val="00876D1F"/>
+    <w:rsid w:val="00883182"/>
     <w:rsid w:val="00884B3F"/>
     <w:rsid w:val="00885F21"/>
+    <w:rsid w:val="008906D3"/>
+    <w:rsid w:val="00890882"/>
     <w:rsid w:val="0089288A"/>
     <w:rsid w:val="0089543A"/>
+    <w:rsid w:val="00897374"/>
     <w:rsid w:val="008977C9"/>
     <w:rsid w:val="008A0CE5"/>
     <w:rsid w:val="008A2573"/>
+    <w:rsid w:val="008A4626"/>
     <w:rsid w:val="008A5940"/>
     <w:rsid w:val="008B08FF"/>
     <w:rsid w:val="008B1163"/>
+    <w:rsid w:val="008B326B"/>
     <w:rsid w:val="008C0747"/>
     <w:rsid w:val="008C755A"/>
     <w:rsid w:val="008D0D43"/>
     <w:rsid w:val="008D45B6"/>
     <w:rsid w:val="008D48FC"/>
     <w:rsid w:val="008D52D1"/>
     <w:rsid w:val="008D5A5A"/>
     <w:rsid w:val="008D68A4"/>
     <w:rsid w:val="008D7373"/>
     <w:rsid w:val="008D7530"/>
     <w:rsid w:val="008E01F3"/>
+    <w:rsid w:val="008E2F32"/>
     <w:rsid w:val="008E3E45"/>
     <w:rsid w:val="008E62FC"/>
     <w:rsid w:val="008E6649"/>
+    <w:rsid w:val="008F1791"/>
     <w:rsid w:val="008F180A"/>
     <w:rsid w:val="008F21A7"/>
     <w:rsid w:val="008F687D"/>
     <w:rsid w:val="00900651"/>
     <w:rsid w:val="00901BB9"/>
     <w:rsid w:val="00902AC8"/>
     <w:rsid w:val="009118F5"/>
     <w:rsid w:val="00912DA5"/>
     <w:rsid w:val="00912F9C"/>
     <w:rsid w:val="00914B07"/>
     <w:rsid w:val="00917D8E"/>
     <w:rsid w:val="009201F0"/>
     <w:rsid w:val="00920DCC"/>
     <w:rsid w:val="00924693"/>
     <w:rsid w:val="00926CC9"/>
     <w:rsid w:val="009310FE"/>
+    <w:rsid w:val="00936C26"/>
     <w:rsid w:val="00937E70"/>
+    <w:rsid w:val="009405CA"/>
     <w:rsid w:val="00945191"/>
     <w:rsid w:val="00950AE2"/>
     <w:rsid w:val="0095159D"/>
     <w:rsid w:val="00956809"/>
     <w:rsid w:val="00962FE5"/>
     <w:rsid w:val="00966398"/>
     <w:rsid w:val="0097034A"/>
     <w:rsid w:val="009726E6"/>
     <w:rsid w:val="00975780"/>
+    <w:rsid w:val="00976C3E"/>
     <w:rsid w:val="009811AD"/>
     <w:rsid w:val="0098139C"/>
     <w:rsid w:val="00981C94"/>
     <w:rsid w:val="00981CD2"/>
     <w:rsid w:val="00983562"/>
     <w:rsid w:val="00990054"/>
     <w:rsid w:val="0099178C"/>
     <w:rsid w:val="0099199F"/>
     <w:rsid w:val="00997F06"/>
     <w:rsid w:val="009A320A"/>
     <w:rsid w:val="009A41D4"/>
     <w:rsid w:val="009B0C1E"/>
+    <w:rsid w:val="009B0D5A"/>
     <w:rsid w:val="009B148C"/>
     <w:rsid w:val="009B7C67"/>
     <w:rsid w:val="009C0AB4"/>
     <w:rsid w:val="009C35FA"/>
+    <w:rsid w:val="009C4801"/>
     <w:rsid w:val="009C71AA"/>
     <w:rsid w:val="009C7D22"/>
     <w:rsid w:val="009D11F3"/>
     <w:rsid w:val="009D1680"/>
     <w:rsid w:val="009D1C8B"/>
     <w:rsid w:val="009D20D7"/>
     <w:rsid w:val="009D303D"/>
     <w:rsid w:val="009D4DE0"/>
     <w:rsid w:val="009D4EB8"/>
     <w:rsid w:val="009D57C5"/>
     <w:rsid w:val="009D7504"/>
+    <w:rsid w:val="009D7F7C"/>
     <w:rsid w:val="009E1FBF"/>
     <w:rsid w:val="009E6BCA"/>
     <w:rsid w:val="009E7013"/>
+    <w:rsid w:val="009E7606"/>
     <w:rsid w:val="009F08DC"/>
     <w:rsid w:val="009F2AE8"/>
     <w:rsid w:val="009F62EB"/>
     <w:rsid w:val="009F7423"/>
     <w:rsid w:val="00A002A3"/>
     <w:rsid w:val="00A00BE0"/>
     <w:rsid w:val="00A027B0"/>
     <w:rsid w:val="00A03478"/>
     <w:rsid w:val="00A06D1D"/>
     <w:rsid w:val="00A10C89"/>
     <w:rsid w:val="00A142DE"/>
     <w:rsid w:val="00A21AF0"/>
     <w:rsid w:val="00A31DE6"/>
     <w:rsid w:val="00A32A30"/>
     <w:rsid w:val="00A33121"/>
     <w:rsid w:val="00A34071"/>
     <w:rsid w:val="00A40897"/>
     <w:rsid w:val="00A42045"/>
+    <w:rsid w:val="00A420E9"/>
     <w:rsid w:val="00A470B3"/>
     <w:rsid w:val="00A47214"/>
     <w:rsid w:val="00A50D5A"/>
     <w:rsid w:val="00A51BE5"/>
     <w:rsid w:val="00A52E40"/>
     <w:rsid w:val="00A53219"/>
     <w:rsid w:val="00A53D78"/>
     <w:rsid w:val="00A605BC"/>
     <w:rsid w:val="00A610F8"/>
     <w:rsid w:val="00A67A23"/>
     <w:rsid w:val="00A71CA3"/>
     <w:rsid w:val="00A74476"/>
     <w:rsid w:val="00A77431"/>
     <w:rsid w:val="00A808A8"/>
     <w:rsid w:val="00A830AA"/>
     <w:rsid w:val="00A87690"/>
     <w:rsid w:val="00A9137F"/>
     <w:rsid w:val="00A915C1"/>
     <w:rsid w:val="00A9184C"/>
     <w:rsid w:val="00A9511A"/>
     <w:rsid w:val="00A9598B"/>
     <w:rsid w:val="00AA24B3"/>
     <w:rsid w:val="00AA3569"/>
     <w:rsid w:val="00AA516D"/>
     <w:rsid w:val="00AA68F2"/>
@@ -34263,314 +39770,341 @@
     <w:rsid w:val="00AF44C8"/>
     <w:rsid w:val="00B020DA"/>
     <w:rsid w:val="00B04A10"/>
     <w:rsid w:val="00B0560E"/>
     <w:rsid w:val="00B0606B"/>
     <w:rsid w:val="00B1039C"/>
     <w:rsid w:val="00B13C6C"/>
     <w:rsid w:val="00B22702"/>
     <w:rsid w:val="00B2455C"/>
     <w:rsid w:val="00B25C79"/>
     <w:rsid w:val="00B33392"/>
     <w:rsid w:val="00B34D50"/>
     <w:rsid w:val="00B3535E"/>
     <w:rsid w:val="00B415AE"/>
     <w:rsid w:val="00B43BC7"/>
     <w:rsid w:val="00B52D85"/>
     <w:rsid w:val="00B566A1"/>
     <w:rsid w:val="00B56CEC"/>
     <w:rsid w:val="00B664E3"/>
     <w:rsid w:val="00B70D04"/>
     <w:rsid w:val="00B70EF7"/>
     <w:rsid w:val="00B7172E"/>
     <w:rsid w:val="00B721A3"/>
     <w:rsid w:val="00B7310E"/>
     <w:rsid w:val="00B73753"/>
+    <w:rsid w:val="00B74A0C"/>
+    <w:rsid w:val="00B76B68"/>
     <w:rsid w:val="00B83C4D"/>
     <w:rsid w:val="00B91217"/>
     <w:rsid w:val="00B96229"/>
     <w:rsid w:val="00B971EA"/>
     <w:rsid w:val="00BA27BA"/>
     <w:rsid w:val="00BA2816"/>
     <w:rsid w:val="00BA4CAC"/>
     <w:rsid w:val="00BA4E44"/>
     <w:rsid w:val="00BA61B7"/>
+    <w:rsid w:val="00BA73E5"/>
     <w:rsid w:val="00BB0422"/>
     <w:rsid w:val="00BB0CF3"/>
     <w:rsid w:val="00BB1806"/>
     <w:rsid w:val="00BB23EE"/>
     <w:rsid w:val="00BB3C38"/>
     <w:rsid w:val="00BB4096"/>
     <w:rsid w:val="00BB55D2"/>
     <w:rsid w:val="00BB6124"/>
     <w:rsid w:val="00BB61FC"/>
     <w:rsid w:val="00BC0110"/>
+    <w:rsid w:val="00BC045D"/>
     <w:rsid w:val="00BC4A14"/>
     <w:rsid w:val="00BC687B"/>
     <w:rsid w:val="00BD6038"/>
     <w:rsid w:val="00BE075D"/>
     <w:rsid w:val="00BE2447"/>
+    <w:rsid w:val="00BE702F"/>
     <w:rsid w:val="00BF1F40"/>
+    <w:rsid w:val="00BF3C1C"/>
     <w:rsid w:val="00BF40AD"/>
     <w:rsid w:val="00BF71E7"/>
     <w:rsid w:val="00BF7AAD"/>
     <w:rsid w:val="00C04C30"/>
     <w:rsid w:val="00C0513C"/>
     <w:rsid w:val="00C07B21"/>
     <w:rsid w:val="00C10974"/>
     <w:rsid w:val="00C2056E"/>
     <w:rsid w:val="00C23682"/>
+    <w:rsid w:val="00C27B08"/>
     <w:rsid w:val="00C30CDA"/>
     <w:rsid w:val="00C31612"/>
     <w:rsid w:val="00C35E7F"/>
     <w:rsid w:val="00C372D6"/>
     <w:rsid w:val="00C37D85"/>
     <w:rsid w:val="00C40BC5"/>
     <w:rsid w:val="00C4448D"/>
     <w:rsid w:val="00C4574E"/>
     <w:rsid w:val="00C53C1B"/>
     <w:rsid w:val="00C53D7A"/>
+    <w:rsid w:val="00C551E4"/>
     <w:rsid w:val="00C554E6"/>
     <w:rsid w:val="00C636BA"/>
+    <w:rsid w:val="00C65FDD"/>
     <w:rsid w:val="00C708ED"/>
     <w:rsid w:val="00C72EAE"/>
+    <w:rsid w:val="00C80ABE"/>
     <w:rsid w:val="00C81B72"/>
     <w:rsid w:val="00C85577"/>
     <w:rsid w:val="00C857B1"/>
     <w:rsid w:val="00C916E1"/>
     <w:rsid w:val="00C9199F"/>
     <w:rsid w:val="00CA13C7"/>
     <w:rsid w:val="00CA1475"/>
     <w:rsid w:val="00CA14C7"/>
     <w:rsid w:val="00CA1D14"/>
     <w:rsid w:val="00CA1F62"/>
     <w:rsid w:val="00CA42C8"/>
     <w:rsid w:val="00CA4E6A"/>
     <w:rsid w:val="00CA66FC"/>
     <w:rsid w:val="00CA7DAB"/>
     <w:rsid w:val="00CB55F3"/>
     <w:rsid w:val="00CC31FE"/>
     <w:rsid w:val="00CC3B50"/>
     <w:rsid w:val="00CC49E3"/>
+    <w:rsid w:val="00CC6991"/>
     <w:rsid w:val="00CD7410"/>
     <w:rsid w:val="00CE26F2"/>
     <w:rsid w:val="00CE5779"/>
     <w:rsid w:val="00CE60F1"/>
     <w:rsid w:val="00CE6344"/>
     <w:rsid w:val="00CE7252"/>
     <w:rsid w:val="00CF6AF2"/>
     <w:rsid w:val="00D02352"/>
     <w:rsid w:val="00D1173A"/>
+    <w:rsid w:val="00D11913"/>
     <w:rsid w:val="00D13BD8"/>
     <w:rsid w:val="00D14113"/>
     <w:rsid w:val="00D20C85"/>
     <w:rsid w:val="00D211D3"/>
+    <w:rsid w:val="00D25B26"/>
     <w:rsid w:val="00D25DE1"/>
     <w:rsid w:val="00D273C9"/>
     <w:rsid w:val="00D27423"/>
     <w:rsid w:val="00D33595"/>
     <w:rsid w:val="00D341A9"/>
+    <w:rsid w:val="00D42712"/>
+    <w:rsid w:val="00D45304"/>
     <w:rsid w:val="00D46420"/>
     <w:rsid w:val="00D472A0"/>
     <w:rsid w:val="00D47E30"/>
     <w:rsid w:val="00D503FE"/>
     <w:rsid w:val="00D54582"/>
     <w:rsid w:val="00D54DFE"/>
     <w:rsid w:val="00D56E73"/>
     <w:rsid w:val="00D57F55"/>
     <w:rsid w:val="00D6246B"/>
     <w:rsid w:val="00D63504"/>
     <w:rsid w:val="00D661D9"/>
     <w:rsid w:val="00D66BCA"/>
     <w:rsid w:val="00D67E43"/>
     <w:rsid w:val="00D720C8"/>
     <w:rsid w:val="00D724AC"/>
     <w:rsid w:val="00D85D11"/>
+    <w:rsid w:val="00D920AC"/>
     <w:rsid w:val="00D92785"/>
     <w:rsid w:val="00D940E1"/>
     <w:rsid w:val="00D95F43"/>
     <w:rsid w:val="00DA211A"/>
+    <w:rsid w:val="00DA2EDA"/>
+    <w:rsid w:val="00DA4B53"/>
     <w:rsid w:val="00DA6CA7"/>
     <w:rsid w:val="00DB0DD9"/>
     <w:rsid w:val="00DB21A8"/>
     <w:rsid w:val="00DB3531"/>
     <w:rsid w:val="00DB696C"/>
     <w:rsid w:val="00DC03C7"/>
     <w:rsid w:val="00DC4F51"/>
     <w:rsid w:val="00DD3FD5"/>
     <w:rsid w:val="00DD546A"/>
     <w:rsid w:val="00DE200B"/>
     <w:rsid w:val="00DE4D9C"/>
     <w:rsid w:val="00DE4E22"/>
     <w:rsid w:val="00DE773B"/>
     <w:rsid w:val="00DF07B5"/>
     <w:rsid w:val="00E02935"/>
     <w:rsid w:val="00E03B49"/>
     <w:rsid w:val="00E03D93"/>
     <w:rsid w:val="00E06790"/>
     <w:rsid w:val="00E12D03"/>
     <w:rsid w:val="00E152E9"/>
     <w:rsid w:val="00E1536A"/>
+    <w:rsid w:val="00E161A5"/>
     <w:rsid w:val="00E224E7"/>
     <w:rsid w:val="00E228D7"/>
     <w:rsid w:val="00E23407"/>
     <w:rsid w:val="00E2435A"/>
     <w:rsid w:val="00E275AB"/>
     <w:rsid w:val="00E276E1"/>
     <w:rsid w:val="00E27907"/>
     <w:rsid w:val="00E308D7"/>
     <w:rsid w:val="00E30954"/>
     <w:rsid w:val="00E337FD"/>
     <w:rsid w:val="00E35956"/>
     <w:rsid w:val="00E36137"/>
     <w:rsid w:val="00E36C38"/>
     <w:rsid w:val="00E40352"/>
     <w:rsid w:val="00E42BA5"/>
     <w:rsid w:val="00E47D9C"/>
+    <w:rsid w:val="00E54CE9"/>
     <w:rsid w:val="00E64905"/>
     <w:rsid w:val="00E654B7"/>
     <w:rsid w:val="00E65E0B"/>
     <w:rsid w:val="00E70753"/>
     <w:rsid w:val="00E76069"/>
     <w:rsid w:val="00E81E5F"/>
     <w:rsid w:val="00E8266C"/>
     <w:rsid w:val="00E84AB4"/>
     <w:rsid w:val="00E84ED9"/>
     <w:rsid w:val="00E85605"/>
     <w:rsid w:val="00E911C4"/>
     <w:rsid w:val="00E9164C"/>
     <w:rsid w:val="00E9304F"/>
     <w:rsid w:val="00EA1C64"/>
     <w:rsid w:val="00EA2D7D"/>
     <w:rsid w:val="00EA4134"/>
     <w:rsid w:val="00EA7988"/>
     <w:rsid w:val="00EB5210"/>
     <w:rsid w:val="00EB60CF"/>
     <w:rsid w:val="00EB621D"/>
     <w:rsid w:val="00EC4FD6"/>
     <w:rsid w:val="00EC500A"/>
     <w:rsid w:val="00EC604E"/>
     <w:rsid w:val="00ED1C32"/>
     <w:rsid w:val="00ED27E1"/>
     <w:rsid w:val="00ED53D1"/>
     <w:rsid w:val="00ED606E"/>
     <w:rsid w:val="00EF0A40"/>
     <w:rsid w:val="00EF7AC2"/>
     <w:rsid w:val="00F10615"/>
     <w:rsid w:val="00F14020"/>
     <w:rsid w:val="00F175DB"/>
     <w:rsid w:val="00F262CF"/>
     <w:rsid w:val="00F27113"/>
     <w:rsid w:val="00F305D0"/>
     <w:rsid w:val="00F31242"/>
     <w:rsid w:val="00F31B8C"/>
     <w:rsid w:val="00F40C3F"/>
     <w:rsid w:val="00F43CDD"/>
     <w:rsid w:val="00F44271"/>
     <w:rsid w:val="00F502D5"/>
     <w:rsid w:val="00F51BD2"/>
     <w:rsid w:val="00F525C0"/>
     <w:rsid w:val="00F54113"/>
     <w:rsid w:val="00F61DAC"/>
     <w:rsid w:val="00F6214B"/>
+    <w:rsid w:val="00F62C5F"/>
+    <w:rsid w:val="00F62D62"/>
     <w:rsid w:val="00F6536C"/>
     <w:rsid w:val="00F70078"/>
     <w:rsid w:val="00F7191B"/>
+    <w:rsid w:val="00F76F2A"/>
     <w:rsid w:val="00F8036B"/>
     <w:rsid w:val="00F80F00"/>
     <w:rsid w:val="00F815C4"/>
     <w:rsid w:val="00F8460C"/>
     <w:rsid w:val="00F874A3"/>
     <w:rsid w:val="00F91A23"/>
+    <w:rsid w:val="00F92A7A"/>
     <w:rsid w:val="00F94147"/>
     <w:rsid w:val="00F94A11"/>
     <w:rsid w:val="00FA1C26"/>
     <w:rsid w:val="00FA1FA8"/>
     <w:rsid w:val="00FB0680"/>
     <w:rsid w:val="00FB0E59"/>
     <w:rsid w:val="00FB10DC"/>
     <w:rsid w:val="00FB24C6"/>
     <w:rsid w:val="00FB36E0"/>
     <w:rsid w:val="00FB4A92"/>
     <w:rsid w:val="00FC0CD8"/>
+    <w:rsid w:val="00FC25E8"/>
     <w:rsid w:val="00FC538A"/>
     <w:rsid w:val="00FC5652"/>
     <w:rsid w:val="00FC6AE0"/>
     <w:rsid w:val="00FC758C"/>
     <w:rsid w:val="00FD7E4F"/>
     <w:rsid w:val="00FE2F84"/>
+    <w:rsid w:val="00FE4C4B"/>
+    <w:rsid w:val="00FE5882"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="metricconverter"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="40C6F039"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{C4D91EE9-830C-4BEA-A2FE-43E4A9DA15FC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="cs-CZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -34898,50 +40432,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normln">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00C53C1B"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nadpis1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Nadpisyostatn"/>
     <w:next w:val="Prvnodstavecprce"/>
     <w:link w:val="Nadpis1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="001D18D1"/>
     <w:pPr>
       <w:pageBreakBefore/>
       <w:numPr>
@@ -36017,58 +41556,55 @@
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zdrojovkd">
     <w:name w:val="Zdrojový kód"/>
     <w:qFormat/>
     <w:rsid w:val="004B6DCA"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="120" w:after="120" w:line="260" w:lineRule="atLeast"/>
       <w:ind w:left="624" w:hanging="170"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Times New Roman"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="slovanseznam">
     <w:name w:val="List Number"/>
     <w:basedOn w:val="Normln"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00496D47"/>
+    <w:rsid w:val="00530B5A"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
-      <w:tabs>
-[...1 lines deleted...]
-      </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="300" w:lineRule="atLeast"/>
       <w:ind w:left="454" w:hanging="454"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="slovanseznam2">
     <w:name w:val="List Number 2"/>
     <w:basedOn w:val="Normln"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005353D0"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="120" w:line="300" w:lineRule="atLeast"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="slovanseznam3">
     <w:name w:val="List Number 3"/>
     <w:basedOn w:val="Normln"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0045147F"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="120" w:line="300" w:lineRule="atLeast"/>
       <w:contextualSpacing/>
@@ -37075,55 +42611,67 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="TextprceTextChar">
     <w:name w:val="Text práce/Text Char"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:link w:val="TextprceText"/>
     <w:rsid w:val="007C6C60"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="cs-CZ"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Odstavec1Paragraph1">
     <w:name w:val="Odstavec 1/Paragraph 1"/>
     <w:basedOn w:val="TextprceText"/>
     <w:next w:val="TextprceText"/>
     <w:qFormat/>
     <w:rsid w:val="001F5316"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Nevyeenzmnka">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Standardnpsmoodstavce"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B74A0C"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="399909">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="131795538">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -37767,59 +43315,59 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2129932503">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer7.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.office.com/account/?ref=Harmony" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utb.cz/mdocs-posts/vyrocni-zprava-o-cinnosti-utb-za-rok2022/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://knihovna.utb.cz/najdete-u-nas/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.root.cz/serialy/jak-na-latex/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://knihovna.utb.cz/sluzby/nastroje/csn/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prirucka.ujc.cas.cz/?id=790" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.resconrec.2017.10.001" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://knihovna.utb.cz/sluzby/kurzy-konzultace-vyuka/citace-a-citovani/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hdl.handle.net/10563/49227" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jpubeco.2011.08.007" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer8.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.utb.cz/univerzita/uredni-deska/vnitrni-normy-a-predpisy/smernice-rektora" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prirucka.ujc.cas.cz/?id=870" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.utb.cz/student/dokumenty-a-sablony/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zakonyprolidi.cz/cs/2000-121" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://knihovna.utb.cz/wp-content/uploads/2023/11/metodicky-material-diplomovy-seminar-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.avcr.cz/cs/o-nas/aktuality/Biochemik-Jan-Konvalinka-prevzal-cenu-predsedkyne-RVVI-za-popularizaci/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chat.openai.com/share/59bf4b4d-877e-4af8-b442-bbc3e5656d7c" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.root.cz/serialy/jak-na-latex/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=IARByMNIpsw" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jpubeco.2011.08.007" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sluzby@k.utb.cz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prirucka.ujc.cas.cz/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.microsoft.com/cs-cz/topic/ovl%C3%A1d%C3%A1n%C3%AD-d%C4%9Blen%C3%AD-slov-7d4d2a38-b0e2-4f04-873a-0a8d48ac3923" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://iva.k.utb.cz/wp-content/uploads/harvardsky-system.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vyzkum.cz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pravidla.cz/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1109/CSCC55931.2022.00009" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://showcase.fmk.utb.cz/prumyslovy-design/zidle-tammi/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zakonyprolidi.cz/cs/2000-121" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.utb.cz/student/dokumenty-a-sablony/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer12.xml"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer9.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prirucka.ujc.cas.cz/?id=820" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1021/acs.chemrev.4c00105" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iva.k.utb.cz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.utb.cz/student/dokumenty-a-sablony/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.utb.cz/univerzita/uredni-deska/vnitrni-normy-a-predpisy/smernice-rektora/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7441/978-80-7454-986-1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://app.knovel.com/kn/resources/kpCOMITP02/toc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/polym13193274" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/photo/?fbid=623621036471432&amp;set=a.559787202854816" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zakonyprolidi.cz/cs/1998-111" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://knihovna.utb.cz/sluzby/kurzy-konzultace-vyuka/citace-a-citovani/citace-pro/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://help.libreoffice.org/latest/cs/text/swriter/01/06030000.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prirucka.ujc.cas.cz/?id=880" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7441/978-80-7454-986-1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.utb.cz/student/dokumenty-a-sablony/doporuceni-k-vyuzivani-nastroju-umele-inteligence-ai-na-utb-ve-zline/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statista.com/statistics/244995/number-of-paying-spotify-subscribers/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keywords.k.utb.cz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prirucka.ujc.cas.cz/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://iva.k.utb.cz/wp-content/uploads/chci_odevzdat_plny_text_kvalifikacni_prace_web.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.48095/cccsnn2022351" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer11.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7441/978-80-7454-9861" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.citacepro.com/nastroje" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer7.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.office.com/account/?ref=Harmony" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7441/978-80-7454-9861" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.48095/cccsnn2022351" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.citacepro.com/nastroje" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer11.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://knihovna.utb.cz/sluzby/nastroje/csn/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prirucka.ujc.cas.cz/?id=790" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.resconrec.2017.10.001" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iva.k.utb.cz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=IARByMNIpsw" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chat.openai.com/share/59bf4b4d-877e-4af8-b442-bbc3e5656d7c" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer12.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer8.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.utb.cz/student/dokumenty-a-sablony/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1109/CSCC55931.2022.00009" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vyzkum.cz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.root.cz/serialy/jak-na-latex/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://showcase.fmk.utb.cz/prumyslovy-design/zidle-tammi/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zakonyprolidi.cz/cs/1998-111" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.utb.cz/student/dokumenty-a-sablony/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prirucka.ujc.cas.cz/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.microsoft.com/cs-cz/topic/ovl%C3%A1d%C3%A1n%C3%AD-d%C4%9Blen%C3%AD-slov-7d4d2a38-b0e2-4f04-873a-0a8d48ac3923" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://knihovna.utb.cz/sluzby/kurzy-konzultace-vyuka/citace-a-citovani/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/polym13193274" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pravidla.cz/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://app.knovel.com/kn/resources/kpCOMITP02/toc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://knihovna.utb.cz/najdete-u-nas/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/photo/?fbid=623621036471432&amp;set=a.559787202854816" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://knihovna.utb.cz/sluzby/kurzy-konzultace-vyuka/citace-a-citovani/citace-pro/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer9.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prirucka.ujc.cas.cz/?id=820" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1021/acs.chemrev.4c00105" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zakonyprolidi.cz/cs/2000-121" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.utb.cz/student/dokumenty-a-sablony/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.utb.cz/univerzita/uredni-deska/vnitrni-normy-a-predpisy/smernice-rektora/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7441/978-80-7454-986-1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://iva.k.utb.cz/wp-content/uploads/harvardsky-system.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utb.cz/mdocs-posts/vyrocni-zprava-o-cinnosti-utb-za-rok2022/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statista.com/statistics/244995/number-of-paying-spotify-subscribers/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.utb.cz/student/dokumenty-a-sablony/doporuceni-k-vyuzivani-nastroju-umele-inteligence-ai-na-utb-ve-zline/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jpubeco.2011.08.007" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.root.cz/serialy/jak-na-latex/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://help.libreoffice.org/latest/cs/text/swriter/01/06030000.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prirucka.ujc.cas.cz/?id=880" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7441/978-80-7454-986-1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hdl.handle.net/10563/49227" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.avcr.cz/cs/o-nas/aktuality/Biochemik-Jan-Konvalinka-prevzal-cenu-predsedkyne-RVVI-za-popularizaci/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keywords.k.utb.cz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prirucka.ujc.cas.cz/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://iva.k.utb.cz/wp-content/uploads/chci_odevzdat_plny_text_kvalifikacni_prace_web.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://knihovna.utb.cz/wp-content/uploads/2023/11/metodicky-material-diplomovy-seminar-2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sluzby@k.utb.cz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bookport.cz/kniha/alchymie-7868/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jpubeco.2011.08.007" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.utb.cz/univerzita/uredni-deska/vnitrni-normy-a-predpisy/smernice-rektora" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prirucka.ujc.cas.cz/?id=870" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zakonyprolidi.cz/cs/2000-121" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///E:\_smernice%20zaverecne%20prace_uprava%202025\_fin&#225;ln&#237;%20&#353;ablona\sablona_UTB_BPDP_2025_CZ_final.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/List_aplikace_Microsoft_Excel.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="cs-CZ"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
@@ -38819,51 +44367,51 @@
     </cs:fontRef>
     <cs:defRPr sz="900" kern="1200"/>
   </cs:valueAxis>
   <cs:wall>
     <cs:lnRef idx="0"/>
     <cs:fillRef idx="0"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1"/>
     </cs:fontRef>
     <cs:spPr>
       <a:noFill/>
       <a:ln>
         <a:noFill/>
       </a:ln>
     </cs:spPr>
   </cs:wall>
 </cs:chartStyle>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="23B2E4D1E4334D099B8BE6B58A7D1BAC"/>
         <w:category>
           <w:name w:val="Obecné"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{87483EB9-F1BF-434C-BC7B-C17885CD1A65}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00CA4027" w:rsidRDefault="004840F8" w:rsidP="004840F8">
           <w:pPr>
             <w:pStyle w:val="23B2E4D1E4334D099B8BE6B58A7D1BAC5"/>
           </w:pPr>
           <w:r w:rsidRPr="008724FD">
             <w:t xml:space="preserve">UPOZORNĚNÍ! Důležitou součástí šablony je manuál s návodem. Návod popisuje, jak pracovat se šablonou, jak ji nainstalovat, jak používat styly, jak vložit obrázek nebo tabulku a jak vygenerovat obsah. Nesprávným zacházením se šablonou si můžete rozbít strukturu dokumentu a rozhodit formátování. Důrazně proto doporučujeme přečíst si manuál k šabloně. </w:t>
           </w:r>
           <w:r w:rsidRPr="008724FD">
@@ -39239,175 +44787,160 @@
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{99835A30-9B4B-4CB3-9A3F-E82C12AC1501}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D066F6" w:rsidRDefault="004840F8" w:rsidP="004840F8">
           <w:pPr>
             <w:pStyle w:val="F1A1661E17344D9AAF7CF045C94EE3513"/>
             <w:framePr w:wrap="around"/>
           </w:pPr>
           <m:oMathPara>
             <m:oMath>
               <m:r>
                 <w:rPr>
                   <w:rStyle w:val="Zstupntext"/>
                 </w:rPr>
                 <m:t>Sem zadejte rovnici.</m:t>
               </m:r>
             </m:oMath>
           </m:oMathPara>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="D8D64ADF657043B99B93C3D5D88DC596"/>
+        <w:name w:val="C70711996A0B44FCBC8C69F2E4C1315B"/>
         <w:category>
           <w:name w:val="Obecné"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{2AF25A2D-E3CE-49E3-AA2E-F10A5C5A5E37}"/>
+        <w:guid w:val="{2273A972-A89C-4E11-839A-83B2FC8A7EF6}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="00CE340B" w:rsidP="00CE340B">
+        <w:p w:rsidR="00B97021" w:rsidRDefault="00EC0DC5" w:rsidP="00EC0DC5">
           <w:pPr>
-            <w:pStyle w:val="D8D64ADF657043B99B93C3D5D88DC596"/>
+            <w:pStyle w:val="C70711996A0B44FCBC8C69F2E4C1315B"/>
           </w:pPr>
           <w:r w:rsidRPr="001A3F9F">
             <w:t>[Název přílohy]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
-    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...12 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09E1259D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="60F03CBC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="4A9C3E5D839E415985BA869DD54AE6411"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
@@ -39478,203 +45011,217 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1624996703">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AA0BD1"/>
     <w:rsid w:val="00015520"/>
     <w:rsid w:val="00047464"/>
     <w:rsid w:val="00047539"/>
     <w:rsid w:val="00051936"/>
     <w:rsid w:val="00065A10"/>
     <w:rsid w:val="0007076D"/>
     <w:rsid w:val="000847B6"/>
     <w:rsid w:val="00086347"/>
     <w:rsid w:val="000C1387"/>
     <w:rsid w:val="000C4577"/>
     <w:rsid w:val="000D0F75"/>
     <w:rsid w:val="000F5085"/>
     <w:rsid w:val="00104D41"/>
     <w:rsid w:val="00141212"/>
     <w:rsid w:val="00166253"/>
     <w:rsid w:val="0019652C"/>
+    <w:rsid w:val="001E36B5"/>
     <w:rsid w:val="001E75C4"/>
     <w:rsid w:val="001F62C1"/>
+    <w:rsid w:val="002027ED"/>
     <w:rsid w:val="00227171"/>
     <w:rsid w:val="0025108E"/>
     <w:rsid w:val="00271AD6"/>
     <w:rsid w:val="002825DC"/>
     <w:rsid w:val="00293025"/>
     <w:rsid w:val="00300212"/>
     <w:rsid w:val="003150B7"/>
     <w:rsid w:val="00323FE1"/>
     <w:rsid w:val="00386DA0"/>
     <w:rsid w:val="003A7F66"/>
     <w:rsid w:val="00415F7F"/>
     <w:rsid w:val="004840F8"/>
     <w:rsid w:val="00485947"/>
     <w:rsid w:val="004D654D"/>
     <w:rsid w:val="004F025D"/>
     <w:rsid w:val="004F12B7"/>
+    <w:rsid w:val="004F3F44"/>
     <w:rsid w:val="00504DC7"/>
     <w:rsid w:val="00582283"/>
     <w:rsid w:val="00595EE2"/>
     <w:rsid w:val="00595F8A"/>
     <w:rsid w:val="005B029C"/>
     <w:rsid w:val="005C488F"/>
     <w:rsid w:val="005D29A0"/>
     <w:rsid w:val="005D7932"/>
     <w:rsid w:val="00626BE6"/>
     <w:rsid w:val="00646BC1"/>
     <w:rsid w:val="0066323A"/>
     <w:rsid w:val="00683F92"/>
     <w:rsid w:val="006917A4"/>
+    <w:rsid w:val="00691A66"/>
     <w:rsid w:val="006C3772"/>
+    <w:rsid w:val="00701631"/>
     <w:rsid w:val="00716FA3"/>
     <w:rsid w:val="00766514"/>
     <w:rsid w:val="007D30F8"/>
     <w:rsid w:val="007E5A7F"/>
     <w:rsid w:val="007F0C21"/>
     <w:rsid w:val="00833214"/>
     <w:rsid w:val="0083666F"/>
+    <w:rsid w:val="00846318"/>
     <w:rsid w:val="00856355"/>
     <w:rsid w:val="00882289"/>
     <w:rsid w:val="008D0D43"/>
     <w:rsid w:val="008D3819"/>
     <w:rsid w:val="00915D05"/>
     <w:rsid w:val="0093409F"/>
     <w:rsid w:val="009F030D"/>
     <w:rsid w:val="00A142DE"/>
     <w:rsid w:val="00A21AF0"/>
     <w:rsid w:val="00AA0BD1"/>
     <w:rsid w:val="00AA16FE"/>
     <w:rsid w:val="00AF318F"/>
     <w:rsid w:val="00B2724C"/>
     <w:rsid w:val="00B54C00"/>
     <w:rsid w:val="00B73753"/>
     <w:rsid w:val="00B92E7F"/>
+    <w:rsid w:val="00B97021"/>
+    <w:rsid w:val="00BF3C1C"/>
     <w:rsid w:val="00C167F0"/>
     <w:rsid w:val="00C35AC6"/>
     <w:rsid w:val="00C7533B"/>
     <w:rsid w:val="00C916E1"/>
     <w:rsid w:val="00CA4027"/>
     <w:rsid w:val="00CE340B"/>
     <w:rsid w:val="00D066F6"/>
     <w:rsid w:val="00D06EB6"/>
+    <w:rsid w:val="00D51B72"/>
     <w:rsid w:val="00D70836"/>
     <w:rsid w:val="00D70F91"/>
     <w:rsid w:val="00D85D11"/>
     <w:rsid w:val="00DA0633"/>
     <w:rsid w:val="00DB154C"/>
     <w:rsid w:val="00E047D1"/>
     <w:rsid w:val="00E23F44"/>
     <w:rsid w:val="00E36A17"/>
     <w:rsid w:val="00EA3DF2"/>
+    <w:rsid w:val="00EC0DC5"/>
     <w:rsid w:val="00EE0B14"/>
     <w:rsid w:val="00F228F6"/>
+    <w:rsid w:val="00F475E4"/>
+    <w:rsid w:val="00FC25E8"/>
     <w:rsid w:val="00FD0E55"/>
+    <w:rsid w:val="00FE5882"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -40002,50 +45549,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normln">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardnpsmoodstavce">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normlntabulka">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -40211,55 +45763,107 @@
       <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Cambria Math"/>
       <w:i/>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="00C52CBC828846E09AE5EF5A29C92DB3">
     <w:name w:val="00C52CBC828846E09AE5EF5A29C92DB3"/>
     <w:rsid w:val="002825DC"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D8D64ADF657043B99B93C3D5D88DC596">
     <w:name w:val="D8D64ADF657043B99B93C3D5D88DC596"/>
     <w:rsid w:val="00CE340B"/>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="76275EC2ED194469A42854C0EACBCAA0">
+    <w:name w:val="76275EC2ED194469A42854C0EACBCAA0"/>
+    <w:rsid w:val="002027ED"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E98BD5405ADF4C89AB931FE25D241B4A">
+    <w:name w:val="E98BD5405ADF4C89AB931FE25D241B4A"/>
+    <w:rsid w:val="002027ED"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4C546C54B8F94732B795613FBE909513">
+    <w:name w:val="4C546C54B8F94732B795613FBE909513"/>
+    <w:rsid w:val="00EC0DC5"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C70711996A0B44FCBC8C69F2E4C1315B">
+    <w:name w:val="C70711996A0B44FCBC8C69F2E4C1315B"/>
+    <w:rsid w:val="00EC0DC5"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
@@ -40557,50 +46161,59 @@
     <we:reference id="WA200005176" version="1.2.5.0" store="cs-CZ" storeType="OMEX"/>
   </we:alternateReferences>
   <we:properties/>
   <we:bindings/>
   <we:snapshot xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </we:webextension>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x01010013A2157BB6DC9946B92666E4100C9108" ma:contentTypeVersion="18" ma:contentTypeDescription="Vytvoří nový dokument" ma:contentTypeScope="" ma:versionID="3636b7e9aca8a980a0f1e2cef0c25c78">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="5c055ba0-c3b2-4aa4-a50b-ec1a67023f02" xmlns:ns4="34aeb864-02cc-4d82-830b-289803e2cf55" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="169c8261009a9bd681cb542de16eb338" ns3:_="" ns4:_="">
     <xsd:import namespace="5c055ba0-c3b2-4aa4-a50b-ec1a67023f02"/>
     <xsd:import namespace="34aeb864-02cc-4d82-830b-289803e2cf55"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:_activity" minOccurs="0"/>
@@ -40809,146 +46422,137 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_activity xmlns="5c055ba0-c3b2-4aa4-a50b-ec1a67023f02" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7BD00CFD-9F0A-4C0F-A146-6B4020F033C0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E014192F-D126-4DB0-99F1-332D838BCD0D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5c055ba0-c3b2-4aa4-a50b-ec1a67023f02"/>
     <ds:schemaRef ds:uri="34aeb864-02cc-4d82-830b-289803e2cf55"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{86273FCA-F8D3-4068-B9B2-29D1EB0C76F5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{38084399-368A-4B15-923E-34B1E75E926B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="5c055ba0-c3b2-4aa4-a50b-ec1a67023f02"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>sablona_UTB_BPDP_2025_CZ_final</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>104405</Characters>
+  <Pages>69</Pages>
+  <Words>18334</Words>
+  <Characters>108172</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>870</Lines>
-  <Paragraphs>243</Paragraphs>
+  <Lines>901</Lines>
+  <Paragraphs>252</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>121857</CharactersWithSpaces>
+  <CharactersWithSpaces>126254</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Světlana Hrabinová</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_DocHome">
     <vt:i4>-173911797</vt:i4>