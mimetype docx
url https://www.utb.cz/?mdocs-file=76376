--- v1 (2025-12-04)
+++ v2 (2026-02-21)
@@ -35,51 +35,51 @@
   <Override PartName="/word/footer11.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer12.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webextensions/taskpanes.xml" ContentType="application/vnd.ms-office.webextensiontaskpanes+xml"/>
   <Override PartName="/word/webextensions/webextension1.xml" ContentType="application/vnd.ms-office.webextension+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/webextensiontaskpanes" Target="word/webextensions/taskpanes.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="084FEB39" w14:textId="521DB4FC" w:rsidR="00534E21" w:rsidRPr="006360B8" w:rsidRDefault="00E65E0B" w:rsidP="006360B8">
+    <w:p w14:paraId="084FEB39" w14:textId="1E892FCB" w:rsidR="00534E21" w:rsidRPr="006360B8" w:rsidRDefault="00E65E0B" w:rsidP="006360B8">
       <w:pPr>
         <w:pStyle w:val="9556896D55254894825BAA4CFD7290421"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:lang w:eastAsia="cs-CZ"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662848" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="30BAC68E" wp14:editId="38C14DF8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>73025</wp:posOffset>
                 </wp:positionH>
@@ -642,59 +642,83 @@
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00EF0A40">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>verze 2025-</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C80ABE">
+        <w:t>verze 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00413BA1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>11</w:t>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0A40">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00413BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00C80ABE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00EF0A40">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00897374">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>24</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CFFAA97" w14:textId="77777777" w:rsidR="00534E21" w:rsidRDefault="00534E21">
       <w:pPr>
         <w:sectPr w:rsidR="00534E21" w:rsidSect="00F94A11">
           <w:footerReference w:type="default" r:id="rId16"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1985" w:right="652" w:bottom="680" w:left="1134" w:header="680" w:footer="680" w:gutter="851"/>
           <w:cols w:space="708"/>
@@ -1790,51 +1814,51 @@
     </w:p>
     <w:p w14:paraId="470AC39B" w14:textId="77777777" w:rsidR="00C4574E" w:rsidRDefault="00C4574E">
       <w:pPr>
         <w:sectPr w:rsidR="00C4574E" w:rsidSect="00F94A11">
           <w:footerReference w:type="default" r:id="rId23"/>
           <w:type w:val="oddPage"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1985" w:right="1134" w:bottom="2381" w:left="1134" w:header="709" w:footer="1418" w:gutter="851"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="02FEDB0B" w14:textId="77777777" w:rsidR="00F94A11" w:rsidRDefault="00F80F00" w:rsidP="00F94A11">
       <w:pPr>
         <w:pStyle w:val="Nadpisyostatn"/>
       </w:pPr>
       <w:r w:rsidRPr="00F80F00">
         <w:lastRenderedPageBreak/>
         <w:t>Abstra</w:t>
       </w:r>
       <w:r w:rsidR="00F94A11">
         <w:t>kt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0625DE49" w14:textId="2947EE99" w:rsidR="006F644D" w:rsidRDefault="006F644D" w:rsidP="00F94A11">
+    <w:p w14:paraId="0625DE49" w14:textId="0A9B5A76" w:rsidR="006F644D" w:rsidRDefault="006F644D" w:rsidP="00F94A11">
       <w:pPr>
         <w:pStyle w:val="Textyostatn"/>
       </w:pPr>
       <w:r w:rsidRPr="006F644D">
         <w:t xml:space="preserve">Text abstraktu v jazyce práce. </w:t>
       </w:r>
       <w:r w:rsidR="002C0941">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="002C0941" w:rsidRPr="002C0941">
         <w:t>bstrakt obsahuje krátkou, přesnou, konkrétní a výstižnou charakteristiku obsahu práce. Má umožnit zapamatovat si a identifikovat klíčové údaje a</w:t>
       </w:r>
       <w:r w:rsidR="002C0941">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="002C0941" w:rsidRPr="002C0941">
         <w:t>fakta o práci. Měl by podat jasnou informaci o cílech, obsahu, použitých metodách, výsledcích a významu závěrečné práce. Rozsah abstraktu by měl být 5 až 10 řádků. Klíčová slova mají vystihn</w:t>
       </w:r>
       <w:r w:rsidR="002C0941">
         <w:t xml:space="preserve">out to nejdůležitější z textu. </w:t>
       </w:r>
       <w:r w:rsidR="002C0941" w:rsidRPr="002C0941">
         <w:t>Zpravidla se jedná o jednoslovné či víceslovné výrazy a ustálená slovní spojení, jména osob, názvy organizací, pojmenování předmětů atd. Klíčová slova se oddělují čárkou a začínají malým písmenem (pokud se nejedná o vlastní název). Práce by měla obsahovat 3 až 8 klíčových slov. Abstrakt a klíčová slova jsou uvedena v jazyce práce, s anglickými ekvivalenty. U prací psaných v jiném než českém jazyce, ma</w:t>
       </w:r>
       <w:r w:rsidR="002C0941">
@@ -2110,5077 +2134,5236 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:id w:val="1308208389"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="63081450" w14:textId="77777777" w:rsidR="000F709C" w:rsidRDefault="000F709C">
           <w:pPr>
             <w:pStyle w:val="Nadpisobsahu"/>
           </w:pPr>
           <w:r>
             <w:t>Obsah</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="698CC581" w14:textId="287894D2" w:rsidR="00D11913" w:rsidRDefault="000F709C">
+        <w:p w14:paraId="3572CEE9" w14:textId="65025085" w:rsidR="008E3BE4" w:rsidRDefault="000F709C">
           <w:pPr>
             <w:pStyle w:val="Obsah1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc214909452" w:history="1">
-            <w:r w:rsidR="00D11913" w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356602" w:history="1">
+            <w:r w:rsidR="008E3BE4" w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Seznam obrázků</w:t>
             </w:r>
-            <w:r w:rsidR="00D11913">
+            <w:r w:rsidR="008E3BE4">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00D11913">
+            <w:r w:rsidR="008E3BE4">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00D11913">
+            <w:r w:rsidR="008E3BE4">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909452 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="00D11913">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356602 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="008E3BE4">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00D11913">
+            <w:r w:rsidR="008E3BE4">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00D11913">
+            <w:r w:rsidR="008E3BE4">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
-            <w:r w:rsidR="00D11913">
+            <w:r w:rsidR="008E3BE4">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5881DC40" w14:textId="424B4F92" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="10788ECC" w14:textId="08D6D956" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909453" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356603" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Seznam tabulek</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909453 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356603 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="08EB5CCB" w14:textId="36913A43" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="7C0AECE4" w14:textId="3383BBB3" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909454" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356604" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Seznam použitých symbolů a zkratek</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909454 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356604 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="48538D8B" w14:textId="2F59E5C5" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="4A2EDD4A" w14:textId="150C8048" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909455" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356605" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Seznam příloh</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909455 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356605 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4869F75F" w14:textId="29664149" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="02EC4078" w14:textId="2F63EED8" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909456" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356606" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Úvod</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909456 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356606 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2443C43E" w14:textId="74217E38" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="3C71F43D" w14:textId="3F4F7AE1" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="482"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909457" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356607" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Pokyny k úpravě závěrečných prací na jednotlivých fakultách</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909457 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356607 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="56CC3200" w14:textId="06D2287A" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="7AB3AE49" w14:textId="4D8DD09E" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909458" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356608" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Fakulta technologická</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909458 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356608 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="72A6FBAB" w14:textId="673B31AB" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="5A322D77" w14:textId="2B30669E" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909459" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356609" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1.2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Fakulta managementu a ekonomiky</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909459 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356609 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0B11CEE1" w14:textId="038ABAB3" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="52070D50" w14:textId="1ED617D0" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909460" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356610" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1.3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Fakulta multimediálních komunikací</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909460 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356610 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="453A35AD" w14:textId="4EEE866C" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="7396A328" w14:textId="6D5EC9F4" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909461" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356611" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1.4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Fakulta logistiky a krizového řízení</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909461 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356611 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="652A0091" w14:textId="5346419F" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="74FE215A" w14:textId="27FD959D" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909462" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356612" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1.5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Fakulta aplikované informatiky</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909462 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356612 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1764A8E6" w14:textId="2902BF58" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="54526238" w14:textId="24BAABD1" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909463" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356613" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1.6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Fakulta humanitních studií</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909463 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356613 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0BB03A74" w14:textId="07090D97" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="778EE72A" w14:textId="430B4286" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="482"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909464" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356614" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Obecná doporučení k formální a typografické úpravě prací</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909464 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356614 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="02BF1EC7" w14:textId="1BB6D797" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="40473AE2" w14:textId="0AE7E8E6" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909465" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356615" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Odborný styl závěrečné práce</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909465 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356615 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="790C7954" w14:textId="5F77189E" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="07AAB710" w14:textId="58717CC7" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909466" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356616" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2.2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Základní typografická pravidla</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909466 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356616 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6E977ED5" w14:textId="2EE65E95" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="3B3D94D0" w14:textId="0E58EFAA" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909467" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356617" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2.3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Dělení slov</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909467 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356617 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="44E990C3" w14:textId="333B98D3" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="4482CBA6" w14:textId="5E61E10E" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909468" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356618" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2.3.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Vypnutí automatického dělení slov</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909468 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356618 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4F636B85" w14:textId="3478AAB0" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="68CB8235" w14:textId="67F08132" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="482"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909469" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356619" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Příprava šablony a práce se šablonou</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909469 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356619 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3420AFA0" w14:textId="692592B4" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="624F2277" w14:textId="613FB146" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909470" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356620" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Instalace šablony</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909470 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356620 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="64FE4C96" w14:textId="1F9B3EE5" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="10EA08B3" w14:textId="5C49D8C9" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909471" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356621" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Úprava úvodních a závěrečných stran šablony</w:t>
+              <w:t>Znovupropojení se šablonou</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909471 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356621 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0ACD10EE" w14:textId="2811B60D" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="7D5C69DB" w14:textId="7DC47150" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909472" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356622" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Převod práce do PDF/A</w:t>
+              <w:t>Úprava úvodních a závěrečných stran šablony</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909472 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356622 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>32</w:t>
+              <w:t>31</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="780F264A" w14:textId="70EE9793" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="5D55E48D" w14:textId="3F095CF3" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909473" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356623" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Náhled a tisk práce</w:t>
+              <w:t>Převod práce do PDF/A</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909473 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356623 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>34</w:t>
+              <w:t>33</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="783CEF0C" w14:textId="20F405DF" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="432DE7F0" w14:textId="56FE0473" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
+          <w:pPr>
+            <w:pStyle w:val="Obsah2"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="960"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="cs-CZ"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220356624" w:history="1">
+            <w:r w:rsidRPr="00972610">
+              <w:rPr>
+                <w:rStyle w:val="Hypertextovodkaz"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>3.5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="cs-CZ"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00972610">
+              <w:rPr>
+                <w:rStyle w:val="Hypertextovodkaz"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Náhled a tisk práce</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356624 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="5327BF8C" w14:textId="3FCBB61A" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="482"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909474" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356625" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Styly</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909474 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356625 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>35</w:t>
+              <w:t>36</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="54AB9D76" w14:textId="190A18A4" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="36EC4423" w14:textId="35103196" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909475" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356626" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Nadpisy</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909475 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356626 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>35</w:t>
+              <w:t>36</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="56C4ACAE" w14:textId="06131EE4" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="20FECA3C" w14:textId="60AC9E2C" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909476" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356627" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Nadpisy pro dělenou a nedělenou šablonu</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909476 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356627 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>36</w:t>
+              <w:t>37</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="52216FDE" w14:textId="32222E31" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="69A11944" w14:textId="10D12D11" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909477" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356628" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Odstavce</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909477 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356628 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>37</w:t>
+              <w:t>38</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="67CD7DA0" w14:textId="5BFD6B34" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="64532BC1" w14:textId="67A49A2B" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909478" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356629" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Seznamy</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909478 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356629 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>37</w:t>
+              <w:t>38</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="51594521" w14:textId="2D9019B6" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="65C27416" w14:textId="1B11DF74" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909479" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356630" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Seznam použité literatury</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909479 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356630 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>39</w:t>
+              <w:t>40</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="68BDF34E" w14:textId="3D45092F" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="6FEC5C30" w14:textId="435C0EB9" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909480" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356631" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Citáty a poezie</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909480 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356631 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>40</w:t>
+              <w:t>41</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5A2BDBE3" w14:textId="2F9C21DC" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="5999825D" w14:textId="4732E5F3" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909481" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356632" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Jazykové příklady</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909481 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356632 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>41</w:t>
+              <w:t>42</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5F9F8A86" w14:textId="0DAAF64C" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="712B1D66" w14:textId="210A5217" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909482" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356633" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Poznámky pod čarou</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909482 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356633 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>42</w:t>
+              <w:t>43</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="06922893" w14:textId="05F65D6E" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="1E13B650" w14:textId="1593B461" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909483" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356634" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Zdrojový kód</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909483 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356634 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>43</w:t>
+              <w:t>44</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="302B467A" w14:textId="3FFD1903" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="7545D009" w14:textId="47D15E27" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="482"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909484" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356635" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Vložené objekty, bloky a rychlé části</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909484 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356635 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>44</w:t>
+              <w:t>45</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="073B7D35" w14:textId="2818FD88" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="124AD339" w14:textId="4EFB572C" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909485" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356636" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Obrázky</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909485 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356636 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>45</w:t>
+              <w:t>46</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="103F074A" w14:textId="14416E5C" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="5B95DF30" w14:textId="5338226C" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909486" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356637" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.1.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Grafy a schémata</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909486 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356637 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>46</w:t>
+              <w:t>47</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5D075BBA" w14:textId="28618386" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="1FA01818" w14:textId="6B2CD56A" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909487" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356638" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Tabulky</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909487 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356638 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>48</w:t>
+              <w:t>49</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7E56D119" w14:textId="45F4B08B" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="5BC91A86" w14:textId="6805761B" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909488" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356639" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Rovnice</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909488 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356639 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>49</w:t>
+              <w:t>50</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="63A0A6D0" w14:textId="5A5D4DB9" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="4D0B5D4C" w14:textId="31BF9CB1" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909489" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356640" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Křížové odkazy</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909489 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356640 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>49</w:t>
+              <w:t>50</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="252C67C9" w14:textId="46E677F6" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="4807058D" w14:textId="38FE811B" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909490" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356641" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Automaticky generované seznamy</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909490 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356641 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>50</w:t>
+              <w:t>51</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="339644EA" w14:textId="78A95B13" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="506CBD00" w14:textId="55D5D1CC" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909491" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356642" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.5.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Aktualizace seznamu s přílohami</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909491 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356642 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>50</w:t>
+              <w:t>52</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="26DE9602" w14:textId="75219AB0" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="769B8D7A" w14:textId="1A019FB8" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909492" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356643" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.5.2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Vytvoření nových seznamů</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909492 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356643 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>51</w:t>
+              <w:t>52</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="442D8BC4" w14:textId="7D8B9732" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="488F716A" w14:textId="362B4DE5" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909493" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356644" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.5.3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Odstranění seznamů</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909493 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356644 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>51</w:t>
+              <w:t>52</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2257AB28" w14:textId="48074971" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="41FEBF28" w14:textId="6E56F97B" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909494" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356645" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Seznam použité literatury</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909494 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356645 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>52</w:t>
+              <w:t>53</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="184DE5EA" w14:textId="47116CB5" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="64F83E97" w14:textId="3D8DFE7D" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909495" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356646" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.6.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Obecné zásady pro tvorbu citací</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909495 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356646 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>52</w:t>
+              <w:t>53</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7F7A0750" w14:textId="23372ED8" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="228617A0" w14:textId="4E9C2FD9" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909496" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356647" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.6.2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Základní pojmy</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909496 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356647 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>53</w:t>
+              <w:t>54</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="077788F1" w14:textId="629E5DB9" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="0D4516C4" w14:textId="4E1D8E56" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909497" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356648" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.6.3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Citační etika</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909497 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356648 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>53</w:t>
+              <w:t>55</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0FCD4937" w14:textId="3C27D850" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="2E87152D" w14:textId="620B9590" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909498" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356649" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.6.4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Příklady citování nejčastějších typů dokumentů podle ČSN ISO 690</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909498 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356649 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>54</w:t>
+              <w:t>55</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="517E7748" w14:textId="724C337B" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="0F442D20" w14:textId="46DEF2E2" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909499" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356650" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.6.5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Odkazy na citace v textu</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909499 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356650 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>59</w:t>
+              <w:t>60</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7BB2D6C0" w14:textId="2C1E1A93" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="4583ECEE" w14:textId="346B7ED9" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909500" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356651" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.6.6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Nástroj pro tvorbu citací Citace PRO</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909500 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356651 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>61</w:t>
+              <w:t>62</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="16E57C8A" w14:textId="66C88585" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="71254B29" w14:textId="39E84FDA" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909501" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356652" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Přílohy</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909501 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356652 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>62</w:t>
+              <w:t>64</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7CE7661D" w14:textId="5199A829" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="3EC168E5" w14:textId="24F7DAFF" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="482"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909502" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356653" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00355D54">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Typografický nástroj TeX/LaTeX</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909502 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356653 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>63</w:t>
+              <w:t>65</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="54455847" w14:textId="1F13D917" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="1CE1DC8E" w14:textId="396A1610" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909503" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356654" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Závěr</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909503 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356654 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>64</w:t>
+              <w:t>66</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="03586B72" w14:textId="4C12FAE0" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+        <w:p w14:paraId="1FD6F261" w14:textId="01E3D4BE" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
           <w:pPr>
             <w:pStyle w:val="Obsah1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="cs-CZ"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214909504" w:history="1">
-            <w:r w:rsidRPr="00355D54">
+          <w:hyperlink w:anchor="_Toc220356655" w:history="1">
+            <w:r w:rsidRPr="00972610">
               <w:rPr>
                 <w:rStyle w:val="Hypertextovodkaz"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Seznam použité literatury</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214909504 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220356655 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>65</w:t>
+              <w:t>67</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5A36B2D6" w14:textId="721EAB1C" w:rsidR="000F709C" w:rsidRDefault="000F709C">
+        <w:p w14:paraId="5A36B2D6" w14:textId="141D2EF6" w:rsidR="000F709C" w:rsidRDefault="000F709C">
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="7F779281" w14:textId="77777777" w:rsidR="002135B9" w:rsidRDefault="002135B9" w:rsidP="002135B9">
       <w:pPr>
         <w:pStyle w:val="Textyostatn"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="293C6C1B" w14:textId="77777777" w:rsidR="00070282" w:rsidRDefault="00070282" w:rsidP="002135B9">
       <w:pPr>
         <w:pStyle w:val="Textyostatn"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E0C0A6C" w14:textId="77777777" w:rsidR="002135B9" w:rsidRDefault="002135B9" w:rsidP="002135B9">
       <w:pPr>
         <w:pStyle w:val="Textyostatn"/>
         <w:sectPr w:rsidR="002135B9" w:rsidSect="006A200B">
           <w:footerReference w:type="default" r:id="rId27"/>
           <w:type w:val="oddPage"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1985" w:right="1134" w:bottom="2381" w:left="1134" w:header="709" w:footer="1418" w:gutter="851"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7EF89710" w14:textId="77777777" w:rsidR="002135B9" w:rsidRDefault="002135B9" w:rsidP="009A41D4">
       <w:pPr>
         <w:pStyle w:val="Nadpisyseznamy"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc214909452"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc220356602"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Seznam obrázků</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="4D31E864" w14:textId="25644397" w:rsidR="00D11913" w:rsidRDefault="00BF40AD">
+    <w:p w14:paraId="53668A9A" w14:textId="6EBBFF05" w:rsidR="008E3BE4" w:rsidRDefault="00BF40AD">
       <w:pPr>
         <w:pStyle w:val="Seznamobrzk"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOC \h \z \c "Obr." </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc214909505" w:history="1">
-        <w:r w:rsidR="00D11913" w:rsidRPr="004F306D">
+      <w:hyperlink w:anchor="_Toc220356656" w:history="1">
+        <w:r w:rsidR="008E3BE4" w:rsidRPr="00FC3D57">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Obr. 1: Ukázka rozložení dokumentu s vloženou prázdnou stranou</w:t>
         </w:r>
-        <w:r w:rsidR="00D11913">
+        <w:r w:rsidR="008E3BE4">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00D11913">
+        <w:r w:rsidR="008E3BE4">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00D11913">
+        <w:r w:rsidR="008E3BE4">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214909505 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220356656 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00D11913">
+        <w:r w:rsidR="008E3BE4">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00D11913">
+        <w:r w:rsidR="008E3BE4">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D11913">
+        <w:r w:rsidR="008E3BE4">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>34</w:t>
         </w:r>
-        <w:r w:rsidR="00D11913">
+        <w:r w:rsidR="008E3BE4">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0EAD27E9" w14:textId="16682D18" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+    <w:p w14:paraId="1FE02794" w14:textId="729C3FE9" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
       <w:pPr>
         <w:pStyle w:val="Seznamobrzk"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214909506" w:history="1">
-        <w:r w:rsidRPr="004F306D">
+      <w:hyperlink w:anchor="_Toc220356657" w:history="1">
+        <w:r w:rsidRPr="00FC3D57">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Obr. 2: Ukázka dělené šablony s využitím nadpisů pro části</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214909506 \h </w:instrText>
-[...70 lines deleted...]
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214909507 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220356657 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>37</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="03DDC16D" w14:textId="3E43985D" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+    <w:p w14:paraId="755B0AAA" w14:textId="715965F4" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
       <w:pPr>
         <w:pStyle w:val="Seznamobrzk"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214909508" w:history="1">
-        <w:r w:rsidRPr="004F306D">
+      <w:hyperlink w:anchor="_Toc220356658" w:history="1">
+        <w:r w:rsidRPr="00FC3D57">
+          <w:rPr>
+            <w:rStyle w:val="Hypertextovodkaz"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Obr. 3: Ukázka odstranění zalomení stránky ve Writeru</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220356658 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>38</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="40B51AE9" w14:textId="2D44FBC6" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
+      <w:pPr>
+        <w:pStyle w:val="Seznamobrzk"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc220356659" w:history="1">
+        <w:r w:rsidRPr="00FC3D57">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Obr. 4: Ukázka funkce vložení automatického textu v systému macOS</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214909508 \h </w:instrText>
-[...70 lines deleted...]
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214909509 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220356659 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>45</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="035A9AC7" w14:textId="379FEF73" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+    <w:p w14:paraId="7ED63FEC" w14:textId="05E9E5B8" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
       <w:pPr>
         <w:pStyle w:val="Seznamobrzk"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214909510" w:history="1">
-        <w:r w:rsidRPr="004F306D">
+      <w:hyperlink w:anchor="_Toc220356660" w:history="1">
+        <w:r w:rsidRPr="00FC3D57">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Obr. 6: Titulek obrázku s uvedením zdroje</w:t>
+          <w:t>Obr. 5: Titulek obrázku</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214909510 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220356660 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>46</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0AC3A4B5" w14:textId="45F070BA" w:rsidR="002135B9" w:rsidRDefault="00BF40AD">
+    <w:p w14:paraId="7C5F346C" w14:textId="1F0B4B07" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
+      <w:pPr>
+        <w:pStyle w:val="Seznamobrzk"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc220356661" w:history="1">
+        <w:r w:rsidRPr="00FC3D57">
+          <w:rPr>
+            <w:rStyle w:val="Hypertextovodkaz"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Obr. 6: Titulek obrázku s uvedením zdroje</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220356661 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>47</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="6B6AFE74" w14:textId="2530AFD6" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
+      <w:pPr>
+        <w:pStyle w:val="Seznamobrzk"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc220356662" w:history="1">
+        <w:r w:rsidRPr="00FC3D57">
+          <w:rPr>
+            <w:rStyle w:val="Hypertextovodkaz"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Obr. 7: Ukázka seznamu použité literatury s nutnou úpravou šířky sloupců</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220356662 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>63</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0AC3A4B5" w14:textId="02B0A5A6" w:rsidR="002135B9" w:rsidRDefault="00BF40AD">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="004D523E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251686400" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1CC443BE" wp14:editId="332A2E90">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>left</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:align>bottom</wp:align>
                 </wp:positionV>
                 <wp:extent cx="5220000" cy="1004082"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5715"/>
                 <wp:wrapNone/>
@@ -7278,209 +7461,209 @@
                         <w:t>je generován automaticky</w:t>
                       </w:r>
                       <w:r>
                         <w:t xml:space="preserve"> (titulek Obr.)</w:t>
                       </w:r>
                       <w:r w:rsidRPr="003D75EA">
                         <w:t>, po dokončení práce je nutné ho aktualizovat (kliknout pravým tlačítkem myši na seznam a zvolit možnost Aktualizovat pole).</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin" anchory="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="002135B9">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E926895" w14:textId="77777777" w:rsidR="002135B9" w:rsidRDefault="002135B9" w:rsidP="009A41D4">
       <w:pPr>
         <w:pStyle w:val="Nadpisyseznamy"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc214909453"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc220356603"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Seznam tabulek</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="0E79F3A8" w14:textId="207E6579" w:rsidR="00D11913" w:rsidRDefault="00257894">
+    <w:p w14:paraId="2D82D0FE" w14:textId="56864696" w:rsidR="008E3BE4" w:rsidRDefault="00257894">
       <w:pPr>
         <w:pStyle w:val="Seznamobrzk"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOC \h \z \c "Tab." </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc214909511" w:history="1">
-        <w:r w:rsidR="00D11913" w:rsidRPr="00CD5E10">
+      <w:hyperlink w:anchor="_Toc220356663" w:history="1">
+        <w:r w:rsidR="008E3BE4" w:rsidRPr="008D7589">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Tab. 1: Styly pro nadpisy</w:t>
         </w:r>
-        <w:r w:rsidR="00D11913">
+        <w:r w:rsidR="008E3BE4">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00D11913">
+        <w:r w:rsidR="008E3BE4">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00D11913">
+        <w:r w:rsidR="008E3BE4">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214909511 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220356663 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00D11913">
+        <w:r w:rsidR="008E3BE4">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00D11913">
+        <w:r w:rsidR="008E3BE4">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D11913">
+        <w:r w:rsidR="008E3BE4">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>35</w:t>
+          <w:t>36</w:t>
         </w:r>
-        <w:r w:rsidR="00D11913">
+        <w:r w:rsidR="008E3BE4">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="77851E36" w14:textId="3AED7D45" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+    <w:p w14:paraId="0E987672" w14:textId="0236F4E6" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
       <w:pPr>
         <w:pStyle w:val="Seznamobrzk"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214909512" w:history="1">
-        <w:r w:rsidRPr="00CD5E10">
+      <w:hyperlink w:anchor="_Toc220356664" w:history="1">
+        <w:r w:rsidRPr="008D7589">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Tab. 2: Titulek tabulky</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214909512 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220356664 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>49</w:t>
+          <w:t>50</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="49F69B3B" w14:textId="48E507EF" w:rsidR="002135B9" w:rsidRDefault="00257894">
+    <w:p w14:paraId="49F69B3B" w14:textId="0A04A28C" w:rsidR="002135B9" w:rsidRDefault="00257894">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="002135B9">
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="003D75EA">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251680256" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4FB5D053" wp14:editId="11E439D5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>left</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:align>bottom</wp:align>
                 </wp:positionV>
@@ -7578,51 +7761,51 @@
                         <w:t xml:space="preserve">tabulek </w:t>
                       </w:r>
                       <w:r w:rsidRPr="003D75EA">
                         <w:t>je generován automaticky</w:t>
                       </w:r>
                       <w:r>
                         <w:t xml:space="preserve"> (titulek Tab.)</w:t>
                       </w:r>
                       <w:r w:rsidRPr="003D75EA">
                         <w:t>, po dokončení práce je nutné ho aktualizovat (kliknout pravým tlačítkem myši na seznam a zvolit možnost Aktualizovat pole).</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin" anchory="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="14ADFB68" w14:textId="77777777" w:rsidR="002135B9" w:rsidRDefault="002135B9" w:rsidP="009A41D4">
       <w:pPr>
         <w:pStyle w:val="Nadpisyseznamy"/>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc214909454"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc220356604"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Seznam </w:t>
       </w:r>
       <w:r w:rsidR="00CE6344">
         <w:t>použitých symbolů</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> a zkratek</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="Seznam zkratek"/>
         <w:tag w:val="ZKRATKY"/>
         <w:id w:val="1914736146"/>
         <w15:color w:val="FF6600"/>
         <w15:repeatingSection/>
       </w:sdtPr>
       <w:sdtContent>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="293645189"/>
             <w:placeholder>
@@ -7700,95 +7883,93 @@
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="11" name="Textové pole 11"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5220000" cy="2210435"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="2DDB22C6" w14:textId="409B2FD5" w:rsidR="005526E5" w:rsidRPr="003D75EA" w:rsidRDefault="005526E5" w:rsidP="003D75EA">
+                          <w:p w14:paraId="2DDB22C6" w14:textId="3050AA73" w:rsidR="005526E5" w:rsidRPr="003D75EA" w:rsidRDefault="005526E5" w:rsidP="003D75EA">
                             <w:pPr>
                               <w:pStyle w:val="Upozornn"/>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="003D75EA">
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                               <w:t xml:space="preserve">Seznam </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                               <w:t xml:space="preserve">použitých symbolů a </w:t>
                             </w:r>
                             <w:r w:rsidRPr="003D75EA">
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                               <w:t xml:space="preserve">zkratek </w:t>
                             </w:r>
                             <w:r w:rsidRPr="003D75EA">
                               <w:t xml:space="preserve">včetně jejich vysvětlení je vytvořen pomocí tabulátorů. K levému okraji budou zarovnány zkratky/symboly, po tabulátoru následuje jejich vysvětlení. </w:t>
                             </w:r>
                             <w:r>
                               <w:t xml:space="preserve">Další zkratku/symbol lze přidat kliknutím na ikonku plus po najetí myši na řádek se seznamem. </w:t>
                             </w:r>
                             <w:r w:rsidRPr="003D75EA">
                               <w:t>V případě, že je zkratka v cizím jazyce, uvede se její originální znění a do závorky pak český překlad. Seznam je seřazen abecedně.</w:t>
                             </w:r>
                             <w:r w:rsidR="008A4626">
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidR="0028085D">
                               <w:t xml:space="preserve">Doporučujeme jej tvořit průběžně v jiném dokumentu, seznam následně seřadit </w:t>
                             </w:r>
-                            <w:proofErr w:type="gramStart"/>
-[...1 lines deleted...]
-                              <w:t>abecedně</w:t>
+                            <w:r w:rsidR="00B849A9">
+                              <w:t>abecedně,</w:t>
                             </w:r>
-                            <w:proofErr w:type="gramEnd"/>
                             <w:r w:rsidR="00DA2EDA">
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidR="0028085D">
                               <w:t>a nakonec jej zde vložit při dokončení práce.</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="5FDB12DF" w14:textId="214E9482" w:rsidR="005526E5" w:rsidRPr="003D75EA" w:rsidRDefault="005526E5" w:rsidP="003D75EA">
                             <w:pPr>
                               <w:pStyle w:val="Upozornn"/>
                             </w:pPr>
                             <w:r w:rsidRPr="003D75EA">
                               <w:t>Poznámka: V samotném textu práce musí být zkratky vysvětleny vždy u prvního výskytu zkratky v</w:t>
                             </w:r>
                             <w:r>
                               <w:t> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="003D75EA">
                               <w:t>textu</w:t>
                             </w:r>
                             <w:r>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="003D75EA">
                               <w:t>(v závorce nebo v poznámce pod čarou, pokud se jedná o</w:t>
@@ -7806,95 +7987,93 @@
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="0A59E0F6" id="Textové pole 11" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:448.75pt;width:411pt;height:174.05pt;z-index:251683328;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDzX0vxMAIAAFwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+y4SbcZcYosRYYB&#10;RVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kSmReiLfIz2761tN9sJ5Baai41FOiTAcamW2Ff3+svrw&#10;iRIfmKmZBiMqehCe3s3fv5t1thQFNKBr4QiCGF92tqJNCLbMMs8b0TI/AisMOiW4lgXcum1WO9Yh&#10;equzIs9vsw5cbR1w4T2e3g9OOk/4UgoenqT0IhBdUcwtpNWldRPXbD5j5dYx2yh+TIP9QxYtUwYf&#10;PUPds8DIzqk/oFrFHXiQYcShzUBKxUWqAasZ52+qWTfMilQLkuPtmSb//2D5435tnx0J/RfoUcBI&#10;SGd96fEw1tNL18YvZkrQjxQezrSJPhCOh9MClcjRxdFXFON8cjONONnlunU+fBXQkmhU1KEuiS62&#10;f/BhCD2FxNc8aFWvlNZpE3tBLLUje4Yq6pCSRPDforQhXUVvb6Z5AjYQrw/I2mAul6KiFfpNT1SN&#10;F04Fb6A+IA8Ohhbxlq8U5vrAfHhmDnsC68M+D0+4SA34FhwtShpwP/92HuNRKvRS0mGPVdT/2DEn&#10;KNHfDIr4eTyZxKZMm8n0Y4Ebd+3ZXHvMrl0CEjDGibI8mTE+6JMpHbSvOA6L+Cq6mOH4dkU3J3MZ&#10;hs7HceJisUhB2IaWhQeztjxCR8KjEi/9K3P2KFdApR/h1I2sfKPaEBtvGljsAkiVJI08D6we6ccW&#10;Tk1xHLc4I9f7FHX5Kcx/AQAA//8DAFBLAwQUAAYACAAAACEA2lk8q90AAAAJAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaNOo6YNIU5VtcAVUfIBbmySQLyO4k0a+HqWExx3ZjT7&#10;Jt/PrhOTHULrUcF6FYGwWHnTYq2gfHu6S0EE0mh059Eq+LIB9sXiJteZ8Vd8tdOZasElGDKtoCHq&#10;MylD1Vinw8r3Ftl794PTxOdQSzPoK5e7TsZRtJVOt8gfGt3bY2Orz/PoFIwjlo/H6UBmh0lSbp6/&#10;Xz7opNTtcj48gCA7018YfvEZHQpmuvgRTRCdAh5CCtL7XQKC7TSOWblwLt4kW5BFLv8vKH4AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA819L8TACAABcBAAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA2lk8q90AAAAJAQAADwAAAAAAAAAAAAAAAACK&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJQFAAAAAA==&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="2DDB22C6" w14:textId="409B2FD5" w:rsidR="005526E5" w:rsidRPr="003D75EA" w:rsidRDefault="005526E5" w:rsidP="003D75EA">
+                    <w:p w14:paraId="2DDB22C6" w14:textId="3050AA73" w:rsidR="005526E5" w:rsidRPr="003D75EA" w:rsidRDefault="005526E5" w:rsidP="003D75EA">
                       <w:pPr>
                         <w:pStyle w:val="Upozornn"/>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="003D75EA">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve">Seznam </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve">použitých symbolů a </w:t>
                       </w:r>
                       <w:r w:rsidRPr="003D75EA">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve">zkratek </w:t>
                       </w:r>
                       <w:r w:rsidRPr="003D75EA">
                         <w:t xml:space="preserve">včetně jejich vysvětlení je vytvořen pomocí tabulátorů. K levému okraji budou zarovnány zkratky/symboly, po tabulátoru následuje jejich vysvětlení. </w:t>
                       </w:r>
                       <w:r>
                         <w:t xml:space="preserve">Další zkratku/symbol lze přidat kliknutím na ikonku plus po najetí myši na řádek se seznamem. </w:t>
                       </w:r>
                       <w:r w:rsidRPr="003D75EA">
                         <w:t>V případě, že je zkratka v cizím jazyce, uvede se její originální znění a do závorky pak český překlad. Seznam je seřazen abecedně.</w:t>
                       </w:r>
                       <w:r w:rsidR="008A4626">
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidR="0028085D">
                         <w:t xml:space="preserve">Doporučujeme jej tvořit průběžně v jiném dokumentu, seznam následně seřadit </w:t>
                       </w:r>
-                      <w:proofErr w:type="gramStart"/>
-[...1 lines deleted...]
-                        <w:t>abecedně</w:t>
+                      <w:r w:rsidR="00B849A9">
+                        <w:t>abecedně,</w:t>
                       </w:r>
-                      <w:proofErr w:type="gramEnd"/>
                       <w:r w:rsidR="00DA2EDA">
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidR="0028085D">
                         <w:t>a nakonec jej zde vložit při dokončení práce.</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="5FDB12DF" w14:textId="214E9482" w:rsidR="005526E5" w:rsidRPr="003D75EA" w:rsidRDefault="005526E5" w:rsidP="003D75EA">
                       <w:pPr>
                         <w:pStyle w:val="Upozornn"/>
                       </w:pPr>
                       <w:r w:rsidRPr="003D75EA">
                         <w:t>Poznámka: V samotném textu práce musí být zkratky vysvětleny vždy u prvního výskytu zkratky v</w:t>
                       </w:r>
                       <w:r>
                         <w:t> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="003D75EA">
                         <w:t>textu</w:t>
                       </w:r>
                       <w:r>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="003D75EA">
                         <w:t>(v závorce nebo v poznámce pod čarou, pokud se jedná o</w:t>
@@ -7903,101 +8082,101 @@
                         <w:t> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="003D75EA">
                         <w:t>složitěj</w:t>
                       </w:r>
                       <w:r>
                         <w:t>ší vysvětlení pojmu či zkratky), neuvádějí se ale zaužívaná ustálená spojení.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin" anchory="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="002135B9">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="591B8FC9" w14:textId="77777777" w:rsidR="002135B9" w:rsidRDefault="002135B9" w:rsidP="001214C2">
       <w:pPr>
         <w:pStyle w:val="Nadpisyseznamy"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc214909455"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc220356605"/>
       <w:r w:rsidRPr="001214C2">
         <w:lastRenderedPageBreak/>
         <w:t>Seznam příloh</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="116802DD" w14:textId="77777777" w:rsidR="000E02B6" w:rsidRPr="004E55B8" w:rsidRDefault="000E5AC6" w:rsidP="000E5AC6">
       <w:pPr>
         <w:pStyle w:val="Textyostatn"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E55B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Přílohy </w:t>
       </w:r>
       <w:r w:rsidR="001C734B" w:rsidRPr="004E55B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>vložené v</w:t>
       </w:r>
       <w:r w:rsidRPr="004E55B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> závěrečné prác</w:t>
       </w:r>
       <w:r w:rsidR="001C734B" w:rsidRPr="004E55B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DAB3668" w14:textId="5256E7BC" w:rsidR="00D11913" w:rsidRDefault="000E02B6">
+    <w:p w14:paraId="7F35DA94" w14:textId="77777777" w:rsidR="008E3BE4" w:rsidRDefault="000E02B6">
       <w:pPr>
         <w:pStyle w:val="Obsah9"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TOC </w:instrText>
       </w:r>
       <w:r w:rsidR="001A3F9F">
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -8005,113 +8184,113 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:instrText>\h \z \t "Příloha 1</w:instrText>
       </w:r>
       <w:r w:rsidR="003205B0">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:instrText>;</w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:instrText xml:space="preserve">9" </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc214909513" w:history="1">
-        <w:r w:rsidR="00D11913" w:rsidRPr="00D93E78">
+      <w:hyperlink w:anchor="_Toc220356665" w:history="1">
+        <w:r w:rsidR="008E3BE4" w:rsidRPr="004B69A1">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Příloha A:</w:t>
         </w:r>
-        <w:r w:rsidR="00D11913">
+        <w:r w:rsidR="008E3BE4">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
             <w:noProof/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="cs-CZ"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00D11913" w:rsidRPr="00D93E78">
+        <w:r w:rsidR="008E3BE4" w:rsidRPr="004B69A1">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Seznam stylů šablony</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3C531172" w14:textId="3AC5994E" w:rsidR="00D11913" w:rsidRDefault="00D11913">
+    <w:p w14:paraId="500F49F0" w14:textId="77777777" w:rsidR="008E3BE4" w:rsidRDefault="008E3BE4">
       <w:pPr>
         <w:pStyle w:val="Obsah9"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214909514" w:history="1">
-        <w:r w:rsidRPr="00D93E78">
+      <w:hyperlink w:anchor="_Toc220356666" w:history="1">
+        <w:r w:rsidRPr="004B69A1">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Příloha B:</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
             <w:noProof/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="cs-CZ"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00D93E78">
+        <w:r w:rsidRPr="004B69A1">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Seznam rychlých částí a stavebních bloků</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3D23250B" w14:textId="59D10639" w:rsidR="00CB55F3" w:rsidRDefault="000E02B6" w:rsidP="00920DCC">
+    <w:p w14:paraId="3D23250B" w14:textId="759464DC" w:rsidR="00CB55F3" w:rsidRDefault="000E02B6" w:rsidP="00920DCC">
       <w:pPr>
         <w:pStyle w:val="Obsah9"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0850E526" w14:textId="77777777" w:rsidR="001C734B" w:rsidRPr="004E55B8" w:rsidRDefault="000E5AC6" w:rsidP="001C734B">
       <w:pPr>
         <w:pStyle w:val="Textyostatn"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E55B8">
         <w:rPr>
@@ -8434,58 +8613,58 @@
                         <w:t>je generován automaticky</w:t>
                       </w:r>
                       <w:r>
                         <w:t xml:space="preserve"> (nadpis Příloha 1)</w:t>
                       </w:r>
                       <w:r w:rsidRPr="003D75EA">
                         <w:t>, po dokončení práce je nutné ho aktualizovat (kliknout pravým tlačítkem myši na seznam a zvolit možnost Aktualizovat pole).</w:t>
                       </w:r>
                       <w:r>
                         <w:t xml:space="preserve"> Seznam ostatních příloh se vytváří ručně.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin" anchory="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A4B4DB7" w14:textId="77777777" w:rsidR="00B2455C" w:rsidRDefault="009B7C67" w:rsidP="00C53D7A">
       <w:pPr>
         <w:pStyle w:val="Nadpisyvodazvr"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc214909456"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc220356606"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Úvod</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w14:paraId="65F1550C" w14:textId="45B091BA" w:rsidR="009B7C67" w:rsidRDefault="00E911C4" w:rsidP="00504AE1">
+    <w:p w14:paraId="65F1550C" w14:textId="63988805" w:rsidR="009B7C67" w:rsidRDefault="00E911C4" w:rsidP="00504AE1">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:rStyle w:val="Hypertextovodkaz"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Hlk196338036"/>
       <w:r>
         <w:t>Š</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:t>ablona je určena pro bakalářské, diplomové či rigorózní</w:t>
       </w:r>
       <w:r w:rsidR="003D75EA">
         <w:t xml:space="preserve"> práce</w:t>
       </w:r>
       <w:r>
         <w:t>, které se odevzdávají na Univerzitě Tomáše Bati ve Zlíně</w:t>
       </w:r>
       <w:r w:rsidR="0044277B">
         <w:t xml:space="preserve"> (dále jen UTB)</w:t>
       </w:r>
       <w:r>
         <w:t>. Vychá</w:t>
@@ -8528,51 +8707,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hypertextovodkaz"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="765898F4" w14:textId="67DEBD78" w:rsidR="00E911C4" w:rsidRDefault="00395B9B" w:rsidP="00E911C4">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00E911C4">
         <w:t xml:space="preserve">oporučujeme prostudovat tuto směrnici, případně příslušnou </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">směrnici fakulty </w:t>
       </w:r>
       <w:r w:rsidR="00E911C4">
         <w:t>na jejích webových stránkách. Manuál a šablony byly aktualizovány v září 2025.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02A76835" w14:textId="458E2182" w:rsidR="008D45B6" w:rsidRPr="008D45B6" w:rsidRDefault="0044277B" w:rsidP="00E85605">
+    <w:p w14:paraId="02A76835" w14:textId="3D7E1E9B" w:rsidR="008D45B6" w:rsidRPr="008D45B6" w:rsidRDefault="0044277B" w:rsidP="00E85605">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Aktuální verze šablon pro závěrečné práce jsou dostupné na </w:t>
       </w:r>
       <w:r w:rsidR="00395B9B">
         <w:t xml:space="preserve">webových stránkách UTB </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">v sekci </w:t>
       </w:r>
       <w:hyperlink r:id="rId31" w:history="1">
         <w:r w:rsidRPr="00AA14AD">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://www.utb.cz/student/dokumenty-a-sablony</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">. Pro studenty všech fakult je připraveno několik verzí šablon: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -8618,51 +8797,51 @@
         </w:rPr>
         <w:t xml:space="preserve">a verze pro </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>LaTeX</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(česká a anglická verze, jazyk šablony i prohlášení se nastaví pomocí přepínače).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B555B45" w14:textId="77777777" w:rsidR="00A34071" w:rsidRDefault="0044277B" w:rsidP="0044277B">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc214909457"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc220356607"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Pokyny k úpravě závěrečných prací na jednotlivých fakultách</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
     <w:p w14:paraId="6A0F9FCD" w14:textId="18ED8D10" w:rsidR="00252B67" w:rsidRDefault="0044277B" w:rsidP="00004917">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Šablona pro závěrečné práce je určena pro univerzální </w:t>
       </w:r>
       <w:r w:rsidR="00076353">
         <w:t>použití na všech fakultách UTB. Nedoporučuje se zasahovat do navrženého nastavení jednotné šablony (oboustrann</w:t>
       </w:r>
       <w:r w:rsidR="00252B67">
         <w:t xml:space="preserve">é rozložení, </w:t>
       </w:r>
       <w:r w:rsidR="00363AF6">
         <w:t>nastavení písma a jeho velikosti</w:t>
       </w:r>
       <w:r w:rsidR="00252B67">
         <w:t xml:space="preserve">, řádkový proklad atd.). Šablona </w:t>
       </w:r>
@@ -8728,51 +8907,51 @@
         <w:t>Součástí následující k</w:t>
       </w:r>
       <w:r w:rsidR="00252B67">
         <w:t xml:space="preserve">apitoly jsou alespoň základní fakultní pokyny, se kterými by se studenti měli na začátku seznámit. I přes snahu autorů šablony, aby šablona splňovala veškeré požadavky a nároky, </w:t>
       </w:r>
       <w:r w:rsidR="00252B67" w:rsidRPr="00252B67">
         <w:t xml:space="preserve">je možné, že </w:t>
       </w:r>
       <w:r w:rsidR="00252B67">
         <w:t xml:space="preserve">nastane situace, kdy si </w:t>
       </w:r>
       <w:r w:rsidR="00252B67" w:rsidRPr="00252B67">
         <w:t xml:space="preserve">povaha </w:t>
       </w:r>
       <w:r w:rsidR="00252B67">
         <w:t xml:space="preserve">závěrečné práce vyžádá </w:t>
       </w:r>
       <w:r w:rsidR="00252B67" w:rsidRPr="00252B67">
         <w:t>úpravy některých stylů. V takovém případě doporučujeme obrátit se o radu na vedoucího závěrečné práce, příp. řídit se zvyklostmi v daném oboru.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="159BB12E" w14:textId="77777777" w:rsidR="000E2CEE" w:rsidRDefault="000E2CEE" w:rsidP="000E2CEE">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc214909458"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc220356608"/>
       <w:r>
         <w:t>Fakulta technologická</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w14:paraId="10E8EC4F" w14:textId="589F7F5B" w:rsidR="000E2CEE" w:rsidRDefault="000E2CEE" w:rsidP="000E2CEE">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Studenti Fakulty technologické ve svých závěrečných pracích využívají </w:t>
       </w:r>
       <w:r w:rsidR="00004917">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>citační normu</w:t>
       </w:r>
       <w:r>
@@ -8970,51 +9149,51 @@
       </w:pPr>
       <w:r>
         <w:t>Teoretická analýza (podrobné zpracování zkoumané oblasti)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54332C8A" w14:textId="1093A4A0" w:rsidR="007B7A93" w:rsidRDefault="007B7A93" w:rsidP="007B7A93">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t>Diskuze</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B1F3BE9" w14:textId="70792877" w:rsidR="007B7A93" w:rsidRPr="007B7A93" w:rsidRDefault="007B7A93" w:rsidP="007B7A93">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t>Závěr</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52BE47D3" w14:textId="77777777" w:rsidR="000E2CEE" w:rsidRDefault="000E2CEE" w:rsidP="000E2CEE">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc214909459"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc220356609"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Fakulta managementu a ekonomiky</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="68D63B2C" w14:textId="1E3C1849" w:rsidR="000E2CEE" w:rsidRDefault="00BB4096" w:rsidP="000E2CEE">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Studenti Fakulty managementu a ekonomiky ve svých závěrečných pracích využívají citační normu </w:t>
       </w:r>
       <w:r w:rsidRPr="00E2435A">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>ČSN ISO 690</w:t>
@@ -9505,51 +9684,51 @@
       <w:r>
         <w:t xml:space="preserve">Součástí kapitoly výsledky je také zhodnocení splnění hlavního cíle, </w:t>
       </w:r>
       <w:r w:rsidR="00EF0A40">
         <w:t xml:space="preserve">stav zodpovězení </w:t>
       </w:r>
       <w:r>
         <w:t>výzkumných otázek, popř. verifikace pracovních hypotéz. V případě výzkumně zaměřené BP/DP je nutno se zaměřit na diskusi empirických výsledků získaných na základě realizovaného kvalitativního/kvantitativního výzkumu, a na vyvození odpovídajících závěrů za účelem rozšíření úrovně poznání v dané oblasti.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E0903F5" w14:textId="4886747B" w:rsidR="0099199F" w:rsidRDefault="007A0900" w:rsidP="0099199F">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(Ad </w:t>
       </w:r>
       <w:r w:rsidR="0099199F">
         <w:t>Závěr) Nedílnou součástí závěru je stručné shrnutí nejvýznamnějších závěrů, poznatků a doporučení/řešení.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DA8F8CC" w14:textId="77777777" w:rsidR="000E2CEE" w:rsidRDefault="000E2CEE" w:rsidP="000E2CEE">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc214909460"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc220356610"/>
       <w:r>
         <w:t>Fakulta multimediálních komunikací</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="565DA6F0" w14:textId="64F14C6C" w:rsidR="000E2CEE" w:rsidRDefault="001E74E6" w:rsidP="000E2CEE">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00004917">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Studenti Fakulty </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">multimediálních komunikací </w:t>
       </w:r>
       <w:r w:rsidRPr="00004917">
@@ -9768,51 +9947,51 @@
       </w:pPr>
       <w:r>
         <w:t>Úvod</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33ABA7DE" w14:textId="6BA18AA4" w:rsidR="002A5E8E" w:rsidRDefault="007B7A93" w:rsidP="002A5E8E">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t>Textová a dokumentační část</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="120B95CC" w14:textId="3B33E2E8" w:rsidR="002A5E8E" w:rsidRDefault="002A5E8E" w:rsidP="002A5E8E">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t>Závěr</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="587635A7" w14:textId="77777777" w:rsidR="00EA4134" w:rsidRDefault="00EA4134" w:rsidP="00EA4134">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc214909461"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc220356611"/>
       <w:r>
         <w:t>Fakulta logistiky a krizového řízení</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w14:paraId="49F523D4" w14:textId="77777777" w:rsidR="00EA4134" w:rsidRDefault="00EA4134" w:rsidP="00EA4134">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Studenti Fakulty logistiky a krizového řízení ve svých závěrečných pracích využívají citační normu </w:t>
       </w:r>
       <w:r w:rsidRPr="00E2435A">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>ČSN ISO 690</w:t>
       </w:r>
@@ -9960,51 +10139,51 @@
       </w:pPr>
       <w:r>
         <w:t>Praktická část (analyticko-empirická a aplikační část)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75ED0272" w14:textId="3D9869A6" w:rsidR="00EA4134" w:rsidRDefault="002D19FF" w:rsidP="00EA4134">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t>Diskuse</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2083D743" w14:textId="77777777" w:rsidR="00EA4134" w:rsidRDefault="00EA4134" w:rsidP="00EA4134">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t>Závěr</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61DA36B4" w14:textId="77777777" w:rsidR="000E2CEE" w:rsidRDefault="000E2CEE" w:rsidP="000E2CEE">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc214909462"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc220356612"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Fakulta aplikované informatiky</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="0B71785A" w14:textId="77777777" w:rsidR="000E2CEE" w:rsidRDefault="00004917" w:rsidP="000E2CEE">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00004917">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Studenti Fakulty </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">aplikované informatiky </w:t>
       </w:r>
@@ -10248,51 +10427,51 @@
       </w:r>
       <w:r w:rsidR="007F551F">
         <w:t xml:space="preserve"> atd.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20D98EAD" w14:textId="77777777" w:rsidR="00377A34" w:rsidRDefault="00377A34" w:rsidP="00377A34">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t>Výsledky</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55433413" w14:textId="77777777" w:rsidR="00377A34" w:rsidRPr="00E2435A" w:rsidRDefault="00377A34" w:rsidP="00377A34">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t>Závěr</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E31A3B5" w14:textId="77777777" w:rsidR="000E2CEE" w:rsidRDefault="000E2CEE" w:rsidP="000E2CEE">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc214909463"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc220356613"/>
       <w:r>
         <w:t>Fakulta humanitních studií</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
     <w:p w14:paraId="21621253" w14:textId="2DD18C5B" w:rsidR="000E2CEE" w:rsidRDefault="00E12D03" w:rsidP="000E2CEE">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Studenti Fakulty humanitních studií ve svých závěrečných pracích využívají citační styl nebo normu podle pravidel konkrétního ústavu</w:t>
       </w:r>
       <w:r w:rsidR="00A71CA3">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>, proto je nutné se s těmito pravidly důsledně seznámit</w:t>
       </w:r>
       <w:r>
@@ -10537,51 +10716,51 @@
     </w:p>
     <w:p w14:paraId="4A65BD23" w14:textId="64AF45C7" w:rsidR="00E654B7" w:rsidRPr="00E654B7" w:rsidRDefault="00E654B7" w:rsidP="00E654B7">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Bližší informace ke struktuře práce či specifické formální úpravě obsahují vnitřní normy fakulty (směrnice děkana a pokyny jednotlivých ústavů).</w:t>
       </w:r>
       <w:r w:rsidR="002A5E8E">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Specifikem je dělení slov. U anglicky a německy psaných textů je dělení slov vypnuté. V případě potřeby je možné slova rozdělit ručně.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B2A7B61" w14:textId="4C8E5A29" w:rsidR="00757EE9" w:rsidRDefault="00757EE9" w:rsidP="00757EE9">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc214909464"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc220356614"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Obecná doporučení k formální a typografické úpravě prací</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="3BC0C9BC" w14:textId="0C6627F0" w:rsidR="009D1C8B" w:rsidRDefault="0098139C" w:rsidP="000E2CEE">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0098139C">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Tvorba závěrečných prací a dalších odborných prací či textů je doprovázena různými typografickými pravidly a formálními požadavky.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -10612,51 +10791,51 @@
       <w:r w:rsidRPr="0098139C">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> snížit dobrý dojem i z jinak vysoce kval</w:t>
       </w:r>
       <w:r w:rsidR="009D1C8B">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>itní práce. Doporučujeme proto ponechat si na celkovou formální úpravu a korekturu práce (nejlépe odborníkem v oboru) dostatek časového prostoru.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EE0FB86" w14:textId="6992B1ED" w:rsidR="000E2CEE" w:rsidRDefault="0098139C" w:rsidP="009D1C8B">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r>
         <w:t>Následující pokyny k úpravě textů jsou jednoduchou pomůckou upozorňující na typické chyby a nedostatky vyskytující se v úpravách akademických prací realizovaných v českém jazyce.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03775CD7" w14:textId="78D70639" w:rsidR="0098139C" w:rsidRDefault="0098139C" w:rsidP="0098139C">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Toc214909465"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc220356615"/>
       <w:r>
         <w:t>Odborný styl závěrečné práce</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="79379BDE" w14:textId="77777777" w:rsidR="009D1C8B" w:rsidRDefault="009D1C8B" w:rsidP="009D1C8B">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Při psaní závěrečné práce je důležité snažit se o co největší srozumitelnost a čtivost textu a samozřejmě dbát pravidel českého pravopisu (či jiného jazyka). Častým problémem, se kterým se potýká řada studentů a studentek při psaní svých závěrečných prací je, že jejich text se těžce čte a působí chaotickým dojmem.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64E80A82" w14:textId="159110A1" w:rsidR="009D1C8B" w:rsidRDefault="009D1C8B" w:rsidP="009D1C8B">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r>
         <w:t>Obvykle je tato situace způsobena tím, že autor práce si dopředu nezvolil, v jaké osobě a jakým stylem bude text psát, popř. osoby a styl textu mění a přeskakuje. Např.: „Má bakalářská práce se bude věnovat problematice… Autor práce provedl dotazníkové šetření… Domnívám se, že výstup práce… Na základě výsledků bychom měli definovat…“</w:t>
@@ -11196,57 +11375,57 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="70AD47"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>odstavcovou zarážku</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="70AD47"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="581E08B0" w14:textId="3775A8B1" w:rsidR="00D67E43" w:rsidRDefault="0098139C" w:rsidP="0098139C">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc214909466"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc220356616"/>
       <w:r>
         <w:t>Základní typografická pravidla</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
-    <w:p w14:paraId="6B44DB18" w14:textId="40116054" w:rsidR="0019673E" w:rsidRDefault="0019673E" w:rsidP="0019673E">
+    <w:p w14:paraId="6B44DB18" w14:textId="738CFBAF" w:rsidR="0019673E" w:rsidRDefault="0019673E" w:rsidP="0019673E">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Úpravu česky psaných elektronických dokumentů a písemností, které se zpracovávají na počítači, řeší podrobně norma ČSN 01 6910 (2014) Úprava dokumentů zpracovaných textovými procesory (v plném znění lze dohledat na </w:t>
       </w:r>
       <w:hyperlink r:id="rId32" w:history="1">
         <w:r w:rsidRPr="00C857B1">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>ČSN online</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
@@ -11254,51 +11433,51 @@
       </w:r>
       <w:hyperlink r:id="rId33" w:history="1">
         <w:r w:rsidRPr="00C857B1">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>Internetovou jazykovou příručku</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, kde je možné jednoduše ověřit a nastudovat jednotlivá pravidla. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37D57135" w14:textId="68CD9E36" w:rsidR="0019673E" w:rsidRDefault="0019673E" w:rsidP="0019673E">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r>
         <w:t>Následující řádky uvádí alespoň základní zásady, které jsou součástí příručky a ve kterých se nejčastěji chybuje. Pokud je práce v jiném jazyce, je důležité řídit se pravidly sazby v daném jazyce.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D0D76E2" w14:textId="7BB05967" w:rsidR="00C857B1" w:rsidRDefault="00C857B1" w:rsidP="006D4D47">
+    <w:p w14:paraId="2D0D76E2" w14:textId="5F5366DD" w:rsidR="00C857B1" w:rsidRDefault="00C857B1" w:rsidP="006D4D47">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r w:rsidRPr="008D52D1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Pevná mezera</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> se používá všude tam, kde je nežádoucí řádkový zlom, kterým vznikají nevhodná zalomení na konci řádků (podrobnosti o zalomení řádků a nevhodných výrazech na jejich konci jsou uvedeny na </w:t>
       </w:r>
       <w:hyperlink r:id="rId34" w:history="1">
         <w:r w:rsidR="008D52D1" w:rsidRPr="00704A67">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://prirucka.ujc.cas.cz/?id=880</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">). Pevná mezera se ve Wordu </w:t>
       </w:r>
       <w:r w:rsidR="008D52D1">
@@ -12194,51 +12373,51 @@
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Používat správný </w:t>
       </w:r>
       <w:r w:rsidR="0061177B">
         <w:t xml:space="preserve">zápis procent/procentní, promile a stupně. </w:t>
       </w:r>
       <w:r>
         <w:t>Je potřeba dávat p</w:t>
       </w:r>
       <w:r w:rsidR="0061177B">
         <w:t>ozor na mezery mezi číslicí a značkou</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E82FB4C" w14:textId="77777777" w:rsidR="00BB23EE" w:rsidRDefault="00BB23EE" w:rsidP="00BB23EE">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t>Používat správný zápis zkratek, iniciálových zkratek, zkratkových slov a značek.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CD7E598" w14:textId="31238C2E" w:rsidR="0061177B" w:rsidRDefault="00BB23EE" w:rsidP="0061177B">
+    <w:p w14:paraId="7CD7E598" w14:textId="7C583A29" w:rsidR="0061177B" w:rsidRDefault="00BB23EE" w:rsidP="0061177B">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t>Seznámit se s</w:t>
       </w:r>
       <w:r w:rsidR="00195DA8">
         <w:t xml:space="preserve"> pravidly pro </w:t>
       </w:r>
       <w:hyperlink r:id="rId35" w:history="1">
         <w:r w:rsidRPr="00BB23EE">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>psaní výčtů</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId36" w:history="1">
         <w:r w:rsidRPr="00BB23EE">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
@@ -12331,51 +12510,51 @@
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E06790">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Writer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="005B51A9" w:rsidRPr="00E06790">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="005B51A9">
         <w:t xml:space="preserve"> Vložit – Formátovací značka nebo pro širší nabídku Vložit – Speciální znak.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="710EB91E" w14:textId="201768C9" w:rsidR="00BB23EE" w:rsidRDefault="00BB23EE" w:rsidP="00BB23EE">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Toc214909467"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc220356617"/>
       <w:r>
         <w:t>Dělení slov</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="6BC594F9" w14:textId="47C1BAD3" w:rsidR="00BB23EE" w:rsidRDefault="00807231" w:rsidP="00BB23EE">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>V české šabloně je v běžných textových odstavcích povoleno dělení slov (výjimkou jsou speciální bloky textu</w:t>
       </w:r>
       <w:r w:rsidR="006360B8">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
@@ -12438,51 +12617,51 @@
     <w:p w14:paraId="7E93812F" w14:textId="77777777" w:rsidR="00663C3D" w:rsidRDefault="00663C3D" w:rsidP="00663C3D">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Dělit by se měla jen víceslabičná slova, a to na hranicích slabik. Na nový řádek by se měla přenášet alespoň tři písmena. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="132E087F" w14:textId="2EAB43E5" w:rsidR="00663C3D" w:rsidRDefault="00663C3D" w:rsidP="00663C3D">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t>Počet pod sebou rozdělených slov na konci řádku by neměl překročit tři.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17A9B41D" w14:textId="77777777" w:rsidR="00663C3D" w:rsidRDefault="00663C3D" w:rsidP="0032052C">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t>Dělit by se neměla zkrácená jména a příjmení, titul a příjmení, čísla a čísla s jednotkou, datum či zkratky.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D1D1FEE" w14:textId="22FC24CF" w:rsidR="008271E4" w:rsidRDefault="008271E4" w:rsidP="0032052C">
+    <w:p w14:paraId="5D1D1FEE" w14:textId="4E1CC61C" w:rsidR="008271E4" w:rsidRDefault="008271E4" w:rsidP="0032052C">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="00291EE0">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t>nutných</w:t>
       </w:r>
       <w:r w:rsidR="00291EE0">
         <w:t xml:space="preserve"> případech je možné také přejít na ruční dělení slov, v takovém případě je vhodné nastudovat si návod pro konkrétní textový editor </w:t>
       </w:r>
       <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidR="00291EE0" w:rsidRPr="00291EE0">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>Word</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00291EE0">
         <w:t xml:space="preserve"> nebo </w:t>
@@ -12703,51 +12882,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(tzv. měkký konec řádku).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C485151" w14:textId="45133498" w:rsidR="00B96229" w:rsidRDefault="00B96229" w:rsidP="00B96229">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r>
         <w:t>Pro další informace o formátování odborných textů, typografii či pravidlech pravopisu doporučujeme prostudovat následující zdroje:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3321FD58" w14:textId="77777777" w:rsidR="00AA3569" w:rsidRDefault="00AA3569" w:rsidP="00B96229">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16B3DC1B" w14:textId="7412816D" w:rsidR="004343FF" w:rsidRDefault="004343FF" w:rsidP="00AA3569">
+    <w:p w14:paraId="16B3DC1B" w14:textId="48302FB5" w:rsidR="004343FF" w:rsidRDefault="004343FF" w:rsidP="00AA3569">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="004343FF">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Internetová jazyková příručka</w:t>
       </w:r>
       <w:r w:rsidRPr="004343FF">
         <w:t>. Online. Praha: Ústav pro jazyk český AV ČR, 2008–2025. Dostupné z: </w:t>
       </w:r>
       <w:hyperlink r:id="rId40" w:history="1">
         <w:r w:rsidRPr="004343FF">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://prirucka.ujc.cas.cz/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004343FF">
         <w:t>. [cit. 2025-08-21].</w:t>
       </w:r>
     </w:p>
@@ -12799,87 +12978,87 @@
       <w:r w:rsidRPr="009D7504">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Pravidla českého pravopisu</w:t>
       </w:r>
       <w:r w:rsidRPr="009D7504">
         <w:t xml:space="preserve">. 4. vydání. </w:t>
       </w:r>
       <w:r w:rsidR="004343FF">
         <w:t>Brno</w:t>
       </w:r>
       <w:r w:rsidRPr="009D7504">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009D7504">
         <w:t>Edika</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009D7504">
         <w:t>, 2023. ISBN 978-80-266-1868-3.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08CDD239" w14:textId="5B102A64" w:rsidR="008271E4" w:rsidRDefault="004343FF" w:rsidP="00AA3569">
+    <w:p w14:paraId="08CDD239" w14:textId="368C12E5" w:rsidR="008271E4" w:rsidRDefault="004343FF" w:rsidP="00AA3569">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="004343FF">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Pravidla českého pravopisu</w:t>
       </w:r>
       <w:r w:rsidRPr="004343FF">
         <w:t xml:space="preserve">. Online. </w:t>
       </w:r>
       <w:r>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="004343FF">
         <w:t>2025. Dostupné z: </w:t>
       </w:r>
       <w:hyperlink r:id="rId41" w:history="1">
         <w:r w:rsidRPr="004343FF">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://www.pravidla.cz/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004343FF">
         <w:t>. [cit. 2025-08-21].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25163F93" w14:textId="66642C77" w:rsidR="008271E4" w:rsidRDefault="008271E4" w:rsidP="008271E4">
       <w:pPr>
         <w:pStyle w:val="Nadpis3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Toc214909468"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc220356618"/>
       <w:r>
         <w:t>Vypnutí automatického dělení slov</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
     </w:p>
     <w:p w14:paraId="3D058EA3" w14:textId="27F810FC" w:rsidR="00291EE0" w:rsidRDefault="008271E4" w:rsidP="00291EE0">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Pokud </w:t>
       </w:r>
       <w:r w:rsidR="00E06790">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r>
@@ -12968,51 +13147,51 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> pak opět vybrat konkrétní odstavce nebo celou práci a přes nabídku Formát zvolit možnost </w:t>
       </w:r>
       <w:r w:rsidR="00656CFF">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Odstavec</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>. Na záložce Tok textu pak v části Dělení slov zrušit zaškrtnutí položky Automaticky.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13402CF2" w14:textId="7483C6A4" w:rsidR="00C9199F" w:rsidRDefault="00757EE9" w:rsidP="00757EE9">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Toc214909469"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc220356619"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Příprava šablony a práce se šablonou</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
     <w:p w14:paraId="7E686EBF" w14:textId="2127456A" w:rsidR="00202A3E" w:rsidRPr="00202A3E" w:rsidRDefault="007F374A" w:rsidP="00202A3E">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Následující kapitola je věnována informacím o instalaci šablony, úpravách úvodních a závěrečných stránek šablony, oboustranném tisku a převodu závěrečné práce do PDF/A. Měla by obsahovat vše, co by studenti mohli potřebovat k tomu, aby mohli se šablonou pro závěrečné práce bez problémů pracovat. Je určena výhradně těm studentům, kteří si zvolili šablony pro MS Word či </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E40352">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Writer</w:t>
@@ -13043,95 +13222,95 @@
         </w:rPr>
         <w:t>OpenOffice</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13F1468D" w14:textId="77777777" w:rsidR="00202A3E" w:rsidRDefault="00202A3E" w:rsidP="00202A3E">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r w:rsidRPr="00E85605">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Upozornění pro práci se šablonou v programu MS Word:</w:t>
       </w:r>
       <w:r w:rsidRPr="00E85605">
         <w:t xml:space="preserve"> šablona byla vytvořena pro MS Word 2016 (příp. novější verze). Bude fungovat také ve verzi 2013. Ve verzích 2007 a 2010 mohou nastat menší problémy, šablona by však měla být použitelná. Šablonu nelze použít s programem MS Word 2003 a starší. Tyto verze nejsou podporovány. Word Online (v rámci Office 365) a Word pro Android/iOS nejsou plnohodnotné aplikace jako desktopový Word, šablona v těchto aplikacích nebude funkční.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="367B97E8" w14:textId="24CADCEA" w:rsidR="00A53D78" w:rsidRPr="00E85605" w:rsidRDefault="00A53D78" w:rsidP="00202A3E">
+    <w:p w14:paraId="367B97E8" w14:textId="1B41BE7D" w:rsidR="00A53D78" w:rsidRPr="00E85605" w:rsidRDefault="00A53D78" w:rsidP="00202A3E">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Šablona je připravena jako DOTX soubor, k jejímu používání je tedy potřeba instalace šablony (viz kapitola </w:t>
       </w:r>
       <w:r w:rsidR="00CC31FE">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00CC31FE">
         <w:instrText xml:space="preserve"> REF _Ref206949140 \w \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00CC31FE">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>3.1</w:t>
       </w:r>
       <w:r w:rsidR="00CC31FE">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00CC31FE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CC31FE">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00CC31FE">
         <w:instrText xml:space="preserve"> REF _Ref206949168 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00CC31FE">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>Instalace šablony</w:t>
       </w:r>
       <w:r w:rsidR="00CC31FE">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00CC31FE">
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A2C4240" w14:textId="5E6C94E8" w:rsidR="00202A3E" w:rsidRPr="00E85605" w:rsidRDefault="00202A3E" w:rsidP="00202A3E">
+    <w:p w14:paraId="2A2C4240" w14:textId="6D072F3A" w:rsidR="00202A3E" w:rsidRPr="00E85605" w:rsidRDefault="00202A3E" w:rsidP="00202A3E">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r w:rsidRPr="00E85605">
         <w:t xml:space="preserve">Každý student UTB má možnost využívat kancelářský balík Microsoft 365. Přístup lze získat na </w:t>
       </w:r>
       <w:hyperlink r:id="rId42" w:history="1">
         <w:r w:rsidRPr="00E85605">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>portal.office.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E85605">
         <w:t>, kde je možné stáhnout si instalační balíček do svého zařízení (pro přihlášení slouží univerzitní přihlašovací údaje). Software lze instalovat až na pět různých zařízení (Windows nebo macOS).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EF65F79" w14:textId="372C26A3" w:rsidR="00202A3E" w:rsidRDefault="00202A3E" w:rsidP="00202A3E">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
@@ -13184,77 +13363,77 @@
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">LibreOffice či </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007F374A" w:rsidRPr="007F374A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>OpenOffice</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007F374A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00A53D78">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Šablona je připravena jako ODT soubor, není tedy potřeba žádná další instalace.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="337C8FB1" w14:textId="481EF0DC" w:rsidR="00DC03C7" w:rsidRPr="00DC03C7" w:rsidRDefault="00DC03C7" w:rsidP="00DC03C7">
+    <w:p w14:paraId="337C8FB1" w14:textId="23EBBF4C" w:rsidR="00DC03C7" w:rsidRPr="00DC03C7" w:rsidRDefault="00DC03C7" w:rsidP="00DC03C7">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Aktuální verze šablon pro závěrečné práce jsou dostupné na webových stránkách UTB v sekci </w:t>
       </w:r>
       <w:hyperlink r:id="rId43" w:history="1">
         <w:r w:rsidRPr="00AA14AD">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://www.utb.cz/student/dokumenty-a-sablony</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75A68DA9" w14:textId="27267908" w:rsidR="00D341A9" w:rsidRDefault="00D341A9" w:rsidP="00D341A9">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
       <w:bookmarkStart w:id="19" w:name="_Ref206949129"/>
       <w:bookmarkStart w:id="20" w:name="_Ref206949140"/>
       <w:bookmarkStart w:id="21" w:name="_Ref206949168"/>
-      <w:bookmarkStart w:id="22" w:name="_Toc214909470"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc220356620"/>
       <w:r>
         <w:t>Instalace šablony</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
     </w:p>
     <w:p w14:paraId="48A60DEE" w14:textId="1F99EE0B" w:rsidR="00CC31FE" w:rsidRDefault="00CC31FE" w:rsidP="00DC03C7">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Jak již </w:t>
       </w:r>
       <w:r w:rsidR="000424CE">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>bylo</w:t>
       </w:r>
       <w:r>
@@ -13621,83 +13800,246 @@
         </w:rPr>
         <w:t>budou chybět.</w:t>
       </w:r>
       <w:r w:rsidR="00B7172E">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D73C310" w14:textId="19EC5552" w:rsidR="007E07D4" w:rsidRDefault="00B7172E" w:rsidP="00B7172E">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r w:rsidRPr="00B7172E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Z toho důvodu je doporučeno během psaní závěrečné práce mít u sebe po celou dobu vždy oba soubory ve stejné složce: soubor se šablonou (DOTX) a dokument se závěrečnou prací (DOCX).</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Těchto dokumentů je možné mít samozřejmě více.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CF212B8" w14:textId="5D6F2AC1" w:rsidR="00A53D78" w:rsidRPr="00A53D78" w:rsidRDefault="007E07D4" w:rsidP="007E07D4">
+    <w:p w14:paraId="1CF212B8" w14:textId="5D6F2AC1" w:rsidR="00A53D78" w:rsidRDefault="007E07D4" w:rsidP="007E07D4">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r w:rsidRPr="00B7172E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Šablona není nutná pro finální podobu ani odevzdání.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Zároveň ji není nutné posílat vedoucímu své závěrečné práce ke kontrole. Jako finální soubor bude vždy plně dostačující v</w:t>
       </w:r>
       <w:r w:rsidR="00A53D78">
         <w:t>ýsledný dokument ve Wordu</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (soubor DOCX), který se před samotným odevzdáním převede do PDF</w:t>
       </w:r>
       <w:r w:rsidR="00A53D78">
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="11FBEB4F" w14:textId="58933A92" w:rsidR="00801365" w:rsidRDefault="0069365F" w:rsidP="00801365">
+      <w:pPr>
+        <w:pStyle w:val="Nadpis2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="_Toc220356621"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Znovupropojení</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> se šablonou</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="23"/>
+    </w:p>
+    <w:p w14:paraId="0574490C" w14:textId="22A7E464" w:rsidR="0069365F" w:rsidRDefault="0069365F" w:rsidP="0069365F">
+      <w:pPr>
+        <w:pStyle w:val="Prvnodstavecprce"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pokud uživatelé Wordu budou šablonu i dokumenty založené na ní používat podle pokynů výše uvedených (viz </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref206949129 \r \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008E3BE4">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref206949129 \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008E3BE4">
+        <w:t>Instalace šablony</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>), problémy by neměly nastat. Může se ovšem stát, že po neodborných úpravách dokument, ve kterém uživatel pracuje na své práci, ztratí cestu k šabloně, popř. ji nějaký nevyžádaný zásah přepíše na úplně jinou šablonu. Pak nebudou v dokumentu fungovat tzv. rychlé části a mohou nastat další problémy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21951590" w14:textId="7B9983D6" w:rsidR="0069365F" w:rsidRDefault="0069365F" w:rsidP="0069365F">
+      <w:pPr>
+        <w:pStyle w:val="Dalodstavceprce"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Náprava je v tomto případě ovšem snadná, jelikož Word umožňuje načtení cesty ke správné šabloně. Je nutné si zkontrolovat, zda se ve Wordu zobrazuje karta Vývojář. Pokud ne, je možné si ji podle </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId44" w:history="1">
+        <w:r w:rsidRPr="0069365F">
+          <w:rPr>
+            <w:rStyle w:val="Hypertextovodkaz"/>
+            <w:lang w:eastAsia="en-US"/>
+          </w:rPr>
+          <w:t>oficiálního návodu</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00F71113">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> od Microsoftu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zobrazit.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A907BB7" w14:textId="2F0C7A49" w:rsidR="0069365F" w:rsidRPr="0069365F" w:rsidRDefault="0069365F" w:rsidP="0069365F">
+      <w:pPr>
+        <w:pStyle w:val="Dalodstavceprce"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pak je nutné si kliknout na tuto kartu a zvolit položku Šablona dokumentu. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F71113">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Následně se zobrazí cesta, ve které je možné najít cestu ke správné šabloně, a to přes tlačítko Připojit. Po výběru šablony pak stačí tento výběr potvrdit a dokument by měl být opětovně propojený s dokumentem.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="347BD658" w14:textId="67CE5B9A" w:rsidR="00D341A9" w:rsidRDefault="00D341A9" w:rsidP="00D341A9">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="23" w:name="_Toc214909471"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc220356622"/>
       <w:r>
         <w:t>Úprava úvodních a závěrečných stran šablony</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="24"/>
     </w:p>
     <w:p w14:paraId="251EE921" w14:textId="64D3CD7A" w:rsidR="000424CE" w:rsidRDefault="000424CE" w:rsidP="000424CE">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Šablony pro MS Word i pro volně dostupné alternativy od LibreOffice či </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>OpenOffice</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
@@ -13720,50 +14062,51 @@
     <w:p w14:paraId="4F279AC5" w14:textId="6FCF86AC" w:rsidR="000424CE" w:rsidRDefault="000424CE" w:rsidP="000424CE">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>V úvodních částech šablony se využívají formulářová pole, do kterých stačí jednoduše klepnout a vepsat vlastní text nebo vybrat jednu z nabízených možností. Tato pole jsou nejčastěji zobrazena v [hranatých závorkách].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52EB803E" w14:textId="5F95252A" w:rsidR="000424CE" w:rsidRDefault="000424CE" w:rsidP="000424CE">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Na </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>titulním listu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> je nutné vyplnit: název práce</w:t>
       </w:r>
       <w:r w:rsidR="009C71AA">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (s velkým písmenem na začátku)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
@@ -13990,51 +14333,50 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Pokud by bylo nutné vložit</w:t>
       </w:r>
       <w:r w:rsidR="00162BC8">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> do závěrečné práce</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> třístránkové zadání, pak doporučujeme postupovat následovně:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6537CEB9" w14:textId="4E11D019" w:rsidR="000A744C" w:rsidRDefault="000A744C" w:rsidP="000A744C">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>vložit podle návodu první dvě strany zadání,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07BB89C6" w14:textId="7A9B8091" w:rsidR="000A744C" w:rsidRDefault="000A744C" w:rsidP="000A744C">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t>kliknout myší do obrázku s druhou stranou zadání a pravým tlačítkem vybrat možnost Kopírovat,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21870409" w14:textId="10998F74" w:rsidR="009D11F3" w:rsidRDefault="00044CF7" w:rsidP="0032052C">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t>myší kliknout</w:t>
       </w:r>
       <w:r w:rsidR="009D11F3">
         <w:t xml:space="preserve"> vpravo vedle obrázku, až se rozbliká kurzor (ve Wordu bude ve většině případů potřeba ještě zmáčknout klávesu s pravou šipkou tak, aby zmizel rámeček s formulářem)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
       <w:r w:rsidR="009D11F3">
@@ -14213,82 +14555,89 @@
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Následuje stránka s </w:t>
       </w:r>
       <w:r w:rsidRPr="005732BA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>poděkováním</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>, které není povinnou součástí práce. V případě vynechání tohoto bloku stačí kliknout do rámečku a podle pokynů, které jsou v něm uvedené, celý blok i stránku odstranit.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61199223" w14:textId="777C4FE0" w:rsidR="002D18F7" w:rsidRDefault="005732BA" w:rsidP="002D18F7">
+    <w:p w14:paraId="61199223" w14:textId="3B8D6598" w:rsidR="002D18F7" w:rsidRDefault="005732BA" w:rsidP="002D18F7">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Po úvodních stránkách následují stránky s automaticky generovaným </w:t>
       </w:r>
       <w:r w:rsidRPr="0048380F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>obsahem a seznamy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>. Některé seznamy jsou rovněž generované automaticky (obrázky, tabulky, přílohy),</w:t>
       </w:r>
       <w:r w:rsidR="0048380F">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> některé je potřeba vytvořit ručně (zkratky, ostatní přílohy).</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0048380F">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>některé je potřeba vytvořit ručně (zkratky, ostatní přílohy).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Po dokončení práce je nutné </w:t>
       </w:r>
       <w:r w:rsidR="0048380F">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">automaticky generovaný </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">obsah a seznamy aktualizovat (kliknout pravým tlačítkem do obsahu nebo seznamu a vybrat možnost Aktualizovat). </w:t>
       </w:r>
       <w:r w:rsidR="00162BC8">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Seznamy</w:t>
       </w:r>
@@ -14311,92 +14660,92 @@
         <w:t xml:space="preserve"> kapitole </w:t>
       </w:r>
       <w:r w:rsidR="004C0300">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="004C0300">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207222974 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="004C0300">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="004C0300">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>5.5</w:t>
       </w:r>
       <w:r w:rsidR="004C0300">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00162BC8">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="004C0300">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="004C0300">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207222981 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="004C0300">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="004C0300">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>Automaticky generované seznamy</w:t>
       </w:r>
       <w:r w:rsidR="004C0300">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="0048380F">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="638EB4B7" w14:textId="19AD55F3" w:rsidR="002D18F7" w:rsidRDefault="002D18F7" w:rsidP="002D18F7">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
@@ -14472,90 +14821,83 @@
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Šablona závěrečné práce obsahuje připravené stránky pro případné </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>přílohy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>. Pokud práce přílohy neobsahuje, je možné tuto část odstranit podle pokynů, které jsou uvedené v bloku pro vložení příloh.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D802CE6" w14:textId="300A2429" w:rsidR="00D341A9" w:rsidRDefault="00D341A9" w:rsidP="00D341A9">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="_Toc214909472"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc220356623"/>
       <w:r>
         <w:t>Převod práce do PDF/A</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="039A3B10" w14:textId="6BC8BBC9" w:rsidR="00D341A9" w:rsidRDefault="00D341A9" w:rsidP="00D341A9">
+      <w:bookmarkEnd w:id="25"/>
+    </w:p>
+    <w:p w14:paraId="039A3B10" w14:textId="1E4EF5B9" w:rsidR="00D341A9" w:rsidRDefault="00D341A9" w:rsidP="00D341A9">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Podle aktuálně platné směrnice rektora k závěrečným pracím dostupné na adrese </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44" w:history="1">
+      <w:hyperlink r:id="rId45" w:history="1">
         <w:r w:rsidRPr="005C0C71">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>https://www.utb.cz/univerzita/uredni-deska/vnitrni-normy-a-predpisy/smernice-rektora/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-        <w:t>mají studenti povinnost odevzdávat elektronické verze textů svých kvalifikačních (bakalářských, diplomových a rigorózních) prací ve formátu PDF/A (standard PDF/A</w:t>
+        <w:t xml:space="preserve"> mají studenti povinnost odevzdávat elektronické verze textů svých kvalifikačních (bakalářských, diplomových a rigorózních) prací ve formátu PDF/A (standard PDF/A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>1b).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24DA6314" w14:textId="77777777" w:rsidR="00BB55D2" w:rsidRDefault="001C42AD" w:rsidP="00BB55D2">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Upozornění: </w:t>
@@ -14621,69 +14963,69 @@
         <w:t xml:space="preserve"> Není to chyba</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="001C42AD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Při exportu do PDF vloží Word (či jeho alternativa) prázdnou stránku mezi tyto liché strany.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Prázdné strany jsou součástí práce a studenti je musí v práci ponechat.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A417302" w14:textId="38486F5A" w:rsidR="00BB55D2" w:rsidRPr="00BB55D2" w:rsidRDefault="00BB55D2" w:rsidP="00BB55D2">
+    <w:p w14:paraId="1A417302" w14:textId="5BDA3771" w:rsidR="00BB55D2" w:rsidRPr="00BB55D2" w:rsidRDefault="00BB55D2" w:rsidP="00BB55D2">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C42AD">
         <w:t>Přehledné</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> návody jsou dostupné také na webu knihovny </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45" w:history="1">
+      <w:hyperlink r:id="rId46" w:history="1">
         <w:r w:rsidRPr="005C0C71">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>http://iva.k.utb.cz/wp-content/</w:t>
         </w:r>
         <w:r w:rsidRPr="005C0C71">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:br/>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="005C0C71">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>uploads</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="005C0C71">
           <w:rPr>
@@ -14774,50 +15116,51 @@
     </w:p>
     <w:p w14:paraId="328E2863" w14:textId="77777777" w:rsidR="00D341A9" w:rsidRPr="00AC0B4B" w:rsidRDefault="00D341A9" w:rsidP="00D341A9">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC0B4B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Převod pomocí aplikace Náhled:</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC0B4B">
         <w:t xml:space="preserve"> Otevřít PDF dokument v aplikaci Náhled a zvolit možnost Soubor – Exportovat. V nabídce typu formátu vybrat PDF a zaškrtnout položku PDF/A.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A5933E4" w14:textId="0203BFA1" w:rsidR="00BB55D2" w:rsidRPr="00AC0B4B" w:rsidRDefault="00D341A9" w:rsidP="00BB55D2">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC0B4B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Převod pomocí aplikace Adobe Acrobat Pro:</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC0B4B">
         <w:t xml:space="preserve"> Otevřít PDF dokument v aplikaci Adobe Acrobat Pro a zvolit možnost Soubor – Uložit jako. V nabídce typu formátu vybrat PDF/A. Pomocí tlačítka Možnosti/Nastavení zobrazit nabídku a zaškrtnout položku Uložit jako PDF/A-1b.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="484B99BE" w14:textId="77777777" w:rsidR="00BB55D2" w:rsidRDefault="00BB55D2" w:rsidP="00BB55D2">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="773D24BC" w14:textId="056268F1" w:rsidR="00D341A9" w:rsidRPr="001C42AD" w:rsidRDefault="00D341A9" w:rsidP="00D341A9">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C42AD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
@@ -14916,63 +15259,62 @@
         </w:rPr>
         <w:t>LaTeX</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="16692949" w14:textId="77777777" w:rsidR="00D341A9" w:rsidRDefault="00D341A9" w:rsidP="001C42AD">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Šablona připravená pro </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>LaTeX</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> už export pomocí standardu PDF/A-1b obsahuje.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F9FCB52" w14:textId="2CEA65E9" w:rsidR="00D341A9" w:rsidRDefault="002A4AF3" w:rsidP="00D341A9">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="_Ref207049812"/>
-[...3 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:id="26" w:name="_Ref207049812"/>
+      <w:bookmarkStart w:id="27" w:name="_Ref207049820"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc220356624"/>
+      <w:r>
         <w:t>Náhled a t</w:t>
       </w:r>
       <w:r w:rsidR="00D341A9">
         <w:t>isk práce</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="28"/>
     </w:p>
     <w:p w14:paraId="0DD317D9" w14:textId="1EA1C48C" w:rsidR="00FC538A" w:rsidRDefault="000E6EDF" w:rsidP="00202A3E">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E6EDF">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Šablona je navržena tak, aby bylo možné práci vytisknout oboustranně: šablona má zrcadlové okraje a zrcadlová záhlaví</w:t>
       </w:r>
       <w:r w:rsidR="006360B8">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> i zápatí</w:t>
       </w:r>
       <w:r w:rsidRPr="000E6EDF">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
@@ -15031,122 +15373,123 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BB55D2">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Writer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BB55D2">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06D0E0C4" w14:textId="77777777" w:rsidR="002A4AF3" w:rsidRDefault="002A4AF3" w:rsidP="002A4AF3">
       <w:pPr>
         <w:pStyle w:val="Obrzek"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0537E404" wp14:editId="4F1775C4">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="8255" b="0"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0537E404" wp14:editId="1B315C78">
+            <wp:extent cx="4644000" cy="3180560"/>
+            <wp:effectExtent l="0" t="0" r="4445" b="1270"/>
             <wp:docPr id="1" name="Obrázek 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Snímek obrazovky 2025-08-25 092155.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId46" cstate="print">
+                    <a:blip r:embed="rId47" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4973641" cy="3406324"/>
+                      <a:ext cx="4644000" cy="3180560"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="516F460F" w14:textId="76B518E5" w:rsidR="002A4AF3" w:rsidRPr="002A4AF3" w:rsidRDefault="002A4AF3" w:rsidP="002A4AF3">
+    <w:p w14:paraId="516F460F" w14:textId="43F595F7" w:rsidR="002A4AF3" w:rsidRPr="002A4AF3" w:rsidRDefault="002A4AF3" w:rsidP="002A4AF3">
       <w:pPr>
         <w:pStyle w:val="Titulek"/>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_Toc214909505"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc220356656"/>
       <w:r>
         <w:t xml:space="preserve">Obr. </w:t>
       </w:r>
       <w:fldSimple w:instr=" SEQ Obr. \* ARABIC ">
-        <w:r w:rsidR="00D11913">
+        <w:r w:rsidR="008E3BE4">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
       </w:fldSimple>
       <w:r>
         <w:t>: Ukázka rozložení dokumentu s vloženou prázdnou stranou</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="29"/>
     </w:p>
     <w:p w14:paraId="0DE3CC36" w14:textId="0514E648" w:rsidR="00202A3E" w:rsidRPr="00162BC8" w:rsidRDefault="000E6EDF" w:rsidP="004C0300">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Může se tedy </w:t>
       </w:r>
       <w:r w:rsidRPr="000E6EDF">
         <w:t xml:space="preserve">stát, že po liché stránce (např. 7) následuje opět lichá stránka (např. 9). Není to chyba. Při </w:t>
       </w:r>
       <w:r>
         <w:t>tisku</w:t>
       </w:r>
       <w:r w:rsidRPr="000E6EDF">
         <w:t xml:space="preserve"> vloží Word (či jeho alternativa) prázdnou stránku mezi tyto liché strany. Obdobně to platí při exportu do PDF.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00162BC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Prázdné strany jsou součástí práce a studenti je musí v práci ponechat.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01D2A512" w14:textId="602E4CBB" w:rsidR="00590A08" w:rsidRPr="009C71AA" w:rsidRDefault="009C71AA" w:rsidP="00590A08">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
@@ -15324,56 +15667,56 @@
         </w:rPr>
         <w:t xml:space="preserve"> je pak potřeba vybrat z hlavní nabídky možnost Nástroje a zvolit Aktualizovat a</w:t>
       </w:r>
       <w:r w:rsidR="00590A08">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00A77431">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Aktualizovat vše.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B688984" w14:textId="77777777" w:rsidR="009C71AA" w:rsidRPr="00202A3E" w:rsidRDefault="009C71AA" w:rsidP="00FC538A">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7CC87D65" w14:textId="75010A21" w:rsidR="00757EE9" w:rsidRDefault="00757EE9" w:rsidP="00757EE9">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="29" w:name="_Toc214909474"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc220356625"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Styly</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="30"/>
     </w:p>
     <w:p w14:paraId="11C3EED7" w14:textId="2E53A40E" w:rsidR="00237B13" w:rsidRDefault="0098139C" w:rsidP="00237B13">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0098139C">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Při práci se šablonou závěrečné práce doporučujeme používat předpřipravené styly a formátování, aby byla dodržena jednotná úprava práce</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00237B13">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Studenti by se měli vyvarovat používání přímého formátu (změna písma, jeho velikosti nebo vlastnosti nadpisů). </w:t>
@@ -15503,51 +15846,51 @@
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>LaTeX</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B1BCF">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> je nutné se řídit příkazy a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="003B1BCF">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>instrukcemi tohoto programu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="174A6273" w14:textId="048139DA" w:rsidR="009F62EB" w:rsidRPr="003B1BCF" w:rsidRDefault="000D0AC0" w:rsidP="003B1BCF">
+    <w:p w14:paraId="174A6273" w14:textId="53311162" w:rsidR="009F62EB" w:rsidRPr="003B1BCF" w:rsidRDefault="000D0AC0" w:rsidP="003B1BCF">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Seznam připravených stylů </w:t>
       </w:r>
       <w:r w:rsidR="00190113">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">pro textové editory </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>je umístěn v příloze tohoto manuálu</w:t>
       </w:r>
       <w:r w:rsidR="005D5650">
@@ -15557,136 +15900,136 @@
         <w:t xml:space="preserve">, viz </w:t>
       </w:r>
       <w:r w:rsidR="005D5650">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="005D5650">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207392044 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="005D5650">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="005D5650">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Příloha A:</w:t>
       </w:r>
       <w:r w:rsidR="005D5650">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="005D5650">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005D5650">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="005D5650">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207392053 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="005D5650">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="005D5650">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="Název přílohy"/>
           <w:tag w:val="NÁZEV PŘÍLOHY"/>
-          <w:id w:val="-631169988"/>
+          <w:id w:val="-720288785"/>
           <w:placeholder>
-            <w:docPart w:val="C70711996A0B44FCBC8C69F2E4C1315B"/>
+            <w:docPart w:val="81DE3CF9993B48B4A39BCB9AA798B328"/>
           </w:placeholder>
           <w15:color w:val="FF6600"/>
           <w:text/>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="00D11913">
+          <w:r w:rsidR="008E3BE4">
             <w:t>Seznam stylů šablony</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="005D5650">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A30C8D2" w14:textId="7D9A2740" w:rsidR="00360743" w:rsidRDefault="00360743" w:rsidP="00360743">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="30" w:name="_Ref207390344"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="33" w:name="_Toc214909475"/>
+      <w:bookmarkStart w:id="31" w:name="_Ref207390344"/>
+      <w:bookmarkStart w:id="32" w:name="_Ref207390362"/>
+      <w:bookmarkStart w:id="33" w:name="_Ref207390370"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc220356626"/>
       <w:r>
         <w:t>Nadpisy</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
       <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="34"/>
     </w:p>
     <w:p w14:paraId="1DE0C60D" w14:textId="3D979979" w:rsidR="003B1BCF" w:rsidRDefault="003B1BCF" w:rsidP="003B1BCF">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F62EB">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">V šabloně je možné najít čtyři sady stylů pro nadpisy. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Jedná se o nečíslované nadpisy (úvodní a závěrečné části práce, seznamy), číslované nadpisy pro hlavní text práce, </w:t>
       </w:r>
       <w:r w:rsidR="0032052C">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
@@ -15734,74 +16077,74 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00741D1A" w:rsidRPr="00741D1A">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Do </w:t>
       </w:r>
       <w:r w:rsidR="0047438D">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">generovaného </w:t>
       </w:r>
       <w:r w:rsidR="00741D1A" w:rsidRPr="00741D1A">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>obsahu práce se přenáší nadpisy označené *.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="529403D9" w14:textId="48E666C5" w:rsidR="0032052C" w:rsidRDefault="0032052C" w:rsidP="0032052C">
+    <w:p w14:paraId="529403D9" w14:textId="49DC9767" w:rsidR="0032052C" w:rsidRDefault="0032052C" w:rsidP="0032052C">
       <w:pPr>
         <w:pStyle w:val="Titulektabulky"/>
       </w:pPr>
-      <w:bookmarkStart w:id="34" w:name="_Ref207221101"/>
-      <w:bookmarkStart w:id="35" w:name="_Toc214909511"/>
+      <w:bookmarkStart w:id="35" w:name="_Ref207221101"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc220356663"/>
       <w:r>
         <w:t xml:space="preserve">Tab. </w:t>
       </w:r>
       <w:fldSimple w:instr=" SEQ Tab. \* ARABIC ">
-        <w:r w:rsidR="00D11913">
+        <w:r w:rsidR="008E3BE4">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
       </w:fldSimple>
-      <w:bookmarkStart w:id="36" w:name="_Ref207221083"/>
-      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkStart w:id="37" w:name="_Ref207221083"/>
+      <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:t>: Styly pro nadpisy</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
       <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="37"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Mkatabulky"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
           <w:left w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="988"/>
         <w:gridCol w:w="2693"/>
         <w:gridCol w:w="2410"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="985"/>
       </w:tblGrid>
       <w:tr w:rsidR="00664C10" w:rsidRPr="00257894" w14:paraId="4F5F3F4B" w14:textId="77777777" w:rsidTr="00241610">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -16800,55 +17143,55 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> se tzv. navigátor spustí pomocí klávesy </w:t>
       </w:r>
       <w:r w:rsidRPr="002B5133">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>F5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E7D32C6" w14:textId="7F51863C" w:rsidR="009B0C1E" w:rsidRDefault="009B0C1E" w:rsidP="001209D8">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="37" w:name="_Toc214909476"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc220356627"/>
       <w:r>
         <w:t>Nadpisy pro dělenou a nedělenou šablonu</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="38"/>
     </w:p>
     <w:p w14:paraId="39ABF0E3" w14:textId="57C6C162" w:rsidR="00B34D50" w:rsidRDefault="00B34D50" w:rsidP="00B34D50">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Podle pokynů jednotlivých fakult, ale také ústavů, je možné pracovat se šablonou jako dělenou a nedělenou. Dělená šablona využívá vizuální dělení závěrečné práce na jednotlivé části, např. teoretická a praktická. Ve Wordu a </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Writeru</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
@@ -16967,106 +17310,106 @@
     </w:p>
     <w:p w14:paraId="3A66AC83" w14:textId="77777777" w:rsidR="00346F53" w:rsidRDefault="00346F53" w:rsidP="00346F53">
       <w:pPr>
         <w:pStyle w:val="Obrzek"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="772823FE" wp14:editId="5C1E1AD4">
             <wp:extent cx="2752513" cy="3026606"/>
             <wp:effectExtent l="19050" t="19050" r="10160" b="21590"/>
             <wp:docPr id="545179185" name="Obrázek 7" descr="Obsah obrázku text, snímek obrazovky, Písmo, dokument&#10;&#10;Obsah generovaný pomocí AI může být nesprávný."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="545179185" name="Obrázek 7" descr="Obsah obrázku text, snímek obrazovky, Písmo, dokument&#10;&#10;Obsah generovaný pomocí AI může být nesprávný."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId47" cstate="print">
+                    <a:blip r:embed="rId48" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2774004" cy="3050237"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1943F719" w14:textId="7E2B36F6" w:rsidR="00346F53" w:rsidRPr="00346F53" w:rsidRDefault="00346F53" w:rsidP="00346F53">
+    <w:p w14:paraId="1943F719" w14:textId="5EFFF175" w:rsidR="00346F53" w:rsidRPr="00346F53" w:rsidRDefault="00346F53" w:rsidP="00346F53">
       <w:pPr>
         <w:pStyle w:val="Titulek"/>
       </w:pPr>
-      <w:bookmarkStart w:id="38" w:name="_Ref207376804"/>
-      <w:bookmarkStart w:id="39" w:name="_Toc214909506"/>
+      <w:bookmarkStart w:id="39" w:name="_Ref207376804"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc220356657"/>
       <w:r>
         <w:t xml:space="preserve">Obr. </w:t>
       </w:r>
       <w:fldSimple w:instr=" SEQ Obr. \* ARABIC ">
-        <w:r w:rsidR="00D11913">
+        <w:r w:rsidR="008E3BE4">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:fldSimple>
-      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="39"/>
       <w:r>
         <w:t>: Ukázka dělené šablony s využitím nadpisů pro části</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="39"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="093DD796" w14:textId="29EA183D" w:rsidR="00B34D50" w:rsidRDefault="00B34D50" w:rsidP="00346F53">
+      <w:bookmarkEnd w:id="40"/>
+    </w:p>
+    <w:p w14:paraId="093DD796" w14:textId="3AFE7BF5" w:rsidR="00B34D50" w:rsidRDefault="00B34D50" w:rsidP="00346F53">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Ve </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Writeru</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> je nutné si s nadpisy pohrát ručně: po stylu </w:t>
       </w:r>
       <w:r w:rsidRPr="006D1940">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nadpisy část</w:t>
       </w:r>
       <w:r w:rsidR="00162332">
         <w:rPr>
           <w:b/>
@@ -17098,211 +17441,211 @@
       </w:r>
       <w:r>
         <w:t>. Proto se musí v tomto případě ručně odebrat zalomení stránky.</w:t>
       </w:r>
       <w:r w:rsidR="006D1940">
         <w:t xml:space="preserve"> V zalomení mezi stránkami, kdy na jedné bude nadpis s označením části a na druhé kapitola se stylem pro </w:t>
       </w:r>
       <w:r w:rsidR="006D1940" w:rsidRPr="002B5133">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Nadpis 1</w:t>
       </w:r>
       <w:r w:rsidR="006D1940">
         <w:t xml:space="preserve">, je nutné podle </w:t>
       </w:r>
       <w:r w:rsidR="006D1940">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="006D1940">
         <w:instrText xml:space="preserve"> REF _Ref207376739 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="006D1940">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t xml:space="preserve">Obr. </w:t>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="006D1940">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="006D1940">
         <w:t xml:space="preserve"> kliknout na rozbalovací nabídku </w:t>
       </w:r>
       <w:r w:rsidR="002B5133">
         <w:t xml:space="preserve">mezi stránkami </w:t>
       </w:r>
       <w:r w:rsidR="006D1940">
         <w:t xml:space="preserve">a vybrat možnost Smazat zalomení stránky. </w:t>
       </w:r>
       <w:r w:rsidR="002B5133">
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="006D1940">
         <w:t xml:space="preserve">ento Nadpis 1 </w:t>
       </w:r>
       <w:r w:rsidR="002B5133">
         <w:t xml:space="preserve">se pak přesune </w:t>
       </w:r>
       <w:r w:rsidR="006D1940">
         <w:t>na stránku za nadpisem s označení</w:t>
       </w:r>
       <w:r w:rsidR="002B5133">
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="006D1940">
         <w:t xml:space="preserve"> části, jak ukazuje </w:t>
       </w:r>
       <w:r w:rsidR="006D1940">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="006D1940">
         <w:instrText xml:space="preserve"> REF _Ref207376804 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="006D1940">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t xml:space="preserve">Obr. </w:t>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="006D1940">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="006D1940">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D0C8DC1" w14:textId="77777777" w:rsidR="006D1940" w:rsidRDefault="006D1940" w:rsidP="006D1940">
       <w:pPr>
         <w:pStyle w:val="Obrzek"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6F54E462" wp14:editId="35F06556">
             <wp:extent cx="4392000" cy="2839530"/>
             <wp:effectExtent l="19050" t="19050" r="27940" b="18415"/>
             <wp:docPr id="924408857" name="Obrázek 8" descr="Obsah obrázku text, snímek obrazovky, Písmo, řada/pruh&#10;&#10;Obsah generovaný pomocí AI může být nesprávný."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="924408857" name="Obrázek 8" descr="Obsah obrázku text, snímek obrazovky, Písmo, řada/pruh&#10;&#10;Obsah generovaný pomocí AI může být nesprávný."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId48">
+                    <a:blip r:embed="rId49">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4392000" cy="2839530"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="245A840B" w14:textId="5670B799" w:rsidR="006D1940" w:rsidRPr="006D1940" w:rsidRDefault="006D1940" w:rsidP="006D1940">
+    <w:p w14:paraId="245A840B" w14:textId="23CF21F2" w:rsidR="006D1940" w:rsidRPr="006D1940" w:rsidRDefault="006D1940" w:rsidP="006D1940">
       <w:pPr>
         <w:pStyle w:val="Titulek"/>
       </w:pPr>
-      <w:bookmarkStart w:id="40" w:name="_Ref207376739"/>
-      <w:bookmarkStart w:id="41" w:name="_Toc214909507"/>
+      <w:bookmarkStart w:id="41" w:name="_Ref207376739"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc220356658"/>
       <w:r>
         <w:t xml:space="preserve">Obr. </w:t>
       </w:r>
       <w:fldSimple w:instr=" SEQ Obr. \* ARABIC ">
-        <w:r w:rsidR="00D11913">
+        <w:r w:rsidR="008E3BE4">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
       </w:fldSimple>
-      <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="41"/>
       <w:r>
         <w:t xml:space="preserve">: Ukázka odstranění zalomení stránky ve </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Writeru</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="42"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="4F6DD859" w14:textId="56E1720A" w:rsidR="00360743" w:rsidRDefault="00360743" w:rsidP="00360743">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="42" w:name="_Ref207390398"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="44" w:name="_Toc214909477"/>
+      <w:bookmarkStart w:id="43" w:name="_Ref207390398"/>
+      <w:bookmarkStart w:id="44" w:name="_Ref207390405"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc220356628"/>
       <w:r>
         <w:t>Odstavce</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
+      <w:bookmarkEnd w:id="45"/>
     </w:p>
     <w:p w14:paraId="4351B58B" w14:textId="6946E9B0" w:rsidR="009F62EB" w:rsidRDefault="009F62EB" w:rsidP="009F62EB">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Pro základní text jsou v šabloně připravené dva styly: </w:t>
       </w:r>
       <w:r w:rsidRPr="009F62EB">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>První odstavec práce</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
@@ -17380,59 +17723,59 @@
         <w:t>, který je</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> vyznačen odstavcovou zarážkou 0,8 cm</w:t>
       </w:r>
       <w:r w:rsidRPr="009F62EB">
         <w:t xml:space="preserve"> a je určen pro ostatní odstavce kromě prvního. Je nastaven jako styl následujícího odstavce</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> po stylu </w:t>
       </w:r>
       <w:r w:rsidRPr="002B5133">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>První odstavec práce</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36F90EAF" w14:textId="68FCC5FB" w:rsidR="00360743" w:rsidRDefault="00360743" w:rsidP="00360743">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="45" w:name="_Ref207390869"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="47" w:name="_Toc214909478"/>
+      <w:bookmarkStart w:id="46" w:name="_Ref207390869"/>
+      <w:bookmarkStart w:id="47" w:name="_Ref207390875"/>
+      <w:bookmarkStart w:id="48" w:name="_Toc220356629"/>
       <w:r>
         <w:t>Seznamy</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="45"/>
       <w:bookmarkEnd w:id="46"/>
       <w:bookmarkEnd w:id="47"/>
+      <w:bookmarkEnd w:id="48"/>
     </w:p>
     <w:p w14:paraId="4444295E" w14:textId="6B67597D" w:rsidR="009F62EB" w:rsidRDefault="009F62EB" w:rsidP="009F62EB">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">V šabloně jsou připravené styly pro </w:t>
       </w:r>
       <w:r w:rsidRPr="009F62EB">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Abecední seznam, Číslovaný seznam, Seznam s odrážkami</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
@@ -17879,70 +18222,70 @@
       </w:pPr>
       <w:r>
         <w:t>Další úroveň víceúrovňového seznamu (vytvoří se tabulátorem)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="584702E6" w14:textId="073D495F" w:rsidR="007E1633" w:rsidRDefault="007E1633" w:rsidP="007E1633">
       <w:pPr>
         <w:pStyle w:val="Vcerovovseznam"/>
       </w:pPr>
       <w:r>
         <w:t>Víceúrovňový seznam</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55346F97" w14:textId="309117EE" w:rsidR="007E1633" w:rsidRPr="007E1633" w:rsidRDefault="007E1633" w:rsidP="007E1633">
       <w:pPr>
         <w:pStyle w:val="Vcerovovseznam"/>
       </w:pPr>
       <w:r>
         <w:t>Víceúrovňový seznam</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A8B2751" w14:textId="0BA41B39" w:rsidR="00360743" w:rsidRDefault="00360743" w:rsidP="00360743">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="48" w:name="_Ref207227533"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="52" w:name="_Toc214909479"/>
+      <w:bookmarkStart w:id="49" w:name="_Ref207227533"/>
+      <w:bookmarkStart w:id="50" w:name="_Ref207227537"/>
+      <w:bookmarkStart w:id="51" w:name="_Ref207227614"/>
+      <w:bookmarkStart w:id="52" w:name="_Ref207227621"/>
+      <w:bookmarkStart w:id="53" w:name="_Toc220356630"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Seznam </w:t>
       </w:r>
       <w:r w:rsidR="002B5133">
         <w:t xml:space="preserve">použité </w:t>
       </w:r>
       <w:r>
         <w:t>literatury</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="48"/>
       <w:bookmarkEnd w:id="49"/>
       <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
+      <w:bookmarkEnd w:id="53"/>
     </w:p>
     <w:p w14:paraId="49F45D77" w14:textId="12AA5505" w:rsidR="00902AC8" w:rsidRDefault="00902AC8" w:rsidP="00902AC8">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Pro vytvoření seznamu </w:t>
       </w:r>
       <w:r w:rsidR="00D66BCA">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">iteratury </w:t>
@@ -18059,51 +18402,51 @@
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Následuje ukázka abecedního seznamu použitých zdrojů (podle ČSN ISO 690</w:t>
       </w:r>
       <w:r w:rsidR="005A2870">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>:2022</w:t>
       </w:r>
       <w:r w:rsidR="00B415AE">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F716F20" w14:textId="77777777" w:rsidR="00B415AE" w:rsidRDefault="00B415AE" w:rsidP="00902AC8">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C4B4919" w14:textId="5688A61C" w:rsidR="00B415AE" w:rsidRDefault="00B415AE" w:rsidP="00B415AE">
+    <w:p w14:paraId="7C4B4919" w14:textId="7FD4B96B" w:rsidR="00B415AE" w:rsidRDefault="00B415AE" w:rsidP="00B415AE">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="003A1022">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">BREGNHØJ, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003A1022">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Mikkel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003A1022">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>; THORNING, Frederik a OGILBY, Peter R.</w:t>
@@ -18168,92 +18511,92 @@
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Chemical</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Reviews</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">. Roč. 124, č. 17, s. 9949-10051. ISSN 0009-2665. Dostupné z: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49" w:history="1">
+      <w:hyperlink r:id="rId50" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://doi.org/10.1021/acs.chemrev.4c00105</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>. [cit. 2024-10-28].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F4033DF" w14:textId="2611448A" w:rsidR="00B415AE" w:rsidRDefault="00B415AE" w:rsidP="00B415AE">
+    <w:p w14:paraId="6F4033DF" w14:textId="3405423D" w:rsidR="00B415AE" w:rsidRDefault="00B415AE" w:rsidP="00B415AE">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="00804EAF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>KALENDA, Jan</w:t>
       </w:r>
       <w:r w:rsidRPr="00804EAF">
         <w:t xml:space="preserve">, 2021. </w:t>
       </w:r>
       <w:r w:rsidRPr="00647243">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Vratký triumf: vývoj účasti na neformálním vzdělávání dospělých v České republice v letech 1997 až 2016.</w:t>
       </w:r>
       <w:r w:rsidRPr="00804EAF">
         <w:t xml:space="preserve"> Online. Zl</w:t>
       </w:r>
       <w:r>
         <w:t>ín: Univerzita Tomáše Bati</w:t>
       </w:r>
       <w:r w:rsidRPr="00804EAF">
         <w:t xml:space="preserve">. ISBN 978-80-7454-986-1. Dostupné z: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50" w:history="1">
+      <w:hyperlink r:id="rId51" w:history="1">
         <w:r w:rsidRPr="00665B7C">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://doi.org/10.7441/978-80-7454-986-1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00804EAF">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00804EAF">
         <w:t>[cit. 2024-02-19].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D12F284" w14:textId="77777777" w:rsidR="00B415AE" w:rsidRDefault="00B415AE" w:rsidP="00B415AE">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="003A1022">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -18309,91 +18652,91 @@
       <w:r w:rsidR="00251447">
         <w:t xml:space="preserve"> a velikost písma 11 bodů</w:t>
       </w:r>
       <w:r w:rsidR="007D6B18">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00B415AE">
         <w:t xml:space="preserve"> Následuje ukázka</w:t>
       </w:r>
       <w:r w:rsidR="00DD3FD5">
         <w:t xml:space="preserve"> seznamu použitých zdrojů s číslovaným seznamem (podle ČSN ISO 690</w:t>
       </w:r>
       <w:r w:rsidR="005A2870">
         <w:t>:2022</w:t>
       </w:r>
       <w:r w:rsidR="00DD3FD5">
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ABE962A" w14:textId="1A8C168E" w:rsidR="00DD3FD5" w:rsidRDefault="00DD3FD5" w:rsidP="00DD3FD5">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71F3806B" w14:textId="4A920627" w:rsidR="00DD3FD5" w:rsidRDefault="00DD3FD5" w:rsidP="00DD3FD5">
+    <w:p w14:paraId="71F3806B" w14:textId="2C54184A" w:rsidR="00DD3FD5" w:rsidRDefault="00DD3FD5" w:rsidP="00DD3FD5">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeslovanseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="003A1022">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ŠVAMBERG, Michal.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003A1022">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Seriál Jak na </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003A1022">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>LaTeX</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003A1022">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Online. Root.cz. 2001-2003. Dostupné z: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51" w:history="1">
+      <w:hyperlink r:id="rId52" w:history="1">
         <w:r w:rsidRPr="00BF3A13">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://www.root.cz/serialy/jak-na-latex/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">. [cit. 2024-07-23]. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25927080" w14:textId="77777777" w:rsidR="00DD3FD5" w:rsidRDefault="00DD3FD5" w:rsidP="00DD3FD5">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeslovanseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="003A1022">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">ANTON, Kelly </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003A1022">
         <w:rPr>
@@ -18418,87 +18761,87 @@
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Adobe InDesign CC: oficiální výukový kurz.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Brno: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Computer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Press</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">, 2017. ISBN 978-80-251-4857-0. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DF29A11" w14:textId="0C867C55" w:rsidR="00DD3FD5" w:rsidRDefault="00DD3FD5" w:rsidP="00DD3FD5">
+    <w:p w14:paraId="7DF29A11" w14:textId="4734ACB0" w:rsidR="00DD3FD5" w:rsidRDefault="00DD3FD5" w:rsidP="00DD3FD5">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeslovanseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="003A1022">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>KALENDA, Jan.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003A1022">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Vratký triumf: vývoj účasti na neformálním vzdělávání dospělých v České republice v letech 1997 až 2016.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Online. Zlín: Univerzita Tomáše Bati, 2021. ISBN 978-80-7454-986-1. Dostupné z: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52" w:history="1">
+      <w:hyperlink r:id="rId53" w:history="1">
         <w:r w:rsidRPr="00BF3A13">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://doi.org/10.7441/978-80-7454-986-1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">. [cit. 2024-02-19]. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F0D6786" w14:textId="5EA82EE2" w:rsidR="00DD3FD5" w:rsidRDefault="00DD3FD5" w:rsidP="00DD3FD5">
+    <w:p w14:paraId="5F0D6786" w14:textId="6A400493" w:rsidR="00DD3FD5" w:rsidRDefault="00DD3FD5" w:rsidP="00DD3FD5">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeslovanseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="003A1022">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">JANISSEN, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003A1022">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Brendan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003A1022">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> a HUYNH, Tien.</w:t>
@@ -18587,74 +18930,74 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F51BD2">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F51BD2">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Conservation</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F51BD2">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> and Recycling. </w:t>
       </w:r>
       <w:r w:rsidRPr="003A1022">
         <w:t xml:space="preserve">2018, roč. 128, s. 110-117. ISSN 09213449. Dostupné z: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53" w:history="1">
+      <w:hyperlink r:id="rId54" w:history="1">
         <w:r w:rsidRPr="00BF3A13">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://doi.org/10.1016/j.resconrec.2017.10.001</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003A1022">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003A1022">
         <w:t xml:space="preserve">[cit. 2022-05-09]. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="624C67B6" w14:textId="77777777" w:rsidR="00B415AE" w:rsidRPr="00B415AE" w:rsidRDefault="00B415AE" w:rsidP="00B415AE">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4941410C" w14:textId="1F780D68" w:rsidR="00B415AE" w:rsidRPr="007D6B18" w:rsidRDefault="00B415AE" w:rsidP="00BA4E44">
+    <w:p w14:paraId="4941410C" w14:textId="67A9BBE8" w:rsidR="00B415AE" w:rsidRPr="007D6B18" w:rsidRDefault="00B415AE" w:rsidP="00BA4E44">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Seznam </w:t>
       </w:r>
       <w:r w:rsidR="00BA4E44">
         <w:t xml:space="preserve">použité </w:t>
       </w:r>
       <w:r>
         <w:t>literatury je možné</w:t>
       </w:r>
       <w:r w:rsidRPr="00B415AE">
         <w:t xml:space="preserve"> zpracovat ručně, popř. pomocí doplňku pro MS Word, a to Citace PRO.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Následně se pak upravuje pomocí příslušného stylu</w:t>
       </w:r>
       <w:r w:rsidR="00D661D9">
         <w:t xml:space="preserve"> v textovém editoru</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="007D6B18">
@@ -18683,92 +19026,92 @@
       </w:r>
       <w:r w:rsidR="00BA4E44">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DD3FD5">
         <w:t>Více o citačních normách a stylech, citování a tvorbě seznamu použité literatury je uvedeno v</w:t>
       </w:r>
       <w:r w:rsidR="00912F9C">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00DD3FD5">
         <w:t>kapitole</w:t>
       </w:r>
       <w:r w:rsidR="00912F9C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912F9C">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00912F9C">
         <w:instrText xml:space="preserve"> REF _Ref207226439 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00912F9C">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>5.6</w:t>
       </w:r>
       <w:r w:rsidR="00912F9C">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00912F9C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912F9C">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00912F9C">
         <w:instrText xml:space="preserve"> REF _Ref207226447 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00912F9C">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>Seznam použité literatury</w:t>
       </w:r>
       <w:r w:rsidR="00912F9C">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00DD3FD5">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F294E84" w14:textId="416C0201" w:rsidR="00360743" w:rsidRDefault="00360743" w:rsidP="00360743">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="53" w:name="_Ref207390437"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="55" w:name="_Toc214909480"/>
+      <w:bookmarkStart w:id="54" w:name="_Ref207390437"/>
+      <w:bookmarkStart w:id="55" w:name="_Ref207390468"/>
+      <w:bookmarkStart w:id="56" w:name="_Toc220356631"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Citáty a poezie</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
       <w:bookmarkEnd w:id="55"/>
+      <w:bookmarkEnd w:id="56"/>
     </w:p>
     <w:p w14:paraId="6795C417" w14:textId="00CA806A" w:rsidR="00B33392" w:rsidRDefault="00B33392" w:rsidP="00B33392">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Kratší citáty (obvykle do tří řádků, na</w:t>
       </w:r>
       <w:r w:rsidR="000F1970">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> ústavu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> ÚŠP </w:t>
@@ -19572,59 +19915,59 @@
       <w:r>
         <w:t>tempor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>eros</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>nec</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="499DF807" w14:textId="4BD7F953" w:rsidR="00360743" w:rsidRDefault="00360743" w:rsidP="00360743">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="56" w:name="_Ref207390565"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="58" w:name="_Toc214909481"/>
+      <w:bookmarkStart w:id="57" w:name="_Ref207390565"/>
+      <w:bookmarkStart w:id="58" w:name="_Ref207390571"/>
+      <w:bookmarkStart w:id="59" w:name="_Toc220356632"/>
       <w:r>
         <w:t>Jazykové příklady</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="56"/>
       <w:bookmarkEnd w:id="57"/>
       <w:bookmarkEnd w:id="58"/>
+      <w:bookmarkEnd w:id="59"/>
     </w:p>
     <w:p w14:paraId="40742878" w14:textId="4543F8F9" w:rsidR="000C49D2" w:rsidRDefault="000C49D2" w:rsidP="000C49D2">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C49D2">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Ukázka formátování jazykových příkladů v lingvistice, které mají průběžné číslovaní v celé práci (číslování se uvádí v kulatých závorkách). Předsazení jednotlivých příkladů je nastaveno na 0,8 cm. Používá se styl </w:t>
       </w:r>
       <w:r w:rsidRPr="000C49D2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Příklady v lingvistice (číslování)</w:t>
       </w:r>
       <w:r w:rsidRPr="000C49D2">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
@@ -19888,51 +20231,51 @@
       <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
         <w:t>it</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
         <w:t xml:space="preserve"> to make a type specimen </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
         <w:t>book</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00D66BCA" w:rsidRPr="00D66BCA">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22343346" w14:textId="722A558E" w:rsidR="000C49D2" w:rsidRDefault="000C49D2" w:rsidP="002D2C8D">
       <w:pPr>
         <w:pStyle w:val="Pkladyvlingvisticeslovn"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:id="59" w:name="_Ref207049743"/>
+      <w:bookmarkStart w:id="60" w:name="_Ref207049743"/>
       <w:r w:rsidRPr="000C49D2">
         <w:t>*</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
         <w:t>Lorem</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
         <w:t>Ipsum</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
         <w:t>is</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
@@ -19978,51 +20321,51 @@
       <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
         <w:t>typesetting</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
         <w:t>industry</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="000C49D2">
         <w:t>*</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="59"/>
+      <w:bookmarkEnd w:id="60"/>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
         <w:t>Lorem</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
         <w:t>Ipsum</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
         <w:t>is</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002D2C8D" w:rsidRPr="002D2C8D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -20178,51 +20521,51 @@
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00241610">
         <w:t>poznámka odsazená tabulátorem</w:t>
       </w:r>
       <w:r>
         <w:t>, řádek zalomen</w:t>
       </w:r>
       <w:r>
         <w:br/>
         <w:t>b. [řádek 2]</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>poznámka odsazená tabulátorem, řádek ukončen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37303F54" w14:textId="1E31CF15" w:rsidR="00E27907" w:rsidRDefault="00241610" w:rsidP="00241610">
+    <w:p w14:paraId="37303F54" w14:textId="65A9AB74" w:rsidR="00E27907" w:rsidRDefault="00241610" w:rsidP="00241610">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">V některých případech je pro lepší orientaci v textu </w:t>
       </w:r>
       <w:r w:rsidR="0047438D">
         <w:t xml:space="preserve">vhodné </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">využít </w:t>
       </w:r>
       <w:r w:rsidRPr="00241610">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>křížových odkazů na jednotlivé příklady</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. Na panelu Vložení stačí klepnout na tlačítko Křížový odkaz (obdobný postup platí také pro </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Writer</w:t>
@@ -20235,141 +20578,141 @@
         <w:t xml:space="preserve"> (ve </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E27907">
         <w:t>Writeru</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E27907">
         <w:t xml:space="preserve"> číslovaný odstavec)</w:t>
       </w:r>
       <w:r>
         <w:t>, např.</w:t>
       </w:r>
       <w:r w:rsidR="00E27907">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E27907">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00E27907">
         <w:instrText xml:space="preserve"> REF _Ref207049743 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00E27907">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>(2)</w:t>
       </w:r>
       <w:r w:rsidR="00E27907">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, a v nabídce „Vložit odkaz na“ vybrat „Číslo odstavce“. </w:t>
       </w:r>
       <w:r w:rsidR="009D57C5">
         <w:t xml:space="preserve">Více informací o křížových odkazech je uvedeno v kapitole </w:t>
       </w:r>
       <w:r w:rsidR="009D57C5">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="009D57C5">
         <w:instrText xml:space="preserve"> REF _Ref207103364 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="009D57C5">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>5.4</w:t>
       </w:r>
       <w:r w:rsidR="009D57C5">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="009D57C5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009D57C5">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="009D57C5">
         <w:instrText xml:space="preserve"> REF _Ref207103364 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="009D57C5">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>Křížové odkazy</w:t>
       </w:r>
       <w:r w:rsidR="009D57C5">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="009D57C5">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t>Důležité je si pohlídat aktualizaci tohoto křížového odkazu v</w:t>
       </w:r>
       <w:r w:rsidR="0047438D">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t>případě dodatečných úprav</w:t>
       </w:r>
       <w:r w:rsidR="009D57C5">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00E27907">
         <w:t xml:space="preserve">viz kapitola </w:t>
       </w:r>
       <w:r w:rsidR="00E27907">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00E27907">
         <w:instrText xml:space="preserve"> REF _Ref207049812 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00E27907">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
-        <w:t>3.4</w:t>
+      <w:r w:rsidR="008E3BE4">
+        <w:t>3.5</w:t>
       </w:r>
       <w:r w:rsidR="00E27907">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00E27907">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E27907">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00E27907">
         <w:instrText xml:space="preserve"> REF _Ref207049820 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00E27907">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>Náhled a tisk práce</w:t>
       </w:r>
       <w:r w:rsidR="00E27907">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75EC6FB4" w14:textId="0A864BF3" w:rsidR="00241610" w:rsidRDefault="00241610" w:rsidP="00E27907">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Je možné uvádět také příklady bez automatického číslování. V takovém případě je připravený styl </w:t>
       </w:r>
       <w:r w:rsidRPr="00E27907">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Příklady v lingvistice</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
@@ -20533,55 +20876,55 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002D2C8D">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002D2C8D">
         <w:t>typesetting</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002D2C8D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002D2C8D">
         <w:t>industry</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E27907" w:rsidRPr="00E27907">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E21ABB3" w14:textId="77777777" w:rsidR="00565E58" w:rsidRDefault="00565E58" w:rsidP="00565E58">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="60" w:name="_Toc214909482"/>
+      <w:bookmarkStart w:id="61" w:name="_Toc220356633"/>
       <w:r>
         <w:t>Poznámky pod čarou</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="60"/>
+      <w:bookmarkEnd w:id="61"/>
     </w:p>
     <w:p w14:paraId="1CC4DA7B" w14:textId="77777777" w:rsidR="00565E58" w:rsidRDefault="00565E58" w:rsidP="00565E58">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">K doplnění hlavního textu práce o dodatečné komentáře, poznámky, citace nebo odkazy slouží poznámky, které se umísťují pod čarou ve spodní části stránky. Poznámky jsou svázány s konkrétní částí textu, takže se v rámci dokumentu posouvají společně s ním. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46FE5C40" w14:textId="77777777" w:rsidR="00565E58" w:rsidRDefault="00565E58" w:rsidP="00565E58">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
@@ -20715,60 +21058,60 @@
         <w:t xml:space="preserve">Poznámka pod čarou a vysvětlivka </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidRPr="002659C1">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Vložit poznámku pod čarou.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0441DF56" w14:textId="77777777" w:rsidR="00565E58" w:rsidRPr="00241610" w:rsidRDefault="00565E58" w:rsidP="00565E58">
       <w:pPr>
         <w:pStyle w:val="Pkladyvlingvistice"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B51EE4D" w14:textId="32151BAE" w:rsidR="00360743" w:rsidRDefault="00360743" w:rsidP="00360743">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="61" w:name="_Ref207390597"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="63" w:name="_Toc214909483"/>
+      <w:bookmarkStart w:id="62" w:name="_Ref207390597"/>
+      <w:bookmarkStart w:id="63" w:name="_Ref207390613"/>
+      <w:bookmarkStart w:id="64" w:name="_Toc220356634"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Zdrojový kód</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="61"/>
       <w:bookmarkEnd w:id="62"/>
       <w:bookmarkEnd w:id="63"/>
+      <w:bookmarkEnd w:id="64"/>
     </w:p>
     <w:p w14:paraId="2FD77215" w14:textId="66CA49AA" w:rsidR="00360743" w:rsidRDefault="00CA1475" w:rsidP="00360743">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Pro zápis zdrojového kódu je možné využít připravený styl </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA1475">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Zdrojový kód</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
@@ -21015,59 +21358,59 @@
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>f"Faktoriál</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> čísla {</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>number</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>} je {</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>result</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>}")</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49754D25" w14:textId="63FBFCC5" w:rsidR="0017403D" w:rsidRDefault="00C85577" w:rsidP="00CC3B50">
+    <w:p w14:paraId="49754D25" w14:textId="08981DC0" w:rsidR="0017403D" w:rsidRDefault="00C85577" w:rsidP="00CC3B50">
       <w:pPr>
         <w:pStyle w:val="Titulekzdrojovkd"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Výpis </w:t>
       </w:r>
       <w:fldSimple w:instr=" SEQ Výpis \* ARABIC ">
-        <w:r w:rsidR="00D11913">
+        <w:r w:rsidR="008E3BE4">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
       </w:fldSimple>
       <w:r>
         <w:t>: Ukázkový popisek pro výpis zdrojového kódu</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54FAE17C" w14:textId="3078DB83" w:rsidR="00067C21" w:rsidRDefault="00067C21" w:rsidP="00067C21">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Součástí šablony je také připravený speciální typ popisku pro zdrojové kódy s označením </w:t>
       </w:r>
       <w:r w:rsidRPr="00C85577">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Výpis</w:t>
       </w:r>
       <w:r>
@@ -21149,62 +21492,62 @@
         <w:t xml:space="preserve">Pokud není číslování řádků žádoucí, ať už pro konkrétní příklady nebo v celé práci, je možné využívat styl </w:t>
       </w:r>
       <w:r w:rsidRPr="0017403D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Zdrojový kód (bez čísel řádků)</w:t>
       </w:r>
       <w:r>
         <w:t>, který využívá stejné vlastnosti jako rodičovský styl, ale nemá nastaveno číslování řádků.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C964DD9" w14:textId="77777777" w:rsidR="00C85577" w:rsidRPr="00C85577" w:rsidRDefault="00C85577" w:rsidP="00C85577">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="sk-SK"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="54A2AD56" w14:textId="3000A884" w:rsidR="00757EE9" w:rsidRDefault="00253500" w:rsidP="00757EE9">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="64" w:name="_Toc214909484"/>
+      <w:bookmarkStart w:id="65" w:name="_Toc220356635"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vložené objekty, </w:t>
       </w:r>
       <w:r w:rsidR="009D1C8B">
         <w:t>bloky</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> a rychlé části</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="64"/>
+      <w:bookmarkEnd w:id="65"/>
     </w:p>
     <w:p w14:paraId="14BB61D1" w14:textId="4B18F505" w:rsidR="00783CE6" w:rsidRDefault="00783CE6" w:rsidP="00783CE6">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Pátá kapitola manuálu je věnována objektům a blokům, které se do závěrečných prací vkládají. Jedná se zejména o </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA68F2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>obrázky, tabulky, rovnice, ale také křížové odkazy, automati</w:t>
       </w:r>
       <w:r w:rsidR="00A47214">
         <w:rPr>
           <w:b/>
@@ -21222,51 +21565,51 @@
         <w:t xml:space="preserve">ky generované seznamy, seznamy </w:t>
       </w:r>
       <w:r w:rsidR="00AB7235">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">použité </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA68F2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>literatury či přílohy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>. Smyslem je zajistit, aby vložené objekty byly co nejvíce v souladu s ostatními částmi šablony.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EE34ED7" w14:textId="7DA33190" w:rsidR="00AA68F2" w:rsidRDefault="00783CE6" w:rsidP="00170923">
+    <w:p w14:paraId="7EE34ED7" w14:textId="582C90D7" w:rsidR="00AA68F2" w:rsidRDefault="00783CE6" w:rsidP="00170923">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Zvláštní pozornost je pak věnována tzv. </w:t>
       </w:r>
       <w:r w:rsidRPr="001D570A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>rychlých částem</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00783CE6">
         <w:t xml:space="preserve"> což jsou předpřipravené </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">speciální </w:t>
       </w:r>
       <w:r w:rsidRPr="00783CE6">
         <w:t>bloky textu</w:t>
       </w:r>
@@ -21322,79 +21665,79 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="sk-SK"/>
         </w:rPr>
         <w:t>průběžně aktualizovat číslování u titulků</w:t>
       </w:r>
       <w:r w:rsidR="00AA68F2">
         <w:rPr>
           <w:lang w:eastAsia="sk-SK"/>
         </w:rPr>
         <w:t xml:space="preserve">. Může se stát, že pokud se při dodatečných úpravách vkládají nové objekty, číslování pak nemusí sedět. Podrobnější informace o aktualizaci </w:t>
       </w:r>
       <w:r w:rsidR="00AA68F2">
         <w:t xml:space="preserve">číslování u popisků jsou dostupné v kapitole </w:t>
       </w:r>
       <w:r w:rsidR="00AA68F2">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00AA68F2">
         <w:instrText xml:space="preserve"> REF _Ref207049812 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00AA68F2">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
-        <w:t>3.4</w:t>
+      <w:r w:rsidR="008E3BE4">
+        <w:t>3.5</w:t>
       </w:r>
       <w:r w:rsidR="00AA68F2">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00AA68F2">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00AA68F2">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00AA68F2">
         <w:instrText xml:space="preserve"> REF _Ref207049820 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00AA68F2">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>Náhled a tisk práce</w:t>
       </w:r>
       <w:r w:rsidR="00AA68F2">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00AA68F2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="635A90C4" w14:textId="070CEEE3" w:rsidR="008D5A5A" w:rsidRDefault="008D5A5A" w:rsidP="008D5A5A">
+    <w:p w14:paraId="635A90C4" w14:textId="3183A380" w:rsidR="008D5A5A" w:rsidRDefault="008D5A5A" w:rsidP="008D5A5A">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E337FD">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Upozornění pro uživatele macO</w:t>
       </w:r>
       <w:r w:rsidR="00936C26">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00E337FD">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
@@ -21451,57 +21794,57 @@
         <w:t xml:space="preserve"> (viz </w:t>
       </w:r>
       <w:r w:rsidR="00D11913">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00D11913">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref214909516 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00D11913">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00D11913">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913" w:rsidRPr="004B1363">
+      <w:r w:rsidR="008E3BE4" w:rsidRPr="004B1363">
         <w:t>Obr</w:t>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00D11913">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00D11913">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> podle názvu vyhledat příslušný stavební blok (v češtině nebo angličtině podle šablony), nebo je možné v části </w:t>
       </w:r>
       <w:r w:rsidR="00F92A7A">
         <w:rPr>
@@ -21532,306 +21875,306 @@
     </w:p>
     <w:p w14:paraId="0B378201" w14:textId="77777777" w:rsidR="004B1363" w:rsidRDefault="004B1363" w:rsidP="004B1363">
       <w:pPr>
         <w:pStyle w:val="Obrzek"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="23E068AF" wp14:editId="68537646">
             <wp:extent cx="5226050" cy="1992406"/>
             <wp:effectExtent l="0" t="0" r="0" b="8255"/>
             <wp:docPr id="1365944982" name="Obrázek 11" descr="Obsah obrázku text, snímek obrazovky, software, číslo&#10;&#10;Obsah generovaný pomocí AI může být nesprávný."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1365944982" name="Obrázek 11" descr="Obsah obrázku text, snímek obrazovky, software, číslo&#10;&#10;Obsah generovaný pomocí AI může být nesprávný."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId54" cstate="print">
+                    <a:blip r:embed="rId55" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect l="1252" t="19391" r="-1252" b="5073"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5242770" cy="1998780"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28DD379C" w14:textId="7587CEA0" w:rsidR="004E1907" w:rsidRDefault="004B1363" w:rsidP="004B1363">
+    <w:p w14:paraId="28DD379C" w14:textId="0260F2EF" w:rsidR="004E1907" w:rsidRDefault="004B1363" w:rsidP="004B1363">
       <w:pPr>
         <w:pStyle w:val="Titulek"/>
       </w:pPr>
-      <w:bookmarkStart w:id="65" w:name="_Ref214909516"/>
-      <w:bookmarkStart w:id="66" w:name="_Toc214909508"/>
+      <w:bookmarkStart w:id="66" w:name="_Ref214909516"/>
+      <w:bookmarkStart w:id="67" w:name="_Toc220356659"/>
       <w:r w:rsidRPr="004B1363">
         <w:t>Obr</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:fldSimple w:instr=" SEQ Obr. \* ARABIC ">
-        <w:r w:rsidR="00D11913">
+        <w:r w:rsidR="008E3BE4">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
       </w:fldSimple>
-      <w:bookmarkEnd w:id="65"/>
+      <w:bookmarkEnd w:id="66"/>
       <w:r w:rsidR="001C0D57">
         <w:t>: Ukázka funkce vložení automatického textu v systému macO</w:t>
       </w:r>
       <w:r w:rsidR="00936C26">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="66"/>
+      <w:bookmarkEnd w:id="67"/>
     </w:p>
     <w:p w14:paraId="770F1303" w14:textId="220E9CB3" w:rsidR="00783CE6" w:rsidRDefault="00783CE6" w:rsidP="001C0D57">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r w:rsidRPr="00783CE6">
         <w:t xml:space="preserve">Následující </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">instrukce </w:t>
       </w:r>
       <w:r w:rsidRPr="00783CE6">
         <w:t xml:space="preserve">se týkají především práce s programem MS Word (obdobně lze postupovat také u </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00783CE6">
         <w:t>Writeru</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00783CE6">
         <w:t xml:space="preserve"> od LibreOffice). V případě šablony pro </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00783CE6">
         <w:t>LaTeX</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00783CE6">
         <w:t xml:space="preserve"> je nutné se řídit příkaz</w:t>
       </w:r>
       <w:r>
         <w:t>y a instrukcemi tohoto programu. Pro práci s vloženými objekty ovšem platí i jistá obecná pravidla, která by studenti měli znát, ať už využívají pro úpravu svých závěrečných prací jakýkoliv program.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F70E19D" w14:textId="4CAFF3C3" w:rsidR="00E23407" w:rsidRDefault="00E23407" w:rsidP="00E23407">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="67" w:name="_Toc214909485"/>
+      <w:bookmarkStart w:id="68" w:name="_Toc220356636"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Obrázky</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="67"/>
+      <w:bookmarkEnd w:id="68"/>
     </w:p>
     <w:p w14:paraId="50617677" w14:textId="2526B358" w:rsidR="00135660" w:rsidRDefault="00135660" w:rsidP="00135660">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Je třeba dbát na dostatečné rozlišení rastrové grafiky/fotografií vkládaných do formátovaného textu. Obrázky stažené z internetových zdrojů často nemají dostatečnou kvalitu. </w:t>
       </w:r>
       <w:r w:rsidRPr="00135660">
         <w:t>Při vkládání obrázků je důležité si pohlídat, že neobsahují alfa kanál (průhlednost). Vzhledem k</w:t>
       </w:r>
       <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00135660">
         <w:t>tomu, že je nutné závěrečnou práci ve finální podobě převést do PDF v požadovaném standardu PDF/A, je potřeba toto dodržovat, tj. vkládat obrázky jako JPG nebo PNG bez průhledného pozadí.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="590D7A4D" w14:textId="1AC51525" w:rsidR="00135660" w:rsidRPr="00135660" w:rsidRDefault="00135660" w:rsidP="00135660">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r w:rsidRPr="00135660">
         <w:t xml:space="preserve">Obrázky, které jsou důležité pro textovou část, by měly být součástí textu. Seznam těchto obrázků je pak uveden na začátku práce jako </w:t>
       </w:r>
       <w:r w:rsidRPr="00135660">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Seznam obrázků</w:t>
       </w:r>
       <w:r w:rsidRPr="00135660">
         <w:t xml:space="preserve">, po dokončení práce je nutné ho pouze aktualizovat. Větší obrazový materiál, který s textem přímo nesouvisí, </w:t>
       </w:r>
       <w:r w:rsidR="008529D0">
         <w:t xml:space="preserve">by se měl </w:t>
       </w:r>
       <w:r w:rsidRPr="00135660">
         <w:t>umístit do příloh.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EF2A3C6" w14:textId="7662EF71" w:rsidR="009D57C5" w:rsidRDefault="009D57C5" w:rsidP="00B1039C">
+    <w:p w14:paraId="6EF2A3C6" w14:textId="0817E1DB" w:rsidR="009D57C5" w:rsidRDefault="009D57C5" w:rsidP="00B1039C">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Pokud je to v textu vhodné, doporučujeme na obrázek v textu odkázat prostřednictvím </w:t>
       </w:r>
       <w:r w:rsidRPr="00B1039C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>křížového odkazu</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. Ten je možné vložit přes panel </w:t>
       </w:r>
       <w:r w:rsidRPr="009D57C5">
         <w:t xml:space="preserve">Vložení </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidRPr="009D57C5">
         <w:t xml:space="preserve">tlačítko Křížový odkaz (obdobný postup platí také pro </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009D57C5">
         <w:t>Writer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009D57C5">
         <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Více informací o křížových odkazech je uvedeno v kapitole </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref207103364 \r \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>5.4</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref207103364 \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>Křížové odkazy</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>. Důležité je si pohlídat aktualizaci tohoto křížového odkazu v</w:t>
       </w:r>
       <w:r w:rsidR="00B1039C">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">případě dodatečných úprav, viz kapitola </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref207049812 \r \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
-        <w:t>3.4</w:t>
+      <w:r w:rsidR="008E3BE4">
+        <w:t>3.5</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref207049820 \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>Náhled a tisk práce</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="297B7B1F" w14:textId="738546FE" w:rsidR="00B1039C" w:rsidRDefault="00B1039C" w:rsidP="00B1039C">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r w:rsidRPr="00B1039C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Obrázky se umísťují do samostatných odstavců a jsou zarovnány na střed.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> K jejich umístění </w:t>
       </w:r>
       <w:r w:rsidRPr="00B1039C">
         <w:t xml:space="preserve">slouží styl </w:t>
       </w:r>
@@ -22044,110 +22387,110 @@
           <w:pPr>
             <w:pStyle w:val="Obrzek"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="66C6A66B" wp14:editId="5F1B4F6F">
                 <wp:extent cx="1476000" cy="1476000"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="2" name="obrázek 8" descr="Obsah obrázku bílé, design&#10;&#10;Obsah vygenerovaný umělou inteligencí může být nesprávný."/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="2052945270" name="obrázek 8" descr="Obsah obrázku bílé, design&#10;&#10;Obsah vygenerovaný umělou inteligencí může být nesprávný."/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId55">
+                        <a:blip r:embed="rId56">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1476000" cy="1476000"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="79F27D87" w14:textId="085804EE" w:rsidR="00C04C30" w:rsidRDefault="00C04C30" w:rsidP="00C04C30">
+    <w:p w14:paraId="79F27D87" w14:textId="3F8EEBC9" w:rsidR="00C04C30" w:rsidRDefault="00C04C30" w:rsidP="00C04C30">
       <w:pPr>
         <w:pStyle w:val="Titulek"/>
       </w:pPr>
-      <w:bookmarkStart w:id="68" w:name="_Toc214909509"/>
+      <w:bookmarkStart w:id="69" w:name="_Toc220356660"/>
       <w:r w:rsidRPr="00BF40AD">
         <w:t>Obr</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:fldSimple w:instr=" SEQ Obr. \* ARABIC ">
-        <w:r w:rsidR="00D11913">
+        <w:r w:rsidR="008E3BE4">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
       </w:fldSimple>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00FA1C26">
         <w:t>Titulek obrázku</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="68"/>
+      <w:bookmarkEnd w:id="69"/>
     </w:p>
     <w:p w14:paraId="1A19E044" w14:textId="7E5B319A" w:rsidR="00C04C30" w:rsidRPr="00C04C30" w:rsidRDefault="00C2056E" w:rsidP="00C04C30">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="sk-SK"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Všechny obrázky, zejména ty převzaté, musí být v práci odcitovány (u vlastních fotografií a výtvorů je </w:t>
       </w:r>
       <w:r w:rsidR="00FA1C26">
         <w:rPr>
           <w:lang w:eastAsia="sk-SK"/>
         </w:rPr>
         <w:t>vhodné</w:t>
       </w:r>
       <w:r w:rsidR="004B10F4">
         <w:rPr>
           <w:lang w:eastAsia="sk-SK"/>
         </w:rPr>
         <w:t xml:space="preserve"> uvést z</w:t>
       </w:r>
       <w:r>
@@ -22198,161 +22541,161 @@
       <w:r w:rsidR="00FA1C26">
         <w:t xml:space="preserve">s uvedením zdroje </w:t>
       </w:r>
       <w:r w:rsidR="00C04C30" w:rsidRPr="009310FE">
         <w:t xml:space="preserve">doporučujeme </w:t>
       </w:r>
       <w:r w:rsidR="008529D0">
         <w:t xml:space="preserve">ve Wordu </w:t>
       </w:r>
       <w:r w:rsidR="00C04C30" w:rsidRPr="009310FE">
         <w:t xml:space="preserve">použít stavební blok </w:t>
       </w:r>
       <w:r w:rsidR="00C04C30" w:rsidRPr="009310FE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>OBRÁZEK (s uvedením zdroje)</w:t>
       </w:r>
       <w:r w:rsidR="00C04C30" w:rsidRPr="009310FE">
         <w:t>, kde jsou již odstavce naformátovány potřebnými styly a kde je připraven titulek</w:t>
       </w:r>
       <w:r w:rsidR="00C04C30">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="69" w:name="_Hlk209025191" w:displacedByCustomXml="next"/>
+    <w:bookmarkStart w:id="70" w:name="_Hlk209025191" w:displacedByCustomXml="next"/>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-396364219"/>
         <w:temporary/>
         <w:showingPlcHdr/>
         <w:picture/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p w14:paraId="6DBD5B41" w14:textId="77777777" w:rsidR="00C04C30" w:rsidRDefault="00C04C30" w:rsidP="00C04C30">
           <w:pPr>
             <w:pStyle w:val="Obrzek"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="29E3BEB2" wp14:editId="36AEA9F8">
                 <wp:extent cx="1476000" cy="1476000"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="5" name="obrázek 8" descr="Obsah obrázku bílé, design&#10;&#10;Obsah vygenerovaný umělou inteligencí může být nesprávný."/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="2052945270" name="obrázek 8" descr="Obsah obrázku bílé, design&#10;&#10;Obsah vygenerovaný umělou inteligencí může být nesprávný."/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId55">
+                        <a:blip r:embed="rId56">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1476000" cy="1476000"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="1462C28E" w14:textId="74A7C37A" w:rsidR="00C04C30" w:rsidRDefault="00C04C30" w:rsidP="00C04C30">
+    <w:p w14:paraId="1462C28E" w14:textId="712657C3" w:rsidR="00C04C30" w:rsidRDefault="00C04C30" w:rsidP="00C04C30">
       <w:pPr>
         <w:pStyle w:val="Titulekobrzkusezdrojem"/>
       </w:pPr>
-      <w:bookmarkStart w:id="70" w:name="_Toc214909510"/>
+      <w:bookmarkStart w:id="71" w:name="_Toc220356661"/>
       <w:r>
         <w:t xml:space="preserve">Obr. </w:t>
       </w:r>
       <w:fldSimple w:instr=" SEQ Obr. \* ARABIC ">
-        <w:r w:rsidR="00D11913">
+        <w:r w:rsidR="008E3BE4">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
       </w:fldSimple>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00FA1C26">
         <w:t>Titulek obrázku s uvedením zdroje</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="70"/>
+      <w:bookmarkEnd w:id="71"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BCE7177" w14:textId="408E2F2B" w:rsidR="00C04C30" w:rsidRDefault="00C04C30" w:rsidP="00C04C30">
       <w:pPr>
         <w:pStyle w:val="Zdrojobrzkutabulky"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(zdroj: </w:t>
       </w:r>
       <w:r w:rsidR="00FA1C26">
         <w:t>vlastní</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p w14:paraId="20552A7C" w14:textId="126924B5" w:rsidR="00FA1C26" w:rsidRDefault="00B76B68" w:rsidP="00395557">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="sk-SK"/>
         </w:rPr>
         <w:t xml:space="preserve">Tento způsob je vhodný </w:t>
       </w:r>
       <w:r w:rsidR="00CC6991">
         <w:rPr>
           <w:lang w:eastAsia="sk-SK"/>
         </w:rPr>
         <w:t xml:space="preserve">v případě, že se využívá např. </w:t>
       </w:r>
       <w:r w:rsidR="00CC6991">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="sk-SK"/>
         </w:rPr>
         <w:t xml:space="preserve">harvardský způsob odkazování </w:t>
       </w:r>
       <w:r w:rsidR="008F1791">
@@ -22448,55 +22791,55 @@
       <w:r w:rsidRPr="00DE4E22">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D2AB39F" w14:textId="7144D864" w:rsidR="009D57C5" w:rsidRDefault="009310FE" w:rsidP="00FA1C26">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Upozorňujeme ovšem, že zdroje (odkazy) </w:t>
       </w:r>
       <w:r w:rsidR="00FA1C26">
         <w:t xml:space="preserve">v závorkách </w:t>
       </w:r>
       <w:r>
         <w:t>se pak přenesou i do Seznamu obrázků, kde jejich zobrazení není zcela žádoucí a měly by být po aktualizaci celého seznamu ručně odstraněny.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="133FBDCC" w14:textId="39C32D35" w:rsidR="00F175DB" w:rsidRDefault="00F175DB" w:rsidP="00F175DB">
       <w:pPr>
         <w:pStyle w:val="Nadpis3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="71" w:name="_Toc214909486"/>
+      <w:bookmarkStart w:id="72" w:name="_Toc220356637"/>
       <w:r>
         <w:t>Grafy a schémata</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="71"/>
+      <w:bookmarkEnd w:id="72"/>
     </w:p>
     <w:p w14:paraId="0BC78EF3" w14:textId="2DDDA477" w:rsidR="00F175DB" w:rsidRDefault="00DE4E22" w:rsidP="00F175DB">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Obdobně jako u tabulek je i grafů a schémat vhodné vytvářet je přímo v textovém editoru</w:t>
       </w:r>
       <w:r w:rsidR="00122221">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, aby byla zajištěna jednotná úprava a nedocházelo k deformacím a problémům při exportu do formátu PDF. Word i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00122221">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
@@ -22531,66 +22874,66 @@
       </w:r>
       <w:r w:rsidR="00122221">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>vytvoření by bylo obtížnější.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B015995" w14:textId="77777777" w:rsidR="00A9598B" w:rsidRDefault="00A9598B" w:rsidP="00A9598B">
       <w:pPr>
         <w:pStyle w:val="Obrzek"/>
       </w:pPr>
       <w:r w:rsidRPr="00A9598B">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="569859E2" wp14:editId="7CF98F67">
             <wp:extent cx="5486400" cy="2232000"/>
             <wp:effectExtent l="0" t="0" r="0" b="16510"/>
             <wp:docPr id="333400728" name="Graf 11"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId56"/>
+                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId57"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F60C39E" w14:textId="4B5336E0" w:rsidR="00A9598B" w:rsidRPr="00A9598B" w:rsidRDefault="00A9598B" w:rsidP="00A9598B">
+    <w:p w14:paraId="7F60C39E" w14:textId="3B2AE680" w:rsidR="00A9598B" w:rsidRPr="00A9598B" w:rsidRDefault="00A9598B" w:rsidP="00A9598B">
       <w:pPr>
         <w:pStyle w:val="Titulek"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Graf </w:t>
       </w:r>
       <w:fldSimple w:instr=" SEQ Graf \* ARABIC ">
-        <w:r w:rsidR="00D11913">
+        <w:r w:rsidR="008E3BE4">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
       </w:fldSimple>
       <w:r w:rsidR="00883182">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Titulek grafu</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5170C9F0" w14:textId="1BBA1CED" w:rsidR="00122221" w:rsidRDefault="00122221" w:rsidP="00A87690">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Grafy by měly mít </w:t>
       </w:r>
       <w:r w:rsidRPr="00122221">
         <w:rPr>
@@ -22853,241 +23196,241 @@
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Zdroj obrázku/tabulky</w:t>
       </w:r>
       <w:r w:rsidR="00A47214">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="693705B9" w14:textId="55365C79" w:rsidR="00A47214" w:rsidRPr="00F61DAC" w:rsidRDefault="00A47214" w:rsidP="00A47214">
       <w:pPr>
         <w:pStyle w:val="Titulek"/>
       </w:pPr>
       <w:r>
         <w:t>Graf</w:t>
       </w:r>
       <w:r w:rsidRPr="00F61DAC">
         <w:t xml:space="preserve"> X: Titulek </w:t>
       </w:r>
       <w:r>
         <w:t>grafu</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DE2290F" w14:textId="2165A920" w:rsidR="00A47214" w:rsidRDefault="00A47214" w:rsidP="00A47214">
+    <w:p w14:paraId="3DE2290F" w14:textId="7719DCAF" w:rsidR="00A47214" w:rsidRDefault="00A47214" w:rsidP="00A47214">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Pokud je to v textu vhodné, doporučujeme na </w:t>
       </w:r>
       <w:r w:rsidR="00A9598B">
         <w:t>graf</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> v textu odkázat prostřednictvím </w:t>
       </w:r>
       <w:r w:rsidRPr="00B1039C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>křížového odkazu</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. Ten je možné vložit přes panel </w:t>
       </w:r>
       <w:r w:rsidRPr="009D57C5">
         <w:t xml:space="preserve">Vložení </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidRPr="009D57C5">
         <w:t xml:space="preserve">tlačítko Křížový odkaz (obdobný postup platí také pro </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009D57C5">
         <w:t>Writer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009D57C5">
         <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Více informací o křížových odkazech je uvedeno v kapitole </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref207103364 \r \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>5.4</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref207103364 \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>Křížové odkazy</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. Důležité je si pohlídat aktualizaci tohoto křížového odkazu v případě dodatečných úprav, viz kapitola </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref207049812 \r \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
-        <w:t>3.4</w:t>
+      <w:r w:rsidR="008E3BE4">
+        <w:t>3.5</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref207049820 \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>Náhled a tisk práce</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1461062F" w14:textId="07A68A8D" w:rsidR="00A47214" w:rsidRPr="00122221" w:rsidRDefault="00A47214" w:rsidP="00A47214">
+    <w:p w14:paraId="1461062F" w14:textId="5634C350" w:rsidR="00A47214" w:rsidRPr="00122221" w:rsidRDefault="00A47214" w:rsidP="00A47214">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r>
         <w:t>Pokud je v prác</w:t>
       </w:r>
       <w:r w:rsidR="00D46420">
         <w:t>i</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> velký počet grafů, pak je vhodné vytvořit </w:t>
       </w:r>
       <w:r w:rsidRPr="00A47214">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Seznam grafů</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> v úvodních seznamech práce a umístit jej </w:t>
       </w:r>
       <w:r w:rsidR="000243FC">
         <w:t xml:space="preserve">na novou stránku </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">za Seznam obrázků. Postup pro vytvoření automaticky generovaného seznamu pro grafy je uveden v kapitole </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref207219488 \r \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>5.5</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref207219495 \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>Automaticky generované seznamy</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D3B3D3" w14:textId="0040DCC1" w:rsidR="00E23407" w:rsidRDefault="00E23407" w:rsidP="00E23407">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="72" w:name="_Toc214909487"/>
+      <w:bookmarkStart w:id="73" w:name="_Toc220356638"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Tabulky</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="72"/>
+      <w:bookmarkEnd w:id="73"/>
     </w:p>
     <w:p w14:paraId="349DC65A" w14:textId="729A6647" w:rsidR="00C2056E" w:rsidRDefault="00C2056E" w:rsidP="00C2056E">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C2056E">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Pokud </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">se </w:t>
       </w:r>
       <w:r w:rsidRPr="00C2056E">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">do textu </w:t>
@@ -23411,150 +23754,150 @@
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>eznam tabulek</w:t>
       </w:r>
       <w:r w:rsidRPr="00353B46">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00F61DAC">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Po dokončení práce je nutné tento seznam pouze aktualizovat</w:t>
       </w:r>
       <w:r w:rsidRPr="00353B46">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="427536DB" w14:textId="4EF0D9A4" w:rsidR="00F61DAC" w:rsidRDefault="00F61DAC" w:rsidP="00F61DAC">
+    <w:p w14:paraId="427536DB" w14:textId="30719D46" w:rsidR="00F61DAC" w:rsidRDefault="00F61DAC" w:rsidP="00F61DAC">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Pokud je to v textu vhodné, doporučujeme na tabulku v textu odkázat prostřednictvím </w:t>
       </w:r>
       <w:r w:rsidRPr="00B1039C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>křížového odkazu</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. Ten je možné vložit přes panel </w:t>
       </w:r>
       <w:r w:rsidRPr="009D57C5">
         <w:t xml:space="preserve">Vložení </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidRPr="009D57C5">
         <w:t xml:space="preserve">tlačítko Křížový odkaz (obdobný postup platí také pro </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009D57C5">
         <w:t>Writer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009D57C5">
         <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Více informací o křížových odkazech je uvedeno v kapitole </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref207103364 \r \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>5.4</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref207103364 \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>Křížové odkazy</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. Důležité je si pohlídat aktualizaci tohoto křížového odkazu v případě dodatečných úprav, viz kapitola </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref207049812 \r \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
-        <w:t>3.4</w:t>
+      <w:r w:rsidR="008E3BE4">
+        <w:t>3.5</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref207049820 \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>Náhled a tisk práce</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35E90B1A" w14:textId="485BB9CA" w:rsidR="00AE6A23" w:rsidRDefault="00AE6A23" w:rsidP="00AE6A23">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE6A23">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Pro vložení tabulky je připraven </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
@@ -23691,51 +24034,51 @@
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B10F4">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Writer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B10F4">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00257C0F">
         <w:t xml:space="preserve"> označit v tabulce první řádek tabulky a z hlavní nabídky vybrat</w:t>
       </w:r>
       <w:r w:rsidR="004B10F4">
         <w:t xml:space="preserve"> možnost Tabulka, kde se zvolí </w:t>
       </w:r>
       <w:r w:rsidR="00257C0F">
         <w:t xml:space="preserve">Opakovat řádky záhlaví přes stránky. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1541D0A8" w14:textId="277603D5" w:rsidR="0038058F" w:rsidRDefault="00AE6A23" w:rsidP="0038416E">
+    <w:p w14:paraId="1541D0A8" w14:textId="41CE9D23" w:rsidR="0038058F" w:rsidRDefault="00AE6A23" w:rsidP="0038416E">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="sk-SK"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE6A23">
         <w:t xml:space="preserve">Pod </w:t>
       </w:r>
       <w:r w:rsidR="00353B46">
         <w:t xml:space="preserve">vloženou </w:t>
       </w:r>
       <w:r w:rsidRPr="00AE6A23">
         <w:t xml:space="preserve">tabulkou </w:t>
       </w:r>
       <w:r w:rsidR="00353B46">
         <w:t xml:space="preserve">je vhodné ponechat </w:t>
       </w:r>
       <w:r w:rsidRPr="00AE6A23">
         <w:t xml:space="preserve">prázdný odstavec, aby tabulka nebyla </w:t>
       </w:r>
       <w:r>
         <w:t>„</w:t>
       </w:r>
       <w:r w:rsidRPr="00AE6A23">
@@ -23785,54 +24128,54 @@
         <w:t xml:space="preserve">(je nutné se kurzorem přemístit na řádek pod tabulkou, viz </w:t>
       </w:r>
       <w:r w:rsidR="000814A1">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="000814A1">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref214908153 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="000814A1">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="000814A1">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t xml:space="preserve">Tab. </w:t>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="000814A1">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="000814A1">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0038416E">
         <w:rPr>
@@ -23881,75 +24224,75 @@
         <w:t>Tab. X: Titulek tabulky s uvedením zdroje na řádku titulku v hranaté závorce [1]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33658ABD" w14:textId="7D4C52B2" w:rsidR="00353B46" w:rsidRDefault="00353B46" w:rsidP="00F61DAC">
       <w:pPr>
         <w:pStyle w:val="Titulek"/>
       </w:pPr>
       <w:r>
         <w:t>Tab. X: Titulek tabulky s uvedením zdroje na řádku titulku pomocí poznámky pod čarou</w:t>
       </w:r>
       <w:r w:rsidRPr="00F61DAC">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38B9BA0D" w14:textId="7DC1E4F7" w:rsidR="00353B46" w:rsidRPr="00353B46" w:rsidRDefault="00353B46" w:rsidP="00353B46">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:t>Upozorňujeme ovšem, že zdroje (odkazy) v závorkách se pak přenesou i do Seznamu tabulek, kde jejich zobrazení není zcela žádoucí a měly by být po aktualizaci celého seznamu ručně odstraněny.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24FE6489" w14:textId="57970839" w:rsidR="00AE6A23" w:rsidRDefault="00AE6A23" w:rsidP="00AE6A23">
+    <w:p w14:paraId="24FE6489" w14:textId="54C767DC" w:rsidR="00AE6A23" w:rsidRDefault="00AE6A23" w:rsidP="00AE6A23">
       <w:pPr>
         <w:pStyle w:val="Titulektabulky"/>
       </w:pPr>
-      <w:bookmarkStart w:id="73" w:name="_Ref214908153"/>
-      <w:bookmarkStart w:id="74" w:name="_Toc214909512"/>
+      <w:bookmarkStart w:id="74" w:name="_Ref214908153"/>
+      <w:bookmarkStart w:id="75" w:name="_Toc220356664"/>
       <w:r>
         <w:t xml:space="preserve">Tab. </w:t>
       </w:r>
       <w:fldSimple w:instr=" SEQ Tab. \* ARABIC ">
-        <w:r w:rsidR="00D11913">
+        <w:r w:rsidR="008E3BE4">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:fldSimple>
-      <w:bookmarkEnd w:id="73"/>
+      <w:bookmarkEnd w:id="74"/>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00F61DAC">
         <w:t>Titulek tabulky</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="74"/>
+      <w:bookmarkEnd w:id="75"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Mkatabulky"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1924"/>
         <w:gridCol w:w="1022"/>
         <w:gridCol w:w="930"/>
         <w:gridCol w:w="1432"/>
         <w:gridCol w:w="988"/>
         <w:gridCol w:w="1164"/>
         <w:gridCol w:w="1317"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AE6A23" w:rsidRPr="00257894" w14:paraId="676B2F41" w14:textId="77777777" w:rsidTr="006360B8">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1096" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -24637,59 +24980,59 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5BCA5E27" w14:textId="77777777" w:rsidR="00AE6A23" w:rsidRPr="00E36137" w:rsidRDefault="00AE6A23" w:rsidP="006360B8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="54877FA3" w14:textId="7CE35415" w:rsidR="00AE6A23" w:rsidRDefault="00AE6A23" w:rsidP="00AE6A23">
       <w:pPr>
         <w:pStyle w:val="Zdrojobrzkutabulky"/>
       </w:pPr>
       <w:r>
         <w:t>(zdroj: vlastní)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F7CDDE5" w14:textId="204A4CB4" w:rsidR="00E23407" w:rsidRDefault="00E23407" w:rsidP="00E23407">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="75" w:name="_Ref207391279"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="77" w:name="_Toc214909488"/>
+      <w:bookmarkStart w:id="76" w:name="_Ref207391279"/>
+      <w:bookmarkStart w:id="77" w:name="_Ref207391285"/>
+      <w:bookmarkStart w:id="78" w:name="_Toc220356639"/>
       <w:r>
         <w:t>Rovnice</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="75"/>
       <w:bookmarkEnd w:id="76"/>
       <w:bookmarkEnd w:id="77"/>
+      <w:bookmarkEnd w:id="78"/>
     </w:p>
     <w:p w14:paraId="5729204D" w14:textId="77777777" w:rsidR="0076383C" w:rsidRPr="0076383C" w:rsidRDefault="00A47214" w:rsidP="00680597">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:t>Rovnice a vzorečky jsou umístěné samostatně na řádku, zarovnány na střed a očíslovány (číslo rovnice je zarovnané vpravo).</w:t>
       </w:r>
       <w:r w:rsidR="0076383C">
         <w:t xml:space="preserve"> Pro vizuální úpravu rovnice a vzorečků je připraven </w:t>
       </w:r>
       <w:r w:rsidR="0076383C" w:rsidRPr="0076383C">
         <w:t>styl</w:t>
       </w:r>
       <w:r w:rsidR="0076383C" w:rsidRPr="0076383C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Rovnice</w:t>
       </w:r>
       <w:r w:rsidR="0076383C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -24769,150 +25112,153 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>bloku je připraveno pole pro vložení rovnice a pole s automatickým číslem.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EF3D0D6" w14:textId="77777777" w:rsidR="0076383C" w:rsidRDefault="0076383C" w:rsidP="0076383C">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabulkarovnice"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7508"/>
         <w:gridCol w:w="985"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0076383C" w14:paraId="42245823" w14:textId="77777777" w:rsidTr="006360B8">
+      <w:tr w:rsidR="0076383C" w14:paraId="42245823" w14:textId="77777777" w:rsidTr="008E3BE4">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7508" w:type="dxa"/>
           </w:tcPr>
-          <w:bookmarkStart w:id="78" w:name="_Hlk209028923"/>
+          <w:bookmarkStart w:id="79" w:name="_Hlk209028923"/>
           <w:p w14:paraId="4A9F8BD7" w14:textId="77777777" w:rsidR="0076383C" w:rsidRDefault="00000000" w:rsidP="006360B8">
             <w:pPr>
               <w:pStyle w:val="Rovnice"/>
               <w:framePr w:hSpace="0" w:vSpace="0" w:wrap="auto" w:vAnchor="margin" w:xAlign="left" w:yAlign="inline"/>
               <w:suppressOverlap w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="2121951270"/>
                 <w:placeholder>
                   <w:docPart w:val="F1A1661E17344D9AAF7CF045C94EE351"/>
                 </w:placeholder>
                 <w:temporary/>
                 <w:showingPlcHdr/>
                 <w:equation/>
               </w:sdtPr>
               <w:sdtContent>
                 <m:oMathPara>
                   <m:oMath>
                     <m:r>
                       <m:t>Sem zadejte rovnici.</m:t>
                     </m:r>
                   </m:oMath>
                 </m:oMathPara>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="985" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65C498BC" w14:textId="39C7B0EC" w:rsidR="0076383C" w:rsidRDefault="0076383C" w:rsidP="006360B8">
+          <w:p w14:paraId="65C498BC" w14:textId="3C52614B" w:rsidR="0076383C" w:rsidRDefault="0076383C" w:rsidP="008E3BE4">
             <w:pPr>
               <w:pStyle w:val="Rovnicetitulek"/>
               <w:framePr w:hSpace="0" w:vSpace="0" w:wrap="auto" w:vAnchor="margin" w:xAlign="left" w:yAlign="inline"/>
               <w:suppressOverlap w:val="0"/>
             </w:pPr>
+            <w:bookmarkStart w:id="80" w:name="Rovnice1"/>
             <w:r>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:instrText xml:space="preserve"> SEQ ROVNICE \* ARABIC </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00D11913">
+            <w:r w:rsidR="008E3BE4">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t>)</w:t>
             </w:r>
+            <w:bookmarkEnd w:id="80"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="45BC30DF" w14:textId="44C34EA9" w:rsidR="00E23407" w:rsidRDefault="00E23407" w:rsidP="00E23407">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="79" w:name="_Ref207103364"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="78"/>
+      <w:bookmarkStart w:id="81" w:name="_Ref207103364"/>
+      <w:bookmarkStart w:id="82" w:name="_Toc220356640"/>
+      <w:bookmarkEnd w:id="79"/>
       <w:r>
         <w:t>Křížové odkazy</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="79"/>
-      <w:bookmarkEnd w:id="80"/>
+      <w:bookmarkEnd w:id="81"/>
+      <w:bookmarkEnd w:id="82"/>
     </w:p>
     <w:p w14:paraId="4B9C8E40" w14:textId="0E7C410D" w:rsidR="0076383C" w:rsidRDefault="0076383C" w:rsidP="0076383C">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Křížové odkazy zajistí v elektronické verzi práce </w:t>
       </w:r>
       <w:r w:rsidR="00A605BC">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>rychlou a snadnou</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006C5A1A">
         <w:rPr>
@@ -24945,51 +25291,51 @@
         <w:t xml:space="preserve">tlačítko Křížový odkaz (obdobný postup platí také pro </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009D57C5">
         <w:t>Writer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009D57C5">
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D10F927" w14:textId="06D2807B" w:rsidR="00590A08" w:rsidRDefault="00590A08" w:rsidP="00590A08">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>V nabídce je pak nutné vybrat vhodný Typ odkazu, na který se odkazuje (nadpis kapitoly, obrázek, tabulka, číslovaný seznam atd.). Následně se v nabídce Vložit odkaz vybere, v jaké podobě se má tento odkaz vložit (číslo, text atd.).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DC9A037" w14:textId="4B14A98F" w:rsidR="00831C62" w:rsidRPr="00590A08" w:rsidRDefault="00831C62" w:rsidP="00831C62">
+    <w:p w14:paraId="3DC9A037" w14:textId="4B14A98F" w:rsidR="00831C62" w:rsidRDefault="00831C62" w:rsidP="00831C62">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">V případě, že se poprvé vkládá </w:t>
       </w:r>
       <w:r w:rsidRPr="004B0AAF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>křížový odkaz na vložený objekt</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
@@ -25136,144 +25482,248 @@
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (žádný titulek </w:t>
       </w:r>
       <w:r w:rsidR="009C4801">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>se nikam nevkládá</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r w:rsidR="004E591E">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pak už by se v nabídce pro vložení konkrétního typu křížového odkazy měly zobrazit i tyto nově vložené typy titulků/popisků.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="3393086A" w14:textId="4B38C6F4" w:rsidR="00E60734" w:rsidRPr="00590A08" w:rsidRDefault="00E60734" w:rsidP="00A8237D">
+      <w:pPr>
+        <w:pStyle w:val="Dalodstavceprce"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">U </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60734">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>rovnic a vzorců</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A8237D" w:rsidRPr="00A8237D">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ve Wordu</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8237D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">je možné křížové odkazy vytvářet pomocí záložek, kdy se z čísla rovnice vytvoří záložka a na tu se následně vytvoří křížový odkaz. V bloku s rovnici je nutné vybrat číslo rovnice (pokud je to žádoucí, tak vybrat i závorky, ale je nutné udělat přesný výběr bez okolních mezer) a následně na panelu Vložení </w:t>
+      </w:r>
+      <w:r w:rsidR="00A8237D">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vybrat tlačítko Záložka. Záložka musí mít své jméno, které nesmí začínat číslem a nesmí obsahovat speciální znaky (správně je Rovnice1, nikoliv Rovnice 1). Tlačítkem Přidat se následně nová záložka vytvoří. Pak už je možné vytvořit křížový odkaz, a to běžným způsobem přes </w:t>
+      </w:r>
+      <w:r w:rsidR="00A8237D">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>panel Vložení a tlačítko Křížový odkaz</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8237D">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. V</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8237D">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nabídce je pak nutné vybrat vhodný Typ odkazu, na který se odkazuje (</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8237D">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>v tomto případě to bude záložka</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8237D">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>). Následně se v nabídce Vložit odkaz vybere, v</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8237D">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A8237D">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>jaké podobě se má tento odkaz vložit (</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8237D">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>v tomto případě to bude text záložky).</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="64343D8B" w14:textId="46280F36" w:rsidR="00E23407" w:rsidRDefault="00E23407" w:rsidP="00E23407">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="81" w:name="_Ref207219488"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="85" w:name="_Toc214909490"/>
+      <w:bookmarkStart w:id="83" w:name="_Ref207219488"/>
+      <w:bookmarkStart w:id="84" w:name="_Ref207219495"/>
+      <w:bookmarkStart w:id="85" w:name="_Ref207222974"/>
+      <w:bookmarkStart w:id="86" w:name="_Ref207222981"/>
+      <w:bookmarkStart w:id="87" w:name="_Toc220356641"/>
       <w:r>
         <w:t>Automaticky generované seznamy</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="81"/>
-      <w:bookmarkEnd w:id="82"/>
       <w:bookmarkEnd w:id="83"/>
       <w:bookmarkEnd w:id="84"/>
       <w:bookmarkEnd w:id="85"/>
+      <w:bookmarkEnd w:id="86"/>
+      <w:bookmarkEnd w:id="87"/>
     </w:p>
     <w:p w14:paraId="2378FA1F" w14:textId="285280B5" w:rsidR="00590A08" w:rsidRDefault="00590A08" w:rsidP="00590A08">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>V šabloně je předpřipraveno několik automaticky generovaných seznamů, a to:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3479B3DB" w14:textId="7C6F841A" w:rsidR="00590A08" w:rsidRDefault="00590A08" w:rsidP="00590A08">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t>obsah,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77D35541" w14:textId="66075429" w:rsidR="00590A08" w:rsidRDefault="00590A08" w:rsidP="00590A08">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t>seznam obrázků,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76A19446" w14:textId="6F642902" w:rsidR="00590A08" w:rsidRDefault="00590A08" w:rsidP="00590A08">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t>seznam tabulek a</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E17FBEC" w14:textId="70861B13" w:rsidR="00590A08" w:rsidRDefault="00590A08" w:rsidP="00590A08">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t>seznam příloh vložených v závěrečné práci.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BDDF5AB" w14:textId="12B777E9" w:rsidR="00C30CDA" w:rsidRDefault="00C30CDA" w:rsidP="00590A08">
+    <w:p w14:paraId="2BDDF5AB" w14:textId="7B9FBE16" w:rsidR="00C30CDA" w:rsidRDefault="00C30CDA" w:rsidP="00590A08">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Obsah </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">je generován z nadpisů </w:t>
       </w:r>
       <w:r w:rsidR="000243FC">
         <w:t xml:space="preserve">označených v </w:t>
       </w:r>
       <w:r w:rsidR="000243FC">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="000243FC">
         <w:instrText xml:space="preserve"> REF _Ref207221101 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="000243FC">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t xml:space="preserve">Tab. </w:t>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="000243FC">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="000243FC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="000243FC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Seznam obrázků </w:t>
       </w:r>
       <w:r w:rsidR="004B10F4">
         <w:t>je generován z popisků Obr.</w:t>
       </w:r>
       <w:r w:rsidR="005124B1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005124B1">
@@ -25345,178 +25795,179 @@
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Tabelle</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="005124B1">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r w:rsidR="000243FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000243FC" w:rsidRPr="000243FC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Seznam příloh vložených v závěrečné práci</w:t>
       </w:r>
       <w:r w:rsidR="000243FC">
         <w:t xml:space="preserve"> je generován z nadpisu Příloha 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65F62F66" w14:textId="2CB82F4A" w:rsidR="005656A0" w:rsidRPr="009C4801" w:rsidRDefault="005656A0" w:rsidP="005656A0">
+    <w:p w14:paraId="65F62F66" w14:textId="3DDEF07C" w:rsidR="005656A0" w:rsidRPr="009C4801" w:rsidRDefault="005656A0" w:rsidP="005656A0">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="009C4801" w:rsidRPr="009C4801">
         <w:t>ejpoužív</w:t>
       </w:r>
       <w:r w:rsidR="00D45304">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="009C4801" w:rsidRPr="009C4801">
         <w:t>nější titulky by v šabloně už měly být</w:t>
       </w:r>
       <w:r w:rsidR="00A420E9">
         <w:t>. V případě, že se ve Wordu využívají tzv. rychlé části pro vkládání objektů, neměl by nastat žádný problém. Ten může nastat v </w:t>
       </w:r>
       <w:r w:rsidR="00851E93">
         <w:t>situaci</w:t>
       </w:r>
       <w:r w:rsidR="00A420E9">
         <w:t xml:space="preserve">, kdy se titulky vkládají ručně, popř. se v práci používají křížové odkazy. Pokud by tato situace nastala, </w:t>
       </w:r>
       <w:r w:rsidR="0033518D">
         <w:t xml:space="preserve">náprava je jednoduchá, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">viz kapitola </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref207103364 \r \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>5.4</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref207103364 \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>Křížové odkazy</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CAE4382" w14:textId="2E898C94" w:rsidR="006D5DB0" w:rsidRDefault="006D5DB0" w:rsidP="006D5DB0">
+    <w:p w14:paraId="4CAE4382" w14:textId="32823959" w:rsidR="006D5DB0" w:rsidRDefault="006D5DB0" w:rsidP="006D5DB0">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r w:rsidRPr="00AE1B2A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Důležité je si pohlídat aktualizaci všech těchto seznamů před odevzdáním či vytištěním práce.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Podrobnější informace jsou uvedené v kapitole </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref207049812 \r \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
-        <w:t>3.4</w:t>
+      <w:r w:rsidR="008E3BE4">
+        <w:t>3.5</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref207049820 \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>Náhled a tisk práce</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14AB183F" w14:textId="03B1144C" w:rsidR="006D5DB0" w:rsidRDefault="006D5DB0" w:rsidP="006D5DB0">
       <w:pPr>
         <w:pStyle w:val="Nadpis3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="86" w:name="_Toc214909491"/>
-      <w:r>
+      <w:bookmarkStart w:id="88" w:name="_Toc220356642"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Aktualizace seznamu s přílohami</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="86"/>
+      <w:bookmarkEnd w:id="88"/>
     </w:p>
     <w:p w14:paraId="0F6F8D01" w14:textId="57505AB7" w:rsidR="006D5DB0" w:rsidRDefault="006D5DB0" w:rsidP="006D5DB0">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Při aktualizaci všech automaticky generovaných seznamů ve Wordu by nemělo docházet k problémům a seznamy i obsah by se měly zaktualizovat bez ohledu na jazykovou verzi textového editoru či operačního systému.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E845ABE" w14:textId="57561859" w:rsidR="00442EFB" w:rsidRDefault="006D5DB0" w:rsidP="006D5DB0">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
@@ -25623,51 +26074,50 @@
       </w:r>
       <w:r w:rsidR="00442EFB" w:rsidRPr="00442EFB">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>anglické rozhraní Wordu nebo celého operačního systému Windows).</w:t>
       </w:r>
       <w:r w:rsidR="00442EFB">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C9C0504" w14:textId="02449E5B" w:rsidR="006D5DB0" w:rsidRDefault="00442EFB" w:rsidP="006D5DB0">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Náprava je jednoduchá: </w:t>
       </w:r>
       <w:r w:rsidR="004B10F4">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">kliknout </w:t>
       </w:r>
       <w:r w:rsidR="003205B0">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">do chybové hlášky (měla by zešednout) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>pravým tlačítkem myš</w:t>
       </w:r>
       <w:r w:rsidR="0012273D">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>i</w:t>
@@ -25727,55 +26177,55 @@
         <w:t>"</w:t>
       </w:r>
       <w:r w:rsidR="003205B0">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Příloha 1,9</w:t>
       </w:r>
       <w:r w:rsidR="003205B0" w:rsidRPr="00442EFB">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>"</w:t>
       </w:r>
       <w:r w:rsidR="003205B0">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> }. Následně znovu přepnout zobrazení polí a aktualizovat obsah (kliknout do něj pravým tlačítkem a vybrat Aktualizovat pole). Po těchto úpravách by se měl zobrazit správně vygenerovaný seznam příloh.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2442E186" w14:textId="6E9452F9" w:rsidR="003C0BC8" w:rsidRPr="003C0BC8" w:rsidRDefault="003C0BC8" w:rsidP="003C0BC8">
       <w:pPr>
         <w:pStyle w:val="Nadpis3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="87" w:name="_Toc214909492"/>
+      <w:bookmarkStart w:id="89" w:name="_Toc220356643"/>
       <w:r>
         <w:t>Vytvoření nových seznamů</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="87"/>
+      <w:bookmarkEnd w:id="89"/>
     </w:p>
     <w:p w14:paraId="7EA28816" w14:textId="3CBFFAD9" w:rsidR="000243FC" w:rsidRDefault="000243FC" w:rsidP="005A4181">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:t>Pokud je nutné vložit nový automaticky generovaný obsah, postup je v jednotlivých textových editorech následující:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F55210C" w14:textId="17317136" w:rsidR="000243FC" w:rsidRDefault="000243FC" w:rsidP="000243FC">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r w:rsidRPr="004B10F4">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Word:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> za seznamy obrázků nebo tabulek (podle toho, kde je to vhodnější) umístit novou prázdnou stránku (zkratka </w:t>
       </w:r>
       <w:r w:rsidRPr="000243FC">
         <w:rPr>
           <w:b/>
@@ -25844,55 +26294,55 @@
         <w:t>Ctrl + Enter</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">). Přes hlavní nabídku Vložit zvolit možnost Obsah a rejstřík a následně Obsah, rejstřík nebo seznam literatury. V části Nadpis vložit název seznamu (např. Seznam grafů) a </w:t>
       </w:r>
       <w:r w:rsidR="001E28DB">
         <w:t xml:space="preserve">v </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">nabídce Typ zvolit Tabulka obrázků. V části Kategorie </w:t>
       </w:r>
       <w:r w:rsidR="00AE1B2A">
         <w:t>vybrat příslušný popisek, pro který se bude nový seznam vytvářet (v</w:t>
       </w:r>
       <w:r w:rsidR="00DF07B5">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00AE1B2A">
         <w:t>tomto případě to je Graf). Důležité je, že popisek už musí být předem vytvořen a používán v práci (nejpoužívanější titulky by v šabloně už měly být).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74F55B05" w14:textId="698BF216" w:rsidR="003C0BC8" w:rsidRDefault="003C0BC8" w:rsidP="003C0BC8">
       <w:pPr>
         <w:pStyle w:val="Nadpis3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="88" w:name="_Toc214909493"/>
+      <w:bookmarkStart w:id="90" w:name="_Toc220356644"/>
       <w:r>
         <w:t>Odstranění seznamů</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="88"/>
+      <w:bookmarkEnd w:id="90"/>
     </w:p>
     <w:p w14:paraId="1946142D" w14:textId="5876CFDE" w:rsidR="003C0BC8" w:rsidRDefault="003C0BC8" w:rsidP="003C0BC8">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C0BC8">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Pokud se </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">seznamy z práce odstraňují (nejsou povinnou součástí práce), </w:t>
       </w:r>
       <w:r w:rsidRPr="003C0BC8">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">doporučujeme nejdříve zobrazit si v dokumentu všechny znaky (tlačítko </w:t>
@@ -25913,51 +26363,58 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> zkratka</w:t>
       </w:r>
       <w:r w:rsidRPr="003C0BC8">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003C0BC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Ctrl + Shift + 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ve Wordu či </w:t>
+        <w:t xml:space="preserve"> ve </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Wordu či </w:t>
       </w:r>
       <w:r w:rsidRPr="003C0BC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Ctrl + F10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> ve </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Writeru</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
@@ -26052,458 +26509,454 @@
         </w:rPr>
         <w:t>Writer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B10F4">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="004E55B8">
         <w:t xml:space="preserve"> zobrazit si skryté znaky a podle typu seznamu zvolit vhodný postup. U seznamů obrázků a tabulek kliknout do seznamu pravým tlačítkem a vybrat možnost Smazat seznam. Pak klávesou </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004E55B8">
         <w:t>Delete</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="004E55B8">
         <w:t xml:space="preserve"> smazat prázdnou stra</w:t>
       </w:r>
       <w:r w:rsidR="00693CEE">
         <w:t>nu. U seznamu použitých zkratek</w:t>
       </w:r>
       <w:r w:rsidR="004E55B8">
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">označit text od nadpisu seznamu po poslední znak na stránce a zmáčknout dvakrát klávesu </w:t>
+        <w:t xml:space="preserve"> označit text od nadpisu seznamu po poslední znak na stránce a zmáčknout dvakrát klávesu </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004E55B8">
         <w:t>Delete</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="004E55B8">
         <w:t>, dokud nezmizí prázdná strana. V případě seznamu pro přílohy je nutná kombinace obou postupů: kliknout do seznamu pravým tlačítkem a vybrat možnost Smazat seznam</w:t>
       </w:r>
       <w:r w:rsidR="00A808A8">
         <w:t>. Následně označit text od nadpisu pro ostatní přílohy až po poslední znak a</w:t>
       </w:r>
       <w:r w:rsidR="00693CEE">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00A808A8">
         <w:t xml:space="preserve">zmáčknout klávesou </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A808A8">
         <w:t>Delete</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A808A8">
         <w:t xml:space="preserve"> tento obsah smazat.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="674915F1" w14:textId="78C70748" w:rsidR="00357EEB" w:rsidRDefault="00357EEB" w:rsidP="00357EEB">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="89" w:name="_Ref207226439"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="93" w:name="_Toc214909494"/>
+      <w:bookmarkStart w:id="91" w:name="_Ref207226439"/>
+      <w:bookmarkStart w:id="92" w:name="_Ref207226447"/>
+      <w:bookmarkStart w:id="93" w:name="_Ref207227568"/>
+      <w:bookmarkStart w:id="94" w:name="_Ref207227572"/>
+      <w:bookmarkStart w:id="95" w:name="_Toc220356645"/>
       <w:r>
         <w:t>Seznam</w:t>
       </w:r>
       <w:r w:rsidR="004908EB">
         <w:t xml:space="preserve"> použité</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> literatury</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="89"/>
-      <w:bookmarkEnd w:id="90"/>
       <w:bookmarkEnd w:id="91"/>
       <w:bookmarkEnd w:id="92"/>
       <w:bookmarkEnd w:id="93"/>
+      <w:bookmarkEnd w:id="94"/>
+      <w:bookmarkEnd w:id="95"/>
     </w:p>
     <w:p w14:paraId="78B9F5D2" w14:textId="38187AB9" w:rsidR="000A1B75" w:rsidRDefault="000A1B75" w:rsidP="000A1B75">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A1B75">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Citování použitých informačních zdrojů se řídí pravidly konkrétních citačních norem nebo stylů. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Seznam </w:t>
       </w:r>
       <w:r w:rsidR="00F91A23">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">použité </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">literatury musí být vždy vypracován podle použité citační normy nebo citačního stylu v rámci závěrečné práce. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0719B3BC" w14:textId="1CEBAA72" w:rsidR="007C6C60" w:rsidRDefault="007747C0" w:rsidP="007C6C60">
+    <w:p w14:paraId="0719B3BC" w14:textId="387BC6A6" w:rsidR="007C6C60" w:rsidRDefault="007747C0" w:rsidP="007C6C60">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r>
         <w:t>Pro vytvoření seznamu</w:t>
       </w:r>
       <w:r w:rsidR="00F91A23">
         <w:t xml:space="preserve"> použité</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> literatury jsou v šabloně připravené dva styly, a to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Použité zdroje (abecední seznam)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Použité zdroje (číslovaný seznam)</w:t>
       </w:r>
       <w:r>
         <w:t>. Styly se použijí podle použité citační normy či stylu</w:t>
       </w:r>
       <w:r w:rsidR="002C26A1">
         <w:t xml:space="preserve"> (více informací o stylech pro formátování seznamu literatury je v kapitole </w:t>
       </w:r>
       <w:r w:rsidR="002C26A1">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="002C26A1">
         <w:instrText xml:space="preserve"> REF _Ref207227614 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="002C26A1">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>4.5</w:t>
       </w:r>
       <w:r w:rsidR="002C26A1">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="002C26A1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002C26A1">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="002C26A1">
         <w:instrText xml:space="preserve"> REF _Ref207227621 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="002C26A1">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>Seznam použité literatury</w:t>
       </w:r>
       <w:r w:rsidR="002C26A1">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="002C26A1">
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="007C6C60">
         <w:t>V </w:t>
       </w:r>
       <w:r w:rsidR="007C6C60" w:rsidRPr="007747C0">
         <w:t>obou</w:t>
       </w:r>
       <w:r w:rsidR="007C6C60">
         <w:t xml:space="preserve"> stylech se využívá </w:t>
       </w:r>
       <w:r w:rsidR="007C6C60">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>vizuální zvýraznění autorů pomocí tučného řezu písma</w:t>
       </w:r>
       <w:r w:rsidR="007C6C60">
         <w:t>. To je potřeba nastavit ručně, není ovšem povinné</w:t>
       </w:r>
       <w:r w:rsidR="000F1970">
         <w:t xml:space="preserve">, slouží pouze </w:t>
       </w:r>
       <w:r w:rsidR="00811B31">
         <w:t>ke zvýraznění autorů</w:t>
       </w:r>
       <w:r w:rsidR="007C6C60">
         <w:t xml:space="preserve">. Úprava by nicméně měla být v celém seznamu jednotná. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76689BD1" w14:textId="1539FA2E" w:rsidR="007747C0" w:rsidRDefault="007747C0" w:rsidP="007C6C60">
+    <w:p w14:paraId="76689BD1" w14:textId="79E81704" w:rsidR="007747C0" w:rsidRDefault="007747C0" w:rsidP="007C6C60">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Seznam </w:t>
       </w:r>
       <w:r w:rsidR="00F91A23">
         <w:t xml:space="preserve">použité </w:t>
       </w:r>
       <w:r>
         <w:t>literatury je možné</w:t>
       </w:r>
       <w:r w:rsidRPr="00B415AE">
         <w:t xml:space="preserve"> zpracovat ručně, popř. pomocí doplňk</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">u, viz </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">kapitola </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207226369 \r \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>5.6.6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207226369 \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>Nástroj pro tvorbu citací Citace PRO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B415AE">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Následně se pak upravuje pomocí příslušného stylu v textovém editoru.</w:t>
       </w:r>
       <w:r w:rsidR="00C80ABE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C80ABE" w:rsidRPr="00C80ABE">
         <w:t>Samotný</w:t>
       </w:r>
       <w:r w:rsidR="00C80ABE">
         <w:t xml:space="preserve"> textový editor</w:t>
       </w:r>
       <w:r w:rsidR="00C80ABE" w:rsidRPr="00C80ABE">
         <w:t xml:space="preserve"> MS Word pro přímou tvorbu citací nedoporučujeme. Word není citační manažer a nezaručí, že seznam literatury a bibliografické citace budou odpovídat konkrétnímu citačnímu stylu nebo normě.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="535F334F" w14:textId="3C48EB4C" w:rsidR="009D4DE0" w:rsidRDefault="009D4DE0" w:rsidP="009D4DE0">
       <w:pPr>
         <w:pStyle w:val="Nadpis3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="94" w:name="_Toc214909495"/>
+      <w:bookmarkStart w:id="96" w:name="_Toc220356646"/>
       <w:r>
         <w:t>Obecné zásady pro tvorbu citací</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="94"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="7C9F6C27" w14:textId="5763AA69" w:rsidR="0073122E" w:rsidRDefault="0073122E" w:rsidP="0073122E">
+      <w:bookmarkEnd w:id="96"/>
+    </w:p>
+    <w:p w14:paraId="7C9F6C27" w14:textId="330FBA47" w:rsidR="0073122E" w:rsidRDefault="0073122E" w:rsidP="0073122E">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Autorský zákon č. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57" w:history="1">
+      <w:hyperlink r:id="rId58" w:history="1">
         <w:r w:rsidRPr="0073122E">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>121/2000 Sb.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> a zásady informační etiky udávají povinnost citovat všechna díla, která byla pro práci použita. Jde jak o přímé citace, tak i o parafráze. Smyslem citování je čtenáři práce umožnit identifikovat a vyhledat zdroje, které autor použil. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D69E0E2" w14:textId="77777777" w:rsidR="0073122E" w:rsidRPr="00A915C1" w:rsidRDefault="0073122E" w:rsidP="000E7DA9">
       <w:pPr>
         <w:pStyle w:val="Abecednseznam"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="454" w:hanging="454"/>
       </w:pPr>
       <w:r w:rsidRPr="00A915C1">
         <w:t>Údaje pro bibliografickou citaci se přebírají z citovaného zdroje (= z dokumentu, se kterým jsme pracovali). Autor práce vždy cituje konkrétní vydání nebo verzi.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B47E970" w14:textId="77777777" w:rsidR="0073122E" w:rsidRPr="00A915C1" w:rsidRDefault="0073122E" w:rsidP="000E7DA9">
       <w:pPr>
         <w:pStyle w:val="Abecednseznam"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="454" w:hanging="454"/>
       </w:pPr>
       <w:r w:rsidRPr="00A915C1">
+        <w:lastRenderedPageBreak/>
         <w:t>Každá citace musí být v práci jasně označena (např. přímá citace se většinou uvádí v uvozovkách nebo se použije kurzíva, parafráze se odděluje odstavcem) a doplněna odkazem, který odkazuje na příslušnou bibliografickou citaci v seznamu použité literatury. Bibliografická citace by měla jednoznačně identifikovat citovaný dokument.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="032F056C" w14:textId="77777777" w:rsidR="0073122E" w:rsidRPr="00A915C1" w:rsidRDefault="0073122E" w:rsidP="000E7DA9">
       <w:pPr>
         <w:pStyle w:val="Abecednseznam"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="454" w:hanging="454"/>
       </w:pPr>
       <w:r w:rsidRPr="00A915C1">
         <w:t>Uvést lokaci citace v citovaném dokumentu (tj. strany, ze kterých bylo citováno) je povinné u přímé citace. Rozsah stran, ze kterých autor vycházel, doporučujeme uvádět také u parafráze. Není povinné uvádět celkový počet stran publikace.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F1CC9DA" w14:textId="77777777" w:rsidR="0073122E" w:rsidRPr="00A915C1" w:rsidRDefault="0073122E" w:rsidP="000E7DA9">
       <w:pPr>
         <w:pStyle w:val="Abecednseznam"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="454" w:hanging="454"/>
       </w:pPr>
       <w:r w:rsidRPr="00A915C1">
         <w:t>Údaje do bibliografické citace se vždy přebírají předně z titulního listu (úvodní obrazovky, webové stránky, etikety na disku apod.), pořadí údajů je přesně stanoveno normou. Dalším zdrojem informací je pak rub titulní strany, hlavička stránky, obálka, obal či doprovodná dokumentace (např. leták, manuál).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CC7223B" w14:textId="071A4B07" w:rsidR="0073122E" w:rsidRPr="00A915C1" w:rsidRDefault="0073122E" w:rsidP="000E7DA9">
       <w:pPr>
         <w:pStyle w:val="Abecednseznam"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="454" w:hanging="454"/>
       </w:pPr>
       <w:r w:rsidRPr="00A915C1">
-        <w:lastRenderedPageBreak/>
         <w:t>Pokud některý údaj chybí, vynechává se a pokračuje se následujícím. V některých případech lze údaj dohledat v jiných zdrojích. V případě, že je některý z údajů přebrán z</w:t>
       </w:r>
       <w:r w:rsidR="00A915C1">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A915C1">
         <w:t>jiného zdroje, uvádí se v hranaté závorce.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D716CA4" w14:textId="77777777" w:rsidR="0073122E" w:rsidRPr="00A915C1" w:rsidRDefault="0073122E" w:rsidP="000E7DA9">
       <w:pPr>
         <w:pStyle w:val="Abecednseznam"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="454" w:hanging="454"/>
       </w:pPr>
       <w:r w:rsidRPr="00A915C1">
         <w:t>Údaje se zapisují v jazyce, ve kterém jsou uvedeny v citovaném dokumentu. V jazyce tvorby bibliografické citace se uvádí pouze fyzický popis knihy (rozsah stran) a poznámky.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00F34EB2" w14:textId="77777777" w:rsidR="0073122E" w:rsidRPr="00A915C1" w:rsidRDefault="0073122E" w:rsidP="000E7DA9">
       <w:pPr>
         <w:pStyle w:val="Abecednseznam"/>
@@ -26512,55 +26965,55 @@
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="454" w:hanging="454"/>
       </w:pPr>
       <w:r w:rsidRPr="00A915C1">
         <w:t>Podoba bibliografických citací musí být jednotná v celém dokumentu (jednotný styl, formát a interpunkce).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01179124" w14:textId="28C3F74F" w:rsidR="0073122E" w:rsidRPr="00A915C1" w:rsidRDefault="0073122E" w:rsidP="000E7DA9">
       <w:pPr>
         <w:pStyle w:val="Abecednseznam"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="454" w:hanging="454"/>
       </w:pPr>
       <w:r w:rsidRPr="00A915C1">
         <w:t>Pokud je text přebírán z cizojazyčného zdroje a v práci se využívá jako přímá citace, je důležité daný text co nejpřesněji přeložit. Do poznámky pod čarou je možné připojit poznámku, že se jedná o vlastní překlad, a uvést originální cizojazyčné znění.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7275CE87" w14:textId="7541FD9B" w:rsidR="009D4DE0" w:rsidRDefault="009D4DE0" w:rsidP="009D4DE0">
       <w:pPr>
         <w:pStyle w:val="Nadpis3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="95" w:name="_Toc214909496"/>
+      <w:bookmarkStart w:id="97" w:name="_Toc220356647"/>
       <w:r>
         <w:t>Základní pojmy</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="95"/>
+      <w:bookmarkEnd w:id="97"/>
     </w:p>
     <w:p w14:paraId="3CBF7584" w14:textId="0C8FD7A1" w:rsidR="008F180A" w:rsidRPr="008F180A" w:rsidRDefault="008F180A" w:rsidP="008F180A">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r w:rsidRPr="00F91A23">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Citát (přímá citace) – </w:t>
       </w:r>
       <w:r w:rsidRPr="008F180A">
         <w:t xml:space="preserve">doslovně </w:t>
       </w:r>
       <w:r w:rsidR="00811B31">
         <w:t>převzatý text</w:t>
       </w:r>
       <w:r w:rsidRPr="008F180A">
         <w:t xml:space="preserve"> j</w:t>
       </w:r>
       <w:r w:rsidR="00811B31">
         <w:t>iného autora, který</w:t>
       </w:r>
       <w:r w:rsidRPr="008F180A">
         <w:t xml:space="preserve"> je nutné odlišit od vlastního textu (</w:t>
@@ -26598,50 +27051,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00A915C1">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Odkaz v textu –</w:t>
       </w:r>
       <w:r w:rsidRPr="008F180A">
         <w:t xml:space="preserve"> způsob propojení citace (citátu či parafráze) a bibliografické citace čili textu práce se seznamem bibliografických citací. Jedná se odkaz na konkrétní bibliografickou citaci v soupisu seznamu použité literatury. Pro tvorbu odkazů existují u</w:t>
       </w:r>
       <w:r w:rsidR="00A915C1">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008F180A">
         <w:t>normy ČSN ISO 690:2022 tři metody (metoda prvku a data, metoda číselných odkazů a metoda průběžných poznámek). V případě použití jiných citačních norem a stylů je nutné seznámit se s pravidly odkazování konkrétní normy a dodržovat je.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07D00EC4" w14:textId="59F03795" w:rsidR="008F180A" w:rsidRPr="008F180A" w:rsidRDefault="008F180A" w:rsidP="00811B31">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r w:rsidRPr="00A915C1">
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Bibliografická citace –</w:t>
       </w:r>
       <w:r w:rsidRPr="008F180A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00811B31">
         <w:t>kompletní údaje o použitém zdroji</w:t>
       </w:r>
       <w:r w:rsidRPr="008F180A">
         <w:t xml:space="preserve"> (text</w:t>
       </w:r>
       <w:r w:rsidR="00811B31">
         <w:t>, obrázek, graf, tabulka atd.), které umožní jeho snadn</w:t>
       </w:r>
       <w:r w:rsidR="00E9304F">
         <w:t>ou identifikaci</w:t>
       </w:r>
       <w:r w:rsidR="00811B31">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="008F180A">
         <w:t>Bibliografická citace</w:t>
       </w:r>
       <w:r w:rsidR="00E9304F">
         <w:t xml:space="preserve"> (někdy také reference)</w:t>
@@ -26652,92 +27106,85 @@
       <w:r w:rsidR="00811B31">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E9304F">
         <w:t>Formát bibliografické citace se odvíjí podle toho, jaký druh dokumentu se cituje.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DFBADDC" w14:textId="4D3BBD0A" w:rsidR="008F180A" w:rsidRPr="008F180A" w:rsidRDefault="008F180A" w:rsidP="008F180A">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r w:rsidRPr="00A915C1">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Seznam použité literatury –</w:t>
       </w:r>
       <w:r w:rsidRPr="008F180A">
         <w:t xml:space="preserve"> seznam všech použitých dokumentů a zdrojů v dané práci. Je řazen dle náležitostí a pravidel zvolené citační normy, příp. podle náležitosti konkrétní metody citování v rámci normy.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A28A103" w14:textId="51FFD87E" w:rsidR="009D4DE0" w:rsidRDefault="009D4DE0" w:rsidP="009D4DE0">
       <w:pPr>
         <w:pStyle w:val="Nadpis3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="96" w:name="_Toc214909497"/>
+      <w:bookmarkStart w:id="98" w:name="_Toc220356648"/>
       <w:r>
         <w:t>Citační etika</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="96"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="6C74242F" w14:textId="6D981C7A" w:rsidR="0076320B" w:rsidRPr="0076320B" w:rsidRDefault="0076320B" w:rsidP="0076320B">
+      <w:bookmarkEnd w:id="98"/>
+    </w:p>
+    <w:p w14:paraId="6C74242F" w14:textId="7D954F41" w:rsidR="0076320B" w:rsidRPr="0076320B" w:rsidRDefault="0076320B" w:rsidP="0076320B">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0076320B">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Podrobné informace o pravidlech tvorby citací a citační etice je možné najít na portálu informační výchovy pro UTB </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58" w:history="1">
+      <w:hyperlink r:id="rId59" w:history="1">
         <w:r w:rsidRPr="002820F8">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>https://iva.k.utb.cz</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0076320B">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, souhrnné informace o citacích a dostupných </w:t>
-[...8 lines deleted...]
-      <w:hyperlink r:id="rId59" w:history="1">
+        <w:t xml:space="preserve">, souhrnné informace o citacích a dostupných citačních manažerech na webových stránkách Knihovny UTB </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId60" w:history="1">
         <w:r w:rsidR="009B0C1E" w:rsidRPr="00E04B01">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>https://knihovna.utb.cz/</w:t>
         </w:r>
         <w:r w:rsidR="009B0C1E" w:rsidRPr="00E04B01">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:br/>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="009B0C1E" w:rsidRPr="00E04B01">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>sluzby</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidR="009B0C1E" w:rsidRPr="00E04B01">
           <w:rPr>
@@ -26780,55 +27227,55 @@
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0076320B">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00FE2F84">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="428EAF84" w14:textId="04E2BC4C" w:rsidR="009D4DE0" w:rsidRDefault="009D4DE0" w:rsidP="009D4DE0">
       <w:pPr>
         <w:pStyle w:val="Nadpis3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="97" w:name="_Toc214909498"/>
+      <w:bookmarkStart w:id="99" w:name="_Toc220356649"/>
       <w:r>
         <w:t>Příklady citování nejčastějších typů dokumentů podle ČSN ISO 690</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="97"/>
+      <w:bookmarkEnd w:id="99"/>
     </w:p>
     <w:p w14:paraId="08ECA723" w14:textId="621F9704" w:rsidR="009D4DE0" w:rsidRDefault="009D4DE0" w:rsidP="009D4DE0">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D4DE0">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>V případě UTB ve Zlíně je doporučenou citační normou ČSN ISO 690</w:t>
       </w:r>
       <w:r w:rsidR="00A915C1">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (v aktuální verzi, tedy 2022)</w:t>
       </w:r>
       <w:r w:rsidRPr="009D4DE0">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, na kterou se vztahují následující doporučení. Další normy a citační styly je na UTB ve Zlíně možné používat pouze, pokud jsou odborně odůvodnitelné a pokud to umožňuje vnitřní norma </w:t>
@@ -26860,70 +27307,70 @@
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
       <w:r w:rsidRPr="009D4DE0">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chicago Style). </w:t>
       </w:r>
       <w:r w:rsidRPr="009D4DE0">
         <w:t xml:space="preserve">Při používání </w:t>
       </w:r>
       <w:r w:rsidR="00AB2909">
         <w:t>jiné citační normy či citačního stylu</w:t>
       </w:r>
       <w:r w:rsidRPr="009D4DE0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AB2909">
         <w:t>je fakulta povinna vedoucí prací, studenty a uchazeče řádně v této normě či stylu odborně proškolit.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E31FA8B" w14:textId="57CC447A" w:rsidR="009D4DE0" w:rsidRDefault="009D4DE0" w:rsidP="009D4DE0">
+    <w:p w14:paraId="7E31FA8B" w14:textId="187B1A24" w:rsidR="009D4DE0" w:rsidRDefault="009D4DE0" w:rsidP="009D4DE0">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r w:rsidRPr="009D4DE0">
         <w:t>Níže uvedené příklady jsou vytvořeny s ohledem na standardní podobu citace podle ČSN ISO 690:2022. V případě užití tzv. harvardského způsobu o</w:t>
       </w:r>
       <w:r w:rsidR="00F8036B">
         <w:t>dkazování v textu (metoda jméno–</w:t>
       </w:r>
       <w:r w:rsidRPr="009D4DE0">
         <w:t xml:space="preserve">datum) v rámci </w:t>
       </w:r>
       <w:r w:rsidR="00F8036B">
         <w:t>této normy</w:t>
       </w:r>
       <w:r w:rsidRPr="009D4DE0">
         <w:t xml:space="preserve"> je nutné přesunout rok vydání za údaje o autorech. Podrobné informace pro použití harvardského způsobu odkazování je možné najít na webových stránkách knihovny: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60" w:history="1">
+      <w:hyperlink r:id="rId61" w:history="1">
         <w:r w:rsidRPr="002820F8">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>http://iva.k.utb.cz/wp-content/uploads/harvardsky-system.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009D4DE0">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5376FAF8" w14:textId="77777777" w:rsidR="008E2F32" w:rsidRDefault="008E2F32" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5909515D" w14:textId="59314D80" w:rsidR="00BB3C38" w:rsidRPr="001F5316" w:rsidRDefault="0076320B" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
@@ -27116,50 +27563,51 @@
       <w:r w:rsidRPr="00BB3C38">
         <w:t>Computer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BB3C38">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BB3C38">
         <w:t>Press</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BB3C38">
         <w:t>, 2010. ISBN 978-80-251-2795-7.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55AE2E16" w14:textId="77777777" w:rsidR="00BB3C38" w:rsidRPr="00BB3C38" w:rsidRDefault="00BB3C38" w:rsidP="007C6C60">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="007C6C60">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>HOLMEROVÁ, Iva.</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB3C38">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB3C38">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Minimum akademického bontonu, aneb, Jak neuklouznout nejen na akademické půdě.</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB3C38">
         <w:t xml:space="preserve"> Praha: Grada, 2014. ISBN 9788024754277.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="162AD7DD" w14:textId="77777777" w:rsidR="00BB3C38" w:rsidRPr="00BB3C38" w:rsidRDefault="00BB3C38" w:rsidP="007C6C60">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="007C6C60">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -27394,113 +27842,107 @@
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> CS4 Professional: Oficiální výukový kurz.</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB3C38">
         <w:t xml:space="preserve"> Brno: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BB3C38">
         <w:t>Computer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BB3C38">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BB3C38">
         <w:t>Press</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BB3C38">
         <w:t>, 2009. ISBN 978-80-251-2334-8.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6526CE22" w14:textId="77777777" w:rsidR="008906D3" w:rsidRDefault="008906D3" w:rsidP="007C6C60">
+    <w:p w14:paraId="467BCC60" w14:textId="77777777" w:rsidR="008B326B" w:rsidRDefault="008B326B" w:rsidP="007C6C60">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="467BCC60" w14:textId="77777777" w:rsidR="008B326B" w:rsidRDefault="008B326B" w:rsidP="007C6C60">
-[...3 lines deleted...]
-    </w:p>
     <w:p w14:paraId="5F26DC0F" w14:textId="034BC84A" w:rsidR="008906D3" w:rsidRDefault="008906D3" w:rsidP="008906D3">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008906D3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Kniha dostupná </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>také</w:t>
       </w:r>
       <w:r w:rsidRPr="008906D3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> v digitální podobě</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34FB8CB2" w14:textId="421FD06D" w:rsidR="008906D3" w:rsidRDefault="008906D3" w:rsidP="008906D3">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008906D3">
         <w:t>Digitalizovaná kniha se cituje stejně jako tištěná kniha</w:t>
       </w:r>
       <w:r w:rsidR="009405CA">
         <w:t xml:space="preserve">, navíc se připojí </w:t>
       </w:r>
       <w:r w:rsidRPr="008906D3">
         <w:t>informace o přístupu k digitalizované formě knihy</w:t>
       </w:r>
       <w:r w:rsidR="00D25B26">
         <w:t>, popř. informace o formátu digitalizované podoby knihy.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="578A37E1" w14:textId="0F56E54F" w:rsidR="008906D3" w:rsidRPr="0082414B" w:rsidRDefault="008906D3" w:rsidP="008906D3">
+    <w:p w14:paraId="578A37E1" w14:textId="243A7770" w:rsidR="008906D3" w:rsidRPr="0082414B" w:rsidRDefault="008906D3" w:rsidP="008906D3">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74A0C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">SUTHERLAND, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B74A0C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Rory</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B74A0C">
         <w:rPr>
@@ -27513,51 +27955,51 @@
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Alchymie: kouzlo značky a podivuhodná věda úspěchu marketingových nápadů, které nedávají smysl.</w:t>
       </w:r>
       <w:r w:rsidRPr="00B74A0C">
         <w:t xml:space="preserve"> Žádná velká věda. Brno: Jan </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B74A0C">
         <w:t>Melvil</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B74A0C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B74A0C">
         <w:t>Publishing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B74A0C">
         <w:t xml:space="preserve">, 2021. ISBN 978-80-7555-134-4. Dostupné také z: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61" w:history="1">
+      <w:hyperlink r:id="rId62" w:history="1">
         <w:r w:rsidRPr="00D07E9D">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://www.bookport.cz/kniha/alchymie-7868/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B74A0C">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B74A0C">
         <w:t>ePub</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B74A0C">
         <w:t xml:space="preserve"> formát.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3492133B" w14:textId="77777777" w:rsidR="007C6C60" w:rsidRDefault="007C6C60" w:rsidP="007C6C60">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -27916,63 +28358,73 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>KOŇÁK, Tomáš.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Protidrogová politika a praxe ve VS ČR. </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE217C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>České vězeňství: čtvrtletník pro vězeňství a kriminální prevenci.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 2011, roč. 19, č. 3, s. 14–16. ISSN 1213-9297.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AD34AE9" w14:textId="77777777" w:rsidR="007C6C60" w:rsidRDefault="007C6C60" w:rsidP="007C6C60">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1785D44B" w14:textId="77777777" w:rsidR="007C6C60" w:rsidRPr="007C6C60" w:rsidRDefault="007C6C60" w:rsidP="007C6C60">
+    <w:p w14:paraId="7F3F71A0" w14:textId="77777777" w:rsidR="00A8237D" w:rsidRDefault="00A8237D" w:rsidP="007C6C60">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1785D44B" w14:textId="73A79657" w:rsidR="007C6C60" w:rsidRPr="007C6C60" w:rsidRDefault="007C6C60" w:rsidP="007C6C60">
+      <w:pPr>
+        <w:pStyle w:val="Prvnodstavecprce"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="007C6C60">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Závěrečná práce</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="042E0A88" w14:textId="77777777" w:rsidR="007C6C60" w:rsidRDefault="007C6C60" w:rsidP="007C6C60">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="007C6C60">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>DVOŘÁK, Jan.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D64BE4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D64BE4">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Power</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -28129,82 +28581,72 @@
     <w:p w14:paraId="70810A6F" w14:textId="2C79A339" w:rsidR="00DB3531" w:rsidRDefault="00F8036B" w:rsidP="00DB3531">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t>datum citování (</w:t>
       </w:r>
       <w:r w:rsidR="00DB3531">
         <w:t xml:space="preserve">kdy byl </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">informační zdroj otevřen) </w:t>
       </w:r>
       <w:r w:rsidR="00DB3531">
         <w:t>ve tvaru [cit. RRRR-MM-DD],</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B7CA374" w14:textId="20BA8A3D" w:rsidR="007C6C60" w:rsidRDefault="00DB3531" w:rsidP="00DB3531">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r>
         <w:t>dostupnost a přístup, např. Dostupné z: …, Dostupné také z: …</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AC704F5" w14:textId="77777777" w:rsidR="00D503FE" w:rsidRDefault="00D503FE" w:rsidP="001F5316">
+    <w:p w14:paraId="6F627A8C" w14:textId="77777777" w:rsidR="008B326B" w:rsidRPr="008B326B" w:rsidRDefault="008B326B" w:rsidP="008B326B">
+      <w:pPr>
+        <w:pStyle w:val="Dalodstavceprce"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D9FA17E" w14:textId="4EE0A281" w:rsidR="001F5316" w:rsidRPr="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...12 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="001F5316">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Elektronická kniha</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00032D61" w14:textId="26906A54" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
+    <w:p w14:paraId="00032D61" w14:textId="3B49A88A" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="001F5316">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>LOVERA, Marco.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0082414B">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Control-oriented</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0082414B">
         <w:rPr>
           <w:i/>
         </w:rPr>
@@ -28271,104 +28713,104 @@
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Engineering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and Technology, 2015. ISBN </w:t>
       </w:r>
       <w:r w:rsidRPr="008A0C7F">
         <w:t>978-1-84919-614-7</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. Dostupné z: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Knovel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62" w:history="1">
+      <w:hyperlink r:id="rId63" w:history="1">
         <w:r w:rsidR="00C35E7F" w:rsidRPr="00E04B01">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://app.knovel.com/kn/resources/kpCOMITP02/toc</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>. [</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>paywall</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>]. [cit. 2024-01-06].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14F0841C" w14:textId="34782BEC" w:rsidR="001F5316" w:rsidRPr="0082414B" w:rsidRDefault="001F5316" w:rsidP="001F5316">
+    <w:p w14:paraId="14F0841C" w14:textId="3777C76C" w:rsidR="001F5316" w:rsidRPr="0082414B" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F5316">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>KALENDA, Jan.</w:t>
       </w:r>
       <w:r w:rsidRPr="008A0C7F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0082414B">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Vratký triumf: vývoj účasti na neformálním vzdělávání dospělých v České republice v letech 1997 až 2016.</w:t>
       </w:r>
       <w:r w:rsidRPr="008A0C7F">
         <w:t xml:space="preserve"> Online. Zlín: Univerzita Tomáše Bati, 2021. ISBN </w:t>
       </w:r>
       <w:r w:rsidR="00C35E7F">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="008A0C7F">
         <w:t xml:space="preserve">978-80-7454-986-1. Dostupné z: Digitální knihovna UTB, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63" w:history="1">
+      <w:hyperlink r:id="rId64" w:history="1">
         <w:r w:rsidR="00C35E7F" w:rsidRPr="00E04B01">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://doi.org/10.7441/</w:t>
         </w:r>
         <w:r w:rsidR="00C35E7F" w:rsidRPr="00E04B01">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:br/>
           <w:t>978-80-7454-986</w:t>
         </w:r>
         <w:r w:rsidR="00C35E7F" w:rsidRPr="00E04B01">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:noBreakHyphen/>
           <w:t>1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008A0C7F">
         <w:t>.</w:t>
       </w:r>
       <w:r>
@@ -28391,51 +28833,51 @@
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C35E7F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Příspěvek v elektronickém sborníku</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71280E13" w14:textId="31A5659B" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Obdobně se bude citovat kapitola z monografie, </w:t>
       </w:r>
       <w:r w:rsidR="00B74A0C">
         <w:t xml:space="preserve">kdy je </w:t>
       </w:r>
       <w:r>
         <w:t>autor odlišný od autora celé monografie.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28B0D8B4" w14:textId="22991AB3" w:rsidR="001F5316" w:rsidRPr="008A0C7F" w:rsidRDefault="001F5316" w:rsidP="001F5316">
+    <w:p w14:paraId="28B0D8B4" w14:textId="359DC8F5" w:rsidR="001F5316" w:rsidRPr="008A0C7F" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="00C35E7F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">SOUSEDÍKOVÁ, Lucie; ADÁMEK, Milan a HROMADA, Martin. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008A0C7F">
         <w:t>Analysis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008A0C7F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008A0C7F">
         <w:t>of</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t> </w:t>
@@ -28507,206 +28949,222 @@
       <w:r w:rsidRPr="008A0C7F">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> (CSCC).</w:t>
       </w:r>
       <w:r w:rsidRPr="008A0C7F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008A0C7F">
         <w:t>Crete</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008A0C7F">
         <w:t xml:space="preserve">, 19-22 July 2022. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008A0C7F">
         <w:t>Crete</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008A0C7F">
         <w:t xml:space="preserve">: IEEE, 2022. Dostupné z: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64" w:history="1">
+      <w:hyperlink r:id="rId65" w:history="1">
         <w:r w:rsidR="00C35E7F" w:rsidRPr="00E04B01">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://doi.org/10.1109/CSCC55931.2022.00009</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008A0C7F">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008A0C7F">
         <w:t>[cit. 2023-03-14].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40707504" w14:textId="77777777" w:rsidR="008906D3" w:rsidRDefault="008906D3" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23763727" w14:textId="3EBF0004" w:rsidR="001F5316" w:rsidRPr="00C35E7F" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C35E7F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Elektronický dokument (šedá literatura, která nebyla publikovaná a nemá ISBN: firemní literatura, výroční zprávy, návody, příručky atd.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="092E8AC5" w14:textId="6EC18A4B" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
+    <w:p w14:paraId="092E8AC5" w14:textId="2488CE9C" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="00C35E7F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>UNIVERZITA TOMÁŠE BATI VE ZLÍNĚ.</w:t>
       </w:r>
       <w:r w:rsidRPr="009272D2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009272D2">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Výroční zpráva o činnosti UTB za rok 2022.</w:t>
       </w:r>
       <w:r w:rsidRPr="009272D2">
         <w:t xml:space="preserve"> Online. 2022. Dostupné z: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65" w:history="1">
+      <w:hyperlink r:id="rId66" w:history="1">
         <w:r w:rsidR="00FA1FA8" w:rsidRPr="00E04B01">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://utb.cz/mdocs-posts/vyrocni-zprava-o-cinnosti-utb-za-rok</w:t>
         </w:r>
         <w:r w:rsidR="00FA1FA8" w:rsidRPr="00E04B01">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:noBreakHyphen/>
           <w:t>2022/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009272D2">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009272D2">
         <w:t>[cit. 2023-05-20].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="598E5280" w14:textId="586D4C25" w:rsidR="001F5316" w:rsidRPr="009272D2" w:rsidRDefault="001F5316" w:rsidP="001F5316">
+    <w:p w14:paraId="598E5280" w14:textId="35B6792F" w:rsidR="001F5316" w:rsidRPr="009272D2" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="00C35E7F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>MATYÁŠTÍKOVÁ, Kateřina a HRABINOVÁ, Světlana.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009272D2">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Metodický materiál pro</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="009272D2">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>vedoucí závěrečných prací na UTB ve Zlíně.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Online, prezentace. 2023. Dostupné z: Knihovna UTB, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66" w:history="1">
+      <w:hyperlink r:id="rId67" w:history="1">
         <w:r w:rsidRPr="00B07B4F">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://knihovna.utb.cz/wp-content/uploads/2023/11/metodicky-material-diplomovy-seminar-2023.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>. [cit. 2023-12-17].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11BE6E0D" w14:textId="77777777" w:rsidR="000A605F" w:rsidRDefault="000A605F" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="66340659" w14:textId="77777777" w:rsidR="00C51D48" w:rsidRDefault="00C51D48" w:rsidP="00C51D48">
+      <w:pPr>
+        <w:pStyle w:val="Dalodstavceprce"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A9E3164" w14:textId="77777777" w:rsidR="00C51D48" w:rsidRDefault="00C51D48" w:rsidP="00C51D48">
+      <w:pPr>
+        <w:pStyle w:val="Dalodstavceprce"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A3AC1FC" w14:textId="77777777" w:rsidR="00C51D48" w:rsidRPr="00C51D48" w:rsidRDefault="00C51D48" w:rsidP="00C51D48">
+      <w:pPr>
+        <w:pStyle w:val="Dalodstavceprce"/>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="43FFD569" w14:textId="6C86FDAB" w:rsidR="001F5316" w:rsidRPr="000A605F" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A605F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Článek v elektronickém periodiku</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48AAFFFA" w14:textId="00070971" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
+    <w:p w14:paraId="48AAFFFA" w14:textId="0D95A1E9" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="000A605F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>DURPEKOVA, Silvie; DI MARTINO, Antonio; DUSANKOVA, Miroslava; DROHSLER, Petra a SEDLARIK, Vladimir.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Biopolymer </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Hydrogel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Based</w:t>
       </w:r>
@@ -28821,365 +29279,364 @@
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Fertilizers</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">. Online. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009272D2">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Polymers</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009272D2">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2021, vol. 13, no. 19. ISSN 2073-4360. Dostupné z: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67" w:history="1">
+      <w:hyperlink r:id="rId68" w:history="1">
         <w:r w:rsidRPr="00B07B4F">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://doi.org/10.3390/polym13193274</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>. [cit. 2023-10-16].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="632AE3B3" w14:textId="4A4CAA02" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
+    <w:p w14:paraId="632AE3B3" w14:textId="4D33110E" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="000A605F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>EHLER, Edvard; NAKLÁDALOVÁ, Marie; HEŘMAN, Miroslav a URBAN, Pavel.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Onemocnění bederní páteře – nová neurologická nemoc z povolání. Online. </w:t>
       </w:r>
       <w:r w:rsidRPr="009272D2">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Česká a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="009272D2">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">slovenská neurologie a neurochirurgie. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2022, roč. 85/118, č. 5, s. 351-362. Dostupné z: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68" w:history="1">
+      <w:hyperlink r:id="rId69" w:history="1">
         <w:r w:rsidRPr="00B07B4F">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://doi.org/10.48095/cccsnn2022351</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>. [cit. 2023-03-14].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D66D126" w14:textId="77777777" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7F6E279C" w14:textId="7209CF69" w:rsidR="001F5316" w:rsidRPr="00735EDC" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00735EDC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Webové sídlo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FF286DB" w14:textId="28019732" w:rsidR="001F5316" w:rsidRPr="009272D2" w:rsidRDefault="001F5316" w:rsidP="001F5316">
+    <w:p w14:paraId="3FF286DB" w14:textId="287D09C5" w:rsidR="001F5316" w:rsidRPr="009272D2" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="00735EDC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>RADA PRO VÝZKUM, VÝVOJ A INOVACE.</w:t>
       </w:r>
       <w:r w:rsidRPr="009272D2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009272D2">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Výzkum a vývoj v České republice.</w:t>
       </w:r>
       <w:r w:rsidRPr="009272D2">
         <w:t xml:space="preserve"> Online. ©2015. Dostupné z: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69" w:history="1">
+      <w:hyperlink r:id="rId70" w:history="1">
         <w:r w:rsidRPr="00B07B4F">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>http://www.vyzkum.cz</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009272D2">
         <w:t>. [cit. 2023-08-19].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="266F84F8" w14:textId="77777777" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="562C4AB6" w14:textId="6BFEBB97" w:rsidR="001F5316" w:rsidRPr="00735EDC" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00735EDC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Webová stránka (nesamostatná část webového sídla)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C3B0912" w14:textId="77777777" w:rsidR="001F5316" w:rsidRPr="009272D2" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r w:rsidRPr="009272D2">
         <w:t>Pokud je autor webové stránky shodný s názvem celého webu, tak se uvádí pouze autor a</w:t>
       </w:r>
       <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="009272D2">
         <w:t>název sídla (celku) se vynechá.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FD7F963" w14:textId="318129F9" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
+    <w:p w14:paraId="7FD7F963" w14:textId="11B45AC1" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="00735EDC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">KNIHOVNA UNIVERZITY TOMÁŠE BATI VE ZLÍNĚ. </w:t>
       </w:r>
       <w:r w:rsidRPr="009272D2">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Najdete u nás.</w:t>
       </w:r>
       <w:r w:rsidRPr="009272D2">
         <w:t xml:space="preserve"> Online. ©2023. Dostupné z: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70" w:history="1">
+      <w:hyperlink r:id="rId71" w:history="1">
         <w:r w:rsidRPr="00B07B4F">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://knihovna.utb.cz/najdete-u-nas/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009272D2">
         <w:t>. [cit. 2023-08-19].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AA09D4A" w14:textId="77777777" w:rsidR="008906D3" w:rsidRDefault="008906D3" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B8742ED" w14:textId="5BD5F83A" w:rsidR="001F5316" w:rsidRPr="00735EDC" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00735EDC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Příspěvek do webového sídla </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F1F5098" w14:textId="77777777" w:rsidR="001F5316" w:rsidRPr="009272D2" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:t>Využívá se u citací např. příspěvku na blogu, aktuality na webovém portálu, hesla z encyklopedie, obrázku, tabulky, grafů atd.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F63B088" w14:textId="3D3BFF4D" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
+    <w:p w14:paraId="5F63B088" w14:textId="59D1E090" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="00735EDC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>DUPALOVÁ, Zuzana.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009272D2">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Biochemik Jan Konvalinka převzal cenu předsedkyně RVVI za popularizaci.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Online. In: </w:t>
       </w:r>
       <w:r w:rsidRPr="009272D2">
         <w:t>Akademie věd České republiky.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 8. 12. 2023. Dostupné z: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71" w:history="1">
+      <w:hyperlink r:id="rId72" w:history="1">
         <w:r w:rsidRPr="00B07B4F">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://www.avcr.cz/cs/o-nas/aktuality/Biochemik-Jan-Konvalinka-prevzal-cenu-predsedkyne-RVVI-za-popularizaci/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>. [cit. 2023-12-19].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E783F08" w14:textId="32B923FE" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
+    <w:p w14:paraId="0E783F08" w14:textId="2A3149EE" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="00735EDC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>STRŽÍNKOVÁ, Sabina.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009272D2">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Židle </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009272D2">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Tammi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009272D2">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Online, obrázek. In: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Showcase</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> FMK UTB. 2022-02-13. Dostupné z: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72" w:history="1">
+      <w:hyperlink r:id="rId73" w:history="1">
         <w:r w:rsidRPr="00B07B4F">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://showcase.fmk.utb.cz/prumyslovy-design/zidle-tammi/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>. [cit. 2023-12-19].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3616BF6B" w14:textId="2A576905" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
+    <w:p w14:paraId="3616BF6B" w14:textId="26444A8C" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="00735EDC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">STATISTA. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00652405">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Number</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00652405">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -29297,387 +29754,382 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00652405">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>millions</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00652405">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Online, graf. In: Statista. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>October</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> 2023. Dostupné z: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73" w:history="1">
+      <w:hyperlink r:id="rId74" w:history="1">
         <w:r w:rsidRPr="00B07B4F">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://www.statista.com/statistics/244995/number-of-paying-spotify-subscribers/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00FA1FA8">
         <w:br/>
       </w:r>
       <w:r>
         <w:t>[cit. 2023-12-19].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0292410C" w14:textId="77777777" w:rsidR="001F5316" w:rsidRPr="00652405" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="21BA377A" w14:textId="77777777" w:rsidR="001F5316" w:rsidRPr="00FA1FA8" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA1FA8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Sociální média a služby</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FEF015B" w14:textId="0F07A655" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
+    <w:p w14:paraId="7FEF015B" w14:textId="26F91069" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="00FA1FA8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>KOVÁŘ, Karel [@Kovy].</w:t>
       </w:r>
       <w:r w:rsidRPr="003D0ABF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D0ABF">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Radikální algoritmy. </w:t>
       </w:r>
       <w:r w:rsidRPr="003D0ABF">
         <w:t xml:space="preserve">Online, video. 20. 3. 2022. Dostupné z: YouTube, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74" w:history="1">
+      <w:hyperlink r:id="rId75" w:history="1">
         <w:r w:rsidRPr="00B07B4F">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://www.youtube.com/watch?v=IARByMNIpsw</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003D0ABF">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D0ABF">
         <w:t>[cit. 2023-03-15].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F140F8D" w14:textId="06147FE8" w:rsidR="001F5316" w:rsidRPr="003D0ABF" w:rsidRDefault="001F5316" w:rsidP="001F5316">
+    <w:p w14:paraId="0F140F8D" w14:textId="19786F9B" w:rsidR="001F5316" w:rsidRPr="003D0ABF" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="00FA1FA8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>KNIHOVNA UNIVERZITY TOMÁŠE BATI VE ZLÍNĚ [@knihovnautb].</w:t>
       </w:r>
       <w:r w:rsidRPr="003D0ABF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D0ABF">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Dopisujete diplomku nebo seminárku na poslední chvíli a hodil by se vám ještě nějaký ten zahraniční zdroj? ... </w:t>
       </w:r>
       <w:r w:rsidRPr="003D0ABF">
         <w:t xml:space="preserve">Online, příspěvek. 2023-04-26. Dostupné z: Facebook, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75" w:history="1">
+      <w:hyperlink r:id="rId76" w:history="1">
         <w:r w:rsidRPr="00B07B4F">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://www.facebook.com/photo/?fbid=623621036471432&amp;set=a.5597</w:t>
         </w:r>
         <w:r w:rsidRPr="00B07B4F">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:br/>
           <w:t>87202854816</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003D0ABF">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D0ABF">
         <w:t>[cit 2023-09-15].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FEECFAC" w14:textId="77777777" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
+    <w:p w14:paraId="0FA541B5" w14:textId="0884F670" w:rsidR="001F5316" w:rsidRPr="00FA1FA8" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA1FA8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Závěrečná práce v elektronické podobě</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51D67A0B" w14:textId="31908345" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
+    <w:p w14:paraId="51D67A0B" w14:textId="08FED8A4" w:rsidR="001F5316" w:rsidRDefault="001F5316" w:rsidP="001F5316">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="00FA1FA8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>KOUTNÝ, Lukáš.</w:t>
       </w:r>
       <w:r w:rsidRPr="003D0ABF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D0ABF">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Portfolio FMK jako digitální platforma pro zlepšení komunikace mezi studenty designových oborů.</w:t>
       </w:r>
       <w:r w:rsidRPr="003D0ABF">
         <w:t xml:space="preserve"> Online, diplomová práce. Zlín: Univerzita Tomáše Bati ve Zlíně, Fakulta multimediálních komunikací, 2020. Dostupné z: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76" w:history="1">
+      <w:hyperlink r:id="rId77" w:history="1">
         <w:r w:rsidR="00FA1FA8" w:rsidRPr="00E04B01">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>http://hdl.handle.net/10563/49227</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003D0ABF">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FA1FA8">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="003D0ABF">
         <w:t>[cit. 2023-10-16].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="148E84E6" w14:textId="3906A74C" w:rsidR="00BB3C38" w:rsidRDefault="009E1FBF" w:rsidP="009E1FBF">
       <w:pPr>
         <w:pStyle w:val="Nadpis4"/>
       </w:pPr>
       <w:r>
         <w:t>Citování výstupů nástrojů umělé inteligence (AI)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A36042B" w14:textId="37EA8EFE" w:rsidR="009E1FBF" w:rsidRPr="009E1FBF" w:rsidRDefault="009E1FBF" w:rsidP="009E1FBF">
+    <w:p w14:paraId="7A36042B" w14:textId="5DBECD3D" w:rsidR="009E1FBF" w:rsidRPr="009E1FBF" w:rsidRDefault="009E1FBF" w:rsidP="009E1FBF">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r w:rsidRPr="009E1FBF">
         <w:t xml:space="preserve">Při používání a citování nástrojů AI v českém prostředí by měla mít každá osoba na paměti zákon č. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77" w:history="1">
+      <w:hyperlink r:id="rId78" w:history="1">
         <w:r w:rsidRPr="009E1FBF">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:bCs/>
           </w:rPr>
           <w:t>121/200</w:t>
         </w:r>
         <w:r w:rsidR="00AB7235">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:bCs/>
           </w:rPr>
           <w:t>0</w:t>
         </w:r>
         <w:r w:rsidRPr="009E1FBF">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:bCs/>
           </w:rPr>
           <w:t xml:space="preserve"> Sb.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E1FBF">
         <w:t xml:space="preserve"> (autorský zákon), a to především § 5, který ve vztahu k autorství říká, že „autorem je fyzická osoba, která dílo vytvořila.“ Nástroj AI tedy není autorem informace, autorství díla je vyhrazeno fyzické osobě, tedy autorům práce, nebo skupině fyzických osob. Zároveň je důležité neopomenout, že zahrnutí výstupů vytvořených nástroji AI (především založených na generativním modelu) do závěrečné práce nezbavuje autora odpovědnosti za odevzdané dílo. Při práci s nástroji AI a využívání jejich výstupů doporučujeme:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="054ADF75" w14:textId="77777777" w:rsidR="009E1FBF" w:rsidRPr="009E1FBF" w:rsidRDefault="009E1FBF" w:rsidP="009E1FBF">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r w:rsidRPr="009E1FBF">
-        <w:lastRenderedPageBreak/>
         <w:t>citovat a deklarovat využití nástrojů AI vždy, když nástroj AI přímo ovlivňuje obsahovou stránku práce, tj. jedná se o přímou citaci, parafrázi nebo do své práce zahrnujeme jakýkoli obsah (text, obraz, data atd.), který byl nástrojem AI vytvořen,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="246B4C78" w14:textId="19BDBF48" w:rsidR="009E1FBF" w:rsidRPr="009E1FBF" w:rsidRDefault="009E1FBF" w:rsidP="009E1FBF">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r w:rsidRPr="009E1FBF">
         <w:t>jasně a transparentně deklarovat, jaké nástroje se v práci využívají, v jakém rozsahu a</w:t>
       </w:r>
       <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="009E1FBF">
         <w:t xml:space="preserve">jaký k tomu byl důvod (pokud je nástroj AI využit pouze k formálním úpravám práce, není nutné využití takového nástroje uvádět), </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43615D94" w14:textId="77777777" w:rsidR="009E1FBF" w:rsidRPr="009E1FBF" w:rsidRDefault="009E1FBF" w:rsidP="009E1FBF">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r w:rsidRPr="009E1FBF">
         <w:t>pokud to je možné, do příloh práce vložit prompty (text zadání dotazu pro aplikaci generativní AI) nebo jejich shrnutí,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="094FC345" w14:textId="77777777" w:rsidR="009E1FBF" w:rsidRPr="009E1FBF" w:rsidRDefault="009E1FBF" w:rsidP="009E1FBF">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
       </w:pPr>
       <w:r w:rsidRPr="009E1FBF">
         <w:t>důsledně ověřovat původní zdroje, na které AI nástroje odkazují (v souvislosti s tímto zdůrazňujeme, že informace získané prostřednictvím nástrojů AI by neměly nahrazovat informace dostupné v původních zdrojích, s jejich vyhledáváním ale mohou dobře pomáhat).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5402F300" w14:textId="109EDAF3" w:rsidR="009E1FBF" w:rsidRDefault="00E9304F" w:rsidP="00311686">
+    <w:p w14:paraId="5402F300" w14:textId="241C27B0" w:rsidR="009E1FBF" w:rsidRDefault="00E9304F" w:rsidP="00311686">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r>
         <w:t>Upozorňujeme, že využívání nástrojů AI je možné na základě konzultace s vedoucím práce a v rámci pravidel na daném ústavu. Při využívání AI je nutné se</w:t>
       </w:r>
       <w:r w:rsidR="00311686">
         <w:t xml:space="preserve"> řídit aktuální směrnic</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> rektora </w:t>
       </w:r>
       <w:r w:rsidRPr="00E9304F">
         <w:t>Pravidla pro zadávání a zpracování bakalářských, diplomových a rigorózních prací, jejich uložení, zpřístupnění veřejnosti a kontrola původnosti</w:t>
       </w:r>
       <w:r>
         <w:t>, př</w:t>
       </w:r>
       <w:r w:rsidR="00311686">
         <w:t>ípadně vnitřní normou součásti. Zásady</w:t>
       </w:r>
       <w:r w:rsidR="009E1FBF" w:rsidRPr="009E1FBF">
         <w:t xml:space="preserve"> a doporučení pro práci s AI či příklady citování výstupů získaných pomocí umělé inteligence, je možné najít v dokumentu </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78" w:history="1">
+      <w:hyperlink r:id="rId79" w:history="1">
         <w:r w:rsidR="009E1FBF" w:rsidRPr="009E1FBF">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>Doporučení k využívání nástrojů umělé inteligence AI na UTB ve Zlíně</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="009E1FBF" w:rsidRPr="009E1FBF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B265C4D" w14:textId="77777777" w:rsidR="009E1FBF" w:rsidRDefault="009E1FBF" w:rsidP="009E1FBF">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3CEEA068" w14:textId="0B5A63F8" w:rsidR="009E1FBF" w:rsidRPr="009E1FBF" w:rsidRDefault="009E1FBF" w:rsidP="009E1FBF">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E1FBF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Citace dotazu pro nástroj generativní AI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54551C0E" w14:textId="41C65C18" w:rsidR="009E1FBF" w:rsidRDefault="009E1FBF" w:rsidP="009E1FBF">
+    <w:p w14:paraId="54551C0E" w14:textId="028D2898" w:rsidR="009E1FBF" w:rsidRDefault="009E1FBF" w:rsidP="009E1FBF">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="009E1FBF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>NOVÁK, Jan.</w:t>
       </w:r>
       <w:r w:rsidRPr="009E1FBF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009E1FBF">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">[Kdy citovat </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009E1FBF">
         <w:rPr>
           <w:i/>
           <w:iCs/>
@@ -29705,74 +30157,75 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009E1FBF">
         <w:t>February</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009E1FBF">
         <w:t xml:space="preserve"> 13 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009E1FBF">
         <w:t>Version</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009E1FBF">
         <w:t xml:space="preserve">, 18. 3. 2024. Dostupné z: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009E1FBF">
         <w:t>OpenAI</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009E1FBF">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79" w:history="1">
+      <w:hyperlink r:id="rId80" w:history="1">
         <w:r w:rsidRPr="009E1FBF">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:bCs/>
           </w:rPr>
           <w:t>https://chat.openai.com/share/59bf4b4d-877e-4af8-b442-bbc3e5656d7c</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E1FBF">
         <w:t>. [cit. 2024-03-18].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="780EDF79" w14:textId="415BE72F" w:rsidR="009E1FBF" w:rsidRDefault="009E1FBF" w:rsidP="009E1FBF">
       <w:pPr>
         <w:pStyle w:val="Nadpis4"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Legislativní dokumenty (zákony, vyhlášky)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AB58181" w14:textId="349BC32F" w:rsidR="009E1FBF" w:rsidRDefault="009E1FBF" w:rsidP="009E1FBF">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E1FBF">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>U legislativních dokumentů záleží, s jakým zdrojem informací se pracuje. Pokud se jedná o tištěnou Sbírku (např. Sbírku zákonů), pak se zákony citují podobně jako příspěvky v tištěném periodiku. U Sbírky dostupné např. z webu Ministerstva vnitra ČR bude citace podobná, ale doplněná o elektronickou verzi. Pokud se využívají právní databáze nebo portály (BECK, Zákony pro lidi atd.), pak se zákony citují jako příspěvky na webu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EDB3950" w14:textId="77777777" w:rsidR="009E1FBF" w:rsidRDefault="009E1FBF" w:rsidP="009E1FBF">
       <w:pPr>
@@ -29800,98 +30253,97 @@
     </w:p>
     <w:p w14:paraId="2D7C9D01" w14:textId="77777777" w:rsidR="009E1FBF" w:rsidRPr="009E1FBF" w:rsidRDefault="009E1FBF" w:rsidP="009E1FBF">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="009E1FBF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ČESKO.</w:t>
       </w:r>
       <w:r w:rsidRPr="009E1FBF">
         <w:t xml:space="preserve"> Zákon č. 257/2016 Sb. o spotřebitelském úvěru. In: </w:t>
       </w:r>
       <w:r w:rsidRPr="009E1FBF">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Sbírka zákonů ČR, </w:t>
       </w:r>
       <w:r w:rsidRPr="009E1FBF">
         <w:t>ročník 2016, částka 100, s. 3794–3876. ISSN 1211-1244.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75337E18" w14:textId="1A8CB2D1" w:rsidR="009E1FBF" w:rsidRPr="00D503FE" w:rsidRDefault="009E1FBF" w:rsidP="00D503FE">
+    <w:p w14:paraId="75337E18" w14:textId="4CB0DF40" w:rsidR="009E1FBF" w:rsidRPr="00D503FE" w:rsidRDefault="009E1FBF" w:rsidP="00D503FE">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E1FBF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ČESKO.</w:t>
       </w:r>
       <w:r w:rsidRPr="009E1FBF">
         <w:t xml:space="preserve"> Zákon č. 111 ze dne 22. dubna 1998, o vysokých školách a o změně a doplnění dalších zákonů (zákon o vysokých školách). Online. In: </w:t>
       </w:r>
       <w:r w:rsidRPr="009E1FBF">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Zákony pro lidi.</w:t>
       </w:r>
       <w:r w:rsidRPr="009E1FBF">
         <w:t xml:space="preserve"> 2010-2023. Dostupné z: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80" w:history="1">
+      <w:hyperlink r:id="rId81" w:history="1">
         <w:r w:rsidRPr="009E1FBF">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://www.zakonyprolidi.cz/cs/1998-111</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E1FBF">
         <w:t xml:space="preserve">. [cit. 2023-03-14]. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71114221" w14:textId="63A35927" w:rsidR="0070043A" w:rsidRDefault="0070043A" w:rsidP="0070043A">
       <w:pPr>
         <w:pStyle w:val="Nadpis3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="98" w:name="_Toc214909499"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:id="100" w:name="_Toc220356650"/>
+      <w:r>
         <w:t>Odkazy na citace v textu</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="98"/>
+      <w:bookmarkEnd w:id="100"/>
     </w:p>
     <w:p w14:paraId="01E2D3E8" w14:textId="531ABF39" w:rsidR="0070043A" w:rsidRDefault="0070043A" w:rsidP="0070043A">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070043A">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Citované části textu nebo převzaté závěry, myšlenky či grafické materiály musí vždy odkazovat na bibliografickou citaci původního dokumentu. Odkaz slouží k identifikaci dokumentu, případně jeho konkrétní části – stránky. Odkazy v textu se podle normy ČSN ISO 690:2022 uvádí v jednom ze tří možných tvarů</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73718049" w14:textId="77777777" w:rsidR="0070043A" w:rsidRDefault="0070043A" w:rsidP="0070043A">
       <w:pPr>
         <w:pStyle w:val="Nadpis4"/>
       </w:pPr>
@@ -30033,50 +30485,51 @@
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00801D4D">
         <w:rPr>
           <w:color w:val="E97132" w:themeColor="accent2"/>
         </w:rPr>
         <w:t>Šuleř</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00801D4D">
         <w:rPr>
           <w:color w:val="E97132" w:themeColor="accent2"/>
         </w:rPr>
         <w:t>, 2009b)</w:t>
       </w:r>
       <w:r w:rsidRPr="00801D4D">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22887375" w14:textId="707E5EDF" w:rsidR="00801D4D" w:rsidRDefault="00801D4D" w:rsidP="00801D4D">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r w:rsidRPr="00801D4D">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">V mnoha situacích se pravomoc deleguje na odborníka: investoři dávají peníze manažerům v naději, že budou efektivně využity, voliči volí politiky, aby za ně vládli, a soudcům se důvěřuje, že správně interpretují právo a budou se držet zákona </w:t>
       </w:r>
       <w:r w:rsidRPr="00801D4D">
         <w:rPr>
           <w:color w:val="E97132" w:themeColor="accent2"/>
         </w:rPr>
         <w:t xml:space="preserve">(Fox a Van </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00801D4D">
         <w:rPr>
           <w:color w:val="E97132" w:themeColor="accent2"/>
         </w:rPr>
         <w:t>Weelden</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00801D4D">
         <w:rPr>
           <w:color w:val="E97132" w:themeColor="accent2"/>
         </w:rPr>
         <w:t>, 2012)</w:t>
       </w:r>
       <w:r w:rsidRPr="00801D4D">
         <w:t>.</w:t>
       </w:r>
@@ -30091,51 +30544,51 @@
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00801D4D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Příklad bibliografických citací v seznamu použité literatury: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AB6B4D0" w14:textId="77777777" w:rsidR="00801D4D" w:rsidRDefault="00801D4D" w:rsidP="00801D4D">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r w:rsidRPr="00801D4D">
         <w:t>Bibliografické citace jsou uspořádány v seznamu použité literatury na konci práce v abecedním pořadí podle příjmení autorů. Seznam se nečísluje. Rok vydání se u této metody neuvádí až za nakladatele, ale přímo za tvůrce, po čárce. Jako datum vydání se uvádí pouze přesnější datum, je-li známé.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59DEF756" w14:textId="77777777" w:rsidR="00801D4D" w:rsidRDefault="00801D4D" w:rsidP="00801D4D">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6232A24C" w14:textId="086957B7" w:rsidR="00801D4D" w:rsidRPr="00801D4D" w:rsidRDefault="00801D4D" w:rsidP="00801D4D">
+    <w:p w14:paraId="6232A24C" w14:textId="720F7894" w:rsidR="00801D4D" w:rsidRPr="00801D4D" w:rsidRDefault="00801D4D" w:rsidP="00801D4D">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="00801D4D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>FOX, Justin a VAN WEELDEN, Richard</w:t>
       </w:r>
       <w:r w:rsidRPr="00801D4D">
         <w:t xml:space="preserve">, 2012. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00801D4D">
         <w:t>Costly</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00801D4D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00801D4D">
         <w:t>transparency</w:t>
       </w:r>
@@ -30165,664 +30618,657 @@
         <w:t>of</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00801D4D">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> Public </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00801D4D">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Economics</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00801D4D">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00801D4D">
         <w:t xml:space="preserve"> Vol. 96, </w:t>
-      </w:r>
-[...564 lines deleted...]
-        <w:t xml:space="preserve">ol. 96, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00801D4D">
         <w:t>issue</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00801D4D">
         <w:t xml:space="preserve"> 1-2, s. 142-150. ISSN 00472727. Dostupné z: </w:t>
       </w:r>
       <w:hyperlink r:id="rId82" w:history="1">
         <w:r w:rsidRPr="00801D4D">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://doi.org/10.1016/j.jpubeco.2011.08.007</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00801D4D">
         <w:t>. [cit. 2023-01-01].</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="4B892B61" w14:textId="77777777" w:rsidR="00801D4D" w:rsidRPr="00801D4D" w:rsidRDefault="00801D4D" w:rsidP="00801D4D">
+      <w:pPr>
+        <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00801D4D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>HOLÁ, Jana</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t xml:space="preserve">, 2006. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00801D4D">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Interní komunikace ve firmě.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t xml:space="preserve"> Brno: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t>Computer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t>Press</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t>. ISBN 80-251-1250-0.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6852060C" w14:textId="77777777" w:rsidR="00801D4D" w:rsidRPr="00801D4D" w:rsidRDefault="00801D4D" w:rsidP="00801D4D">
+      <w:pPr>
+        <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>McQUAIL</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>, Denis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t xml:space="preserve">, 2002. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00801D4D">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Úvod do teorie masové komunikace.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t xml:space="preserve"> 2. vyd. Praha: Portál. ISBN 80-7178-714-0.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DBEE416" w14:textId="77777777" w:rsidR="00801D4D" w:rsidRPr="00801D4D" w:rsidRDefault="00801D4D" w:rsidP="00801D4D">
+      <w:pPr>
+        <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00801D4D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ŠULEŘ, Ondřich</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t xml:space="preserve">, 2009a. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00801D4D">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Interní komunikace ve firmě. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t xml:space="preserve">Brno: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t>Computer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t>Press</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t>. ISBN 80-251-1250-0.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F40DEC9" w14:textId="77777777" w:rsidR="00801D4D" w:rsidRPr="00801D4D" w:rsidRDefault="00801D4D" w:rsidP="00801D4D">
+      <w:pPr>
+        <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00801D4D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ŠULEŘ, Oldřich</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t>, 2009b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00801D4D">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>. 100 klíčových manažerských technik: komunikování, vedení lidí, rozhodování a organizování.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t xml:space="preserve"> Brno: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t>Computer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t>Press</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t>. ISBN 978-80-251-2173-3.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CEC2466" w14:textId="2EC2D09D" w:rsidR="0070043A" w:rsidRDefault="0070043A" w:rsidP="0070043A">
+      <w:pPr>
+        <w:pStyle w:val="Nadpis4"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Metoda číselného odkazu</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2698484F" w14:textId="34BF4CD4" w:rsidR="00945191" w:rsidRDefault="00945191" w:rsidP="00945191">
+      <w:pPr>
+        <w:pStyle w:val="Prvnodstavecprce"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00945191">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Číslem v hranatých závorkách se v textu odkazuje na citované zdroje v pořadí, v jakém jsou citovány poprvé. V textovém editoru je možné je propojit pomocí křížových odkazů. Následné odkazy stejného citovaného zdroje obdrží stejné číslo. Pokud je nutné uvést dva či více zdrojů, uvádí se v jedné hranaté závorce a oddělují se středníkem. Lokace citace v dokumentu se píše do hranatých závorek po číslicích. U přímé citace se v hranaté závorce po čárce uvádí i konkrétní číslo strany, ze které je údaj převzatý. Rozsah stran, ze kterých autor vycházel, doporučujeme uvádět také u parafráze.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="698EBC1E" w14:textId="77777777" w:rsidR="00D503FE" w:rsidRDefault="00D503FE" w:rsidP="00801D4D">
+      <w:pPr>
+        <w:pStyle w:val="Dalodstavceprce"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FB089CE" w14:textId="77777777" w:rsidR="00801D4D" w:rsidRPr="00801D4D" w:rsidRDefault="00801D4D" w:rsidP="00801D4D">
+      <w:pPr>
+        <w:pStyle w:val="Prvnodstavecprce"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00801D4D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Příklad odkazu v textu:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42A37A01" w14:textId="23F88050" w:rsidR="00801D4D" w:rsidRPr="00801D4D" w:rsidRDefault="00801D4D" w:rsidP="00801D4D">
+      <w:pPr>
+        <w:pStyle w:val="Prvnodstavecprce"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t xml:space="preserve">Na intrapersonální úrovni se komunikační výzkum soustřeďuje na zpracování informace </w:t>
+      </w:r>
+      <w:r w:rsidR="0025626B">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00801D4D">
+        <w:rPr>
+          <w:color w:val="E97132" w:themeColor="accent2"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="004B500B">
+        <w:rPr>
+          <w:color w:val="E97132" w:themeColor="accent2"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="009D20D7">
+        <w:rPr>
+          <w:color w:val="E97132" w:themeColor="accent2"/>
+        </w:rPr>
+        <w:t>, s. 12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00801D4D">
+        <w:rPr>
+          <w:color w:val="E97132" w:themeColor="accent2"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t xml:space="preserve">. Například Holá </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00801D4D">
+        <w:rPr>
+          <w:color w:val="E97132" w:themeColor="accent2"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="004B500B">
+        <w:rPr>
+          <w:color w:val="E97132" w:themeColor="accent2"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00801D4D">
+        <w:rPr>
+          <w:color w:val="E97132" w:themeColor="accent2"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t xml:space="preserve"> tvrdí, že komunikaci lze charakterizovat jako proces sdílení určitých informací. Řečené však ještě neznamená slyšené </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00801D4D">
+        <w:rPr>
+          <w:color w:val="E97132" w:themeColor="accent2"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="0034722F">
+        <w:rPr>
+          <w:color w:val="E97132" w:themeColor="accent2"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00801D4D">
+        <w:rPr>
+          <w:color w:val="E97132" w:themeColor="accent2"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="148C4DDC" w14:textId="3E466DDA" w:rsidR="00801D4D" w:rsidRPr="00801D4D" w:rsidRDefault="00801D4D" w:rsidP="004B500B">
+      <w:pPr>
+        <w:pStyle w:val="Dalodstavceprce"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t xml:space="preserve">V mnoha situacích se pravomoc deleguje na odborníka: investoři dávají peníze manažerům v naději, že budou efektivně využity, voliči volí politiky, aby za ně vládli, a soudcům se důvěřuje, že správně interpretují právo a budou se držet zákona </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B500B">
+        <w:rPr>
+          <w:color w:val="E97132" w:themeColor="accent2"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="0034722F">
+        <w:rPr>
+          <w:color w:val="E97132" w:themeColor="accent2"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B500B">
+        <w:rPr>
+          <w:color w:val="E97132" w:themeColor="accent2"/>
+        </w:rPr>
+        <w:t>, s. 26]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E2E78AF" w14:textId="77777777" w:rsidR="004B500B" w:rsidRDefault="004B500B" w:rsidP="00801D4D">
+      <w:pPr>
+        <w:pStyle w:val="Prvnodstavecprce"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6593AE10" w14:textId="46FACA44" w:rsidR="00801D4D" w:rsidRPr="00801D4D" w:rsidRDefault="00801D4D" w:rsidP="00801D4D">
+      <w:pPr>
+        <w:pStyle w:val="Prvnodstavecprce"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00801D4D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Příklad bibliografických citací v seznamu použité literatury: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D897E0B" w14:textId="77777777" w:rsidR="00801D4D" w:rsidRDefault="00801D4D" w:rsidP="004B500B">
+      <w:pPr>
+        <w:pStyle w:val="Prvnodstavecprce"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t>Bibliografické citace jsou uspořádány dle výskytu v dokumentu v číslovaném seznamu na konci práce.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C0C4EE7" w14:textId="77777777" w:rsidR="009D20D7" w:rsidRPr="009D20D7" w:rsidRDefault="009D20D7" w:rsidP="000E7DA9">
+      <w:pPr>
+        <w:pStyle w:val="Pouitzdrojeslovanseznam"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:ind w:left="454" w:hanging="454"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D20D7">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>McQUAIL</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D20D7">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>, Denis.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D20D7">
+        <w:t xml:space="preserve"> Úvod do teorie masové komunikace. 2. vyd. Praha: Portál, 2002. ISBN 80-7178-714-0.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="612F5DB8" w14:textId="77777777" w:rsidR="009D20D7" w:rsidRDefault="004B500B" w:rsidP="000E7DA9">
+      <w:pPr>
+        <w:pStyle w:val="Pouitzdrojeslovanseznam"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:ind w:left="454" w:hanging="454"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D20D7">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>ŠULEŘ, Oldřich.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D20D7">
+        <w:t xml:space="preserve"> 100 klíčových manažerských technik: komunikování, vedení lidí, rozhodování a organizování. Brno: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D20D7">
+        <w:t>Computer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D20D7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D20D7">
+        <w:t>Press</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D20D7">
+        <w:t>, 2009. ISBN 978-80-251-2173-3.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36EC21E1" w14:textId="2DA7AA2A" w:rsidR="00D503FE" w:rsidRDefault="00D503FE" w:rsidP="000E7DA9">
+      <w:pPr>
+        <w:pStyle w:val="Pouitzdrojeslovanseznam"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:ind w:left="454" w:hanging="454"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D503FE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>HOLÁ, Jana.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D503FE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D503FE">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Interní komunikace ve firmě.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D503FE">
+        <w:t xml:space="preserve"> Brno: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D503FE">
+        <w:t>Computer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D503FE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D503FE">
+        <w:t>Press</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, 2006</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D503FE">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D503FE">
+        <w:t>ISBN 80-251-1250-0.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D6A5EBB" w14:textId="2FE35E2C" w:rsidR="009D20D7" w:rsidRPr="00801D4D" w:rsidRDefault="009D20D7" w:rsidP="000E7DA9">
+      <w:pPr>
+        <w:pStyle w:val="Pouitzdrojeslovanseznam"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:ind w:left="454" w:hanging="454"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D20D7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>FOX, Justin a VAN WEELDEN, Richard</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t>Costly</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t>transparency</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t xml:space="preserve">. Online. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D20D7">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Journal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D20D7">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D20D7">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D20D7">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Public </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D20D7">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Economics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D20D7">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>2012, v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t xml:space="preserve">ol. 96, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t>issue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t xml:space="preserve"> 1-2, s. 142-150. ISSN 00472727. Dostupné z: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId83" w:history="1">
+        <w:r w:rsidRPr="00801D4D">
+          <w:rPr>
+            <w:rStyle w:val="Hypertextovodkaz"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1016/j.jpubeco.2011.08.007</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00801D4D">
+        <w:t>. [cit. 2023-01-01].</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="1F9F6D93" w14:textId="4038B121" w:rsidR="0070043A" w:rsidRDefault="0070043A" w:rsidP="0070043A">
       <w:pPr>
         <w:pStyle w:val="Nadpis4"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> Metoda průběžných poznámek</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AAD352D" w14:textId="77777777" w:rsidR="00D503FE" w:rsidRDefault="00945191" w:rsidP="00945191">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00945191">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Číslem v horním indexu se v textu odkazuje na citované zdroje uvedené v poznámce v pořadí, v jakém se objeví v textu. Každá bibliografická citace stejného informačního zdroje obdrží zvláštní číslo. Čísluje se průběžně v celém dokumentu. Číslo se uvádí vždy jen jedno </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">(nelze podobně jako u harvardského systému či číselné formy uvádět dva odkazy za sebou), ale v jedné poznámce může být uvedeno více bibliografických citací. </w:t>
+        <w:t xml:space="preserve">Číslem v horním indexu se v textu odkazuje na citované zdroje uvedené v poznámce v pořadí, v jakém se objeví v textu. Každá bibliografická citace stejného informačního zdroje obdrží zvláštní číslo. Čísluje se průběžně v celém dokumentu. Číslo se uvádí vždy jen jedno (nelze podobně jako u harvardského systému či číselné formy uvádět dva odkazy za sebou), ale v jedné poznámce může být uvedeno více bibliografických citací. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31E59424" w14:textId="1437C5D5" w:rsidR="00945191" w:rsidRDefault="00945191" w:rsidP="00D503FE">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r w:rsidRPr="00945191">
         <w:t>V textu poznámky se následně uvede zkrácená citace ve formě: PŘÍJMENÍ, Název, rok, číslo strany. U přímé citace se vždy uvádí také číslo strany, doporučujeme jej ale uvádět také u parafráze. Na konci práce budou bibliografické citace uspořádány v seznamu v abecedním pořadí podle příjmení autorů (dále podle roku, pak podle názvu).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CB9DB8C" w14:textId="77777777" w:rsidR="00311686" w:rsidRDefault="00311686" w:rsidP="00854894">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A6CFEF2" w14:textId="52AF5E1A" w:rsidR="00854894" w:rsidRPr="00854894" w:rsidRDefault="00854894" w:rsidP="00854894">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
@@ -30989,239 +31435,382 @@
       </w:r>
       <w:r w:rsidRPr="00854894">
         <w:t xml:space="preserve"> FOX a VAN WEELDEN, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00854894">
         <w:t>Costly</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00854894">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00854894">
         <w:t>transparency</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00854894">
         <w:t>, 2012.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6440BA54" w14:textId="4103093B" w:rsidR="000A1B75" w:rsidRDefault="000A1B75" w:rsidP="000A1B75">
       <w:pPr>
         <w:pStyle w:val="Nadpis3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="99" w:name="_Ref207226369"/>
-      <w:bookmarkStart w:id="100" w:name="_Toc214909500"/>
+      <w:bookmarkStart w:id="101" w:name="_Ref207226369"/>
+      <w:bookmarkStart w:id="102" w:name="_Toc220356651"/>
       <w:r>
         <w:t>Nástroj pro tvorbu citací Citace PRO</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="99"/>
-      <w:bookmarkEnd w:id="100"/>
+      <w:bookmarkEnd w:id="101"/>
+      <w:bookmarkEnd w:id="102"/>
     </w:p>
     <w:p w14:paraId="3D7B34C7" w14:textId="4C6AE392" w:rsidR="00C80ABE" w:rsidRDefault="00C80ABE" w:rsidP="000A1B75">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r w:rsidRPr="00C80ABE">
         <w:t xml:space="preserve">Seznam použité literatury a odkazy na citace je možné zapracovat ručně, nebo pomocí různých citačních manažerů, jejichž cílem je snadnější tvorba a správa citací </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidRPr="00C80ABE">
         <w:t xml:space="preserve">které je možné instalovat v podobě doplňku pro MS Word. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C27B08">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Samotný MS Word pro přímou tvorbu citací nedoporučujeme. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C80ABE">
         <w:t>Word není citační manažer a</w:t>
       </w:r>
       <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C80ABE">
-        <w:t>nezaručí, že seznam literatury a bibliografické citace budou odpovídat konkrétnímu citačnímu stylu nebo normě. Word rovněž nepracuje s českou normou ČSN ISO 690. U každého doplňku je proto nutné zjistit, jestli podporuje požadovanou normu nebo styl</w:t>
+        <w:t>nezaručí, že seznam literatury a bibliogra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C80ABE">
+        <w:lastRenderedPageBreak/>
+        <w:t>fické citace budou odpovídat konkrétnímu citačnímu stylu nebo normě. Word rovněž nepracuje s českou normou ČSN ISO 690. U každého doplňku je proto nutné zjistit, jestli podporuje požadovanou normu nebo styl</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02BA2D1B" w14:textId="2344A9FB" w:rsidR="000A1B75" w:rsidRDefault="000A1B75" w:rsidP="00C80ABE">
+    <w:p w14:paraId="02BA2D1B" w14:textId="696C4829" w:rsidR="000A1B75" w:rsidRDefault="000A1B75" w:rsidP="00C80ABE">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Studentům UTB ve Zlíně doporučujeme pro své seminární i závěrečné práce využívat nástroj </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83" w:history="1">
+      <w:hyperlink r:id="rId84" w:history="1">
         <w:r w:rsidR="00C80ABE" w:rsidRPr="000A1B75">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>Citace PRO</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>. Citace PRO v sobě zahrnuje generátor citací (pomocí něj je možné citace generovat ve více než 8 000 citačních stylech), k vygenerovaným citacím lze přidat přílohu, klíčová slova nebo poznámky. Součástí Citace PRO je doplněk do MS Word a také doplněk do internetového prohlížeče. Doplněk do MS Word umožní vkládat uložené citace z manažeru přímo při psaní textů ve Wordu a následně vygenerovat soupis použité literatury. Je možné vybrat si z mnoha citačních stylů včetně nové normy ČSN ISO 690:2022.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="196C0A86" w14:textId="3592ECC9" w:rsidR="00743C51" w:rsidRDefault="00743C51" w:rsidP="00743C51">
+    <w:p w14:paraId="17554340" w14:textId="77777777" w:rsidR="0000384B" w:rsidRDefault="00743C51" w:rsidP="00743C51">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00743C51">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Po vygenerování finálního seznamu literatury stačí celý seznam označit a pro potřeby formátování použít na celý seznam předpřipravený styl Použité zdroje (číslovaný seznam) nebo Použité zdroje (abecední seznam). </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>literatury se pravděpodobně po tomto kroku zobrazí další číslování, protože styl je připravený pro ručně vkládané citace. Pak stačí vybrat a označit celý seznam a přes panel Domů a položku Odstavec zaškrtnout v nabídce číslování možnost Žádné</w:t>
+    </w:p>
+    <w:p w14:paraId="071CEB7B" w14:textId="566D79AC" w:rsidR="0000384B" w:rsidRDefault="00743C51" w:rsidP="00743C51">
+      <w:pPr>
+        <w:pStyle w:val="Dalodstavceprce"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">V případě </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0000384B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>číslovaného seznamu</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> použité literatury se pravděpodobně po tomto kroku zobrazí další číslování, protože styl je připravený pro ručně vkládané citace. Pak stačí vybrat a označit celý seznam a přes panel Domů a položku Odstavec zaškrtnout v nabídce číslování možnost Žádné</w:t>
       </w:r>
       <w:r w:rsidR="00C27B08">
         <w:t>, tím</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> zůstane jen číslování podle </w:t>
       </w:r>
       <w:r w:rsidR="00C27B08">
         <w:t>citačního doplňku</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00602757">
         <w:t xml:space="preserve"> Následně je možné zkontrolovat a případně doladit p</w:t>
       </w:r>
       <w:r w:rsidR="00602757" w:rsidRPr="00602757">
         <w:t>ředsazení jednotlivých položek</w:t>
       </w:r>
-      <w:r w:rsidR="00602757">
-[...12 lines deleted...]
-    <w:p w14:paraId="324F60E8" w14:textId="71AC7001" w:rsidR="00743C51" w:rsidRPr="000A1B75" w:rsidRDefault="000A1B75" w:rsidP="00D920AC">
+      <w:r w:rsidR="0000384B">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00413BA1">
+        <w:t>Vložený seznam literatury funguje jako tabulka a v</w:t>
+      </w:r>
+      <w:r w:rsidR="0000384B">
+        <w:t xml:space="preserve">e výjimečných případech se může stát, že se rozhodí </w:t>
+      </w:r>
+      <w:r w:rsidR="00413BA1">
+        <w:t xml:space="preserve">první </w:t>
+      </w:r>
+      <w:r w:rsidR="0000384B">
+        <w:t xml:space="preserve">sloupec s číslováním, kdy budou mít čísla „málo prostoru“ na správné uspořádání, viz </w:t>
+      </w:r>
+      <w:r w:rsidR="0000384B">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="0000384B">
+        <w:instrText xml:space="preserve"> REF _Ref220353963 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="0000384B">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008E3BE4">
+        <w:t xml:space="preserve">Obr. </w:t>
+      </w:r>
+      <w:r w:rsidR="008E3BE4">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="0000384B">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="0000384B">
+        <w:t xml:space="preserve">. V takovém </w:t>
+      </w:r>
+      <w:r w:rsidR="00413BA1">
+        <w:t>případě je nutné pouze kliknout do sloupečku s číslem zdroje a přes panel Návrh tabulky zvolit možnost Přizpůsobit v položce Velikost buňky. V následujícím kroku pak vybrat z nabídky pevnou šířku sloupce a zadat velikost 1 cm (pokud by to nepomohlo, je možné i 1,2 cm). Stejný postup pak zopakovat pro sloupec se samotným bibliografickým záznamem, kde je nutné zadat šířku sloupce 15 cm. Pak už by se mělo vše správně zobrazovat.</w:t>
+      </w:r>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:id w:val="-1400740850"/>
+        <w:picture/>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:p w14:paraId="56C2AA49" w14:textId="77777777" w:rsidR="0000384B" w:rsidRDefault="0000384B" w:rsidP="000D6712">
+          <w:pPr>
+            <w:pStyle w:val="Obrzek"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="28030C5D" wp14:editId="1B329942">
+                <wp:extent cx="4781725" cy="2590800"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="51992055" name="obrázek 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="51992055" name="obrázek 2"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId85"/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4802943" cy="2602296"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="6F51C3B7" w14:textId="6749DD8D" w:rsidR="0000384B" w:rsidRDefault="0000384B" w:rsidP="0000384B">
+      <w:pPr>
+        <w:pStyle w:val="Titulek"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="103" w:name="_Ref220353963"/>
+      <w:bookmarkStart w:id="104" w:name="_Toc220356662"/>
+      <w:r>
+        <w:t xml:space="preserve">Obr. </w:t>
+      </w:r>
+      <w:fldSimple w:instr=" SEQ Obr. \* ARABIC ">
+        <w:r w:rsidR="008E3BE4">
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>7</w:t>
+        </w:r>
+      </w:fldSimple>
+      <w:bookmarkEnd w:id="103"/>
+      <w:r>
+        <w:t>: Ukázka seznamu použité literatury s nutnou úpravou šířky sloupců</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="104"/>
+    </w:p>
+    <w:p w14:paraId="196C0A86" w14:textId="0DAD1ECC" w:rsidR="00743C51" w:rsidRDefault="0000384B" w:rsidP="0000384B">
+      <w:pPr>
+        <w:pStyle w:val="Prvnodstavecprce"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Všechny tyto úpravy d</w:t>
+      </w:r>
+      <w:r w:rsidR="00743C51">
+        <w:t>oporučujeme tyto úpravy provádět až úplně ve finální fázi, aby při každé aktualizaci nedošlo k odstranění formátování.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="324F60E8" w14:textId="24A1118A" w:rsidR="00743C51" w:rsidRPr="000A1B75" w:rsidRDefault="000A1B75" w:rsidP="00D920AC">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Postup a podrobný návod, jak si nainstalovat doplněk Citace PRO do MS Word, lze najít na </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84" w:history="1">
+      <w:hyperlink r:id="rId86" w:history="1">
         <w:r w:rsidRPr="002820F8">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://www.citacepro.com/nastroje</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4184872F" w14:textId="5008B923" w:rsidR="00E23407" w:rsidRDefault="00E23407" w:rsidP="00E23407">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="101" w:name="_Toc214909501"/>
+      <w:bookmarkStart w:id="105" w:name="_Toc220356652"/>
       <w:r>
         <w:t>Přílohy</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="101"/>
+      <w:bookmarkEnd w:id="105"/>
     </w:p>
     <w:p w14:paraId="51C61C0D" w14:textId="6B00FCFD" w:rsidR="004C0300" w:rsidRDefault="004C0300" w:rsidP="004C0300">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Přílohy se využívají pro obsah, který není vhodné umístit přímo do hlavního textu závěrečné práce. Často se jedná o rozsáhlejší obrazový materiál, výsledky měření, dotazníky, zdrojové kódy či komplikovanější tabulky.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71464A2D" w14:textId="6092BE73" w:rsidR="00357EEB" w:rsidRPr="00357EEB" w:rsidRDefault="004C0300" w:rsidP="00C27B08">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Přílohy mohou být součástí práce (pro ně je v práci připraven automaticky generovaný seznam) nebo mohou být umístěné samostatně (tento seznam je nutné vyplnit ručně).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42EB9E47" w14:textId="1EB92077" w:rsidR="00757EE9" w:rsidRDefault="00757EE9" w:rsidP="00757EE9">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="102" w:name="_Toc214909502"/>
+      <w:bookmarkStart w:id="106" w:name="_Toc220356653"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Typografický nástroj </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>TeX</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>LaTeX</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="102"/>
+      <w:bookmarkEnd w:id="106"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="12893FF4" w14:textId="77777777" w:rsidR="00BB61FC" w:rsidRDefault="00BB61FC" w:rsidP="00BB61FC">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>TeX</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> je specializovaný DTP (Desktop </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
@@ -31230,61 +31819,61 @@
         </w:rPr>
         <w:t>publishing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">) software, který je původně určen pro sazbu matematiky, nyní však – zejména díky rozšíření s názvem </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>LaTeX</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> – umožňuje sázet typograficky vysoce kvalitní výstupy pro jakékoliv strukturované dokumenty, včetně závěrečných prací. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BA3D7B0" w14:textId="021FC4BC" w:rsidR="00BB61FC" w:rsidRDefault="00BB61FC" w:rsidP="00BB61FC">
+    <w:p w14:paraId="2BA3D7B0" w14:textId="464061BF" w:rsidR="00BB61FC" w:rsidRDefault="00BB61FC" w:rsidP="00BB61FC">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Pro studenty UTB ve Zlíně je připravena šablona, kterou mohou využívat studenti všech fakult a kterou lze použít také v anglické verzi. Obsahuje nápovědu a instrukce, jak s ní pracovat. Aktuální je dostupná na univerzitním webu v sekci </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85" w:history="1">
+      <w:hyperlink r:id="rId87" w:history="1">
         <w:r w:rsidRPr="005C0C71">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://www.utb.cz/</w:t>
         </w:r>
         <w:r w:rsidRPr="005C0C71">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>student/</w:t>
         </w:r>
         <w:r w:rsidRPr="005C0C71">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:br/>
           <w:t>dokumenty-a-</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="005C0C71">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
@@ -31415,371 +32004,366 @@
     <w:p w14:paraId="16D03E51" w14:textId="77777777" w:rsidR="00BB61FC" w:rsidRDefault="00BB61FC" w:rsidP="00AA3569">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="00AA3569">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>RYBIČKA, Jiří.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB61FC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>LATEX pro začátečníky.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 3. vyd. Brno: Konvoj, 2003. ISBN 8073020491.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72B5C799" w14:textId="6751C71E" w:rsidR="00BB61FC" w:rsidRPr="00BB61FC" w:rsidRDefault="00BB61FC" w:rsidP="00AA3569">
+    <w:p w14:paraId="72B5C799" w14:textId="3333DEFD" w:rsidR="00BB61FC" w:rsidRPr="00BB61FC" w:rsidRDefault="00BB61FC" w:rsidP="00AA3569">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeabecednseznam"/>
       </w:pPr>
       <w:r w:rsidRPr="00AA3569">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ŠVAMBERG, Michal.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB61FC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Seriál Jak na </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BB61FC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>LaTeX</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BB61FC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Online. Root.cz. 2001-2003. Dostupné z: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86" w:history="1">
+      <w:hyperlink r:id="rId88" w:history="1">
         <w:r w:rsidRPr="005C0C71">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>https://www.root.cz/serialy/jak-na-latex/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>. [cit. 2025-07-23].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57D6D7B4" w14:textId="1ADF8472" w:rsidR="00BC0110" w:rsidRPr="00720AF1" w:rsidRDefault="00BC0110" w:rsidP="00BC0110">
       <w:pPr>
         <w:pStyle w:val="Titulek"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="681DF280" w14:textId="77777777" w:rsidR="006C4F19" w:rsidRDefault="006C4F19" w:rsidP="00C53D7A">
       <w:pPr>
         <w:pStyle w:val="Nadpisyvodazvr"/>
       </w:pPr>
-      <w:bookmarkStart w:id="103" w:name="_Toc214909503"/>
+      <w:bookmarkStart w:id="107" w:name="_Toc220356654"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Závěr</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="103"/>
+      <w:bookmarkEnd w:id="107"/>
     </w:p>
     <w:p w14:paraId="4D95097D" w14:textId="31F161D4" w:rsidR="0051658B" w:rsidRPr="00664226" w:rsidRDefault="0051658B" w:rsidP="0051658B">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Je vždy důležité mít na paměti, že šablona je</w:t>
       </w:r>
       <w:r w:rsidRPr="0051658B">
         <w:t xml:space="preserve"> pouhou pomůckou k</w:t>
       </w:r>
       <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="0051658B">
         <w:t>dosažení</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> finální</w:t>
       </w:r>
       <w:r w:rsidRPr="0051658B">
         <w:t xml:space="preserve"> úpravy práce. Nevhodným zásahem do textu nebo šablony se může celý vzhled práce nebo její části rozhodit.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Proto je tento manuál nezbytnou a velmi důležitou součástí šablon pro závěrečné práce na UTB ve Zlíně. </w:t>
       </w:r>
       <w:r w:rsidRPr="00664226">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Věnujte mu prosím maximální pozornost a mějte ho po ruce během celého procesu psaní.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48BF1A27" w14:textId="7C3334FE" w:rsidR="0051658B" w:rsidRPr="0051658B" w:rsidRDefault="0051658B" w:rsidP="0051658B">
+    <w:p w14:paraId="48BF1A27" w14:textId="25E3DFA8" w:rsidR="0051658B" w:rsidRDefault="0051658B" w:rsidP="0051658B">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
       </w:pPr>
       <w:r w:rsidRPr="0051658B">
         <w:t xml:space="preserve">Nikdo nejsme dokonalí. A ani šablony pro závěrečné práce nejsou bez chybičky. I když jsme se </w:t>
       </w:r>
       <w:r w:rsidR="00A605BC">
         <w:t xml:space="preserve">vám </w:t>
       </w:r>
       <w:r w:rsidRPr="0051658B">
         <w:t xml:space="preserve">snažili celý proces psaní závěrečné práce co nejvíce ulehčit, možná jsme něco přehlédli. </w:t>
       </w:r>
       <w:r w:rsidR="00664226">
         <w:t>Pokud by se při práci se š</w:t>
       </w:r>
       <w:r w:rsidRPr="0051658B">
         <w:t xml:space="preserve">ablonou </w:t>
       </w:r>
       <w:r w:rsidR="00664226">
         <w:t xml:space="preserve">vyskytly </w:t>
       </w:r>
       <w:r w:rsidRPr="0051658B">
         <w:t xml:space="preserve">nějaké problémy a odpovědi </w:t>
       </w:r>
       <w:r w:rsidR="00664226">
         <w:t xml:space="preserve">nenajdete </w:t>
       </w:r>
       <w:r w:rsidRPr="0051658B">
         <w:t xml:space="preserve">ani v manuálu, stačí se nám ozvat na e-mail </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87" w:history="1">
+      <w:hyperlink r:id="rId89" w:history="1">
         <w:r w:rsidRPr="002820F8">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
           </w:rPr>
           <w:t>sluzby@k.utb.cz</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0051658B">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0051658B">
         <w:t xml:space="preserve">Určitě se na to společně podíváme a najdeme řešení. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20E8BBF8" w14:textId="77777777" w:rsidR="000205AE" w:rsidRDefault="000205AE" w:rsidP="000205AE">
-[...8 lines deleted...]
-    </w:p>
     <w:p w14:paraId="1B7FD650" w14:textId="77777777" w:rsidR="000205AE" w:rsidRDefault="000205AE" w:rsidP="000205AE">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="124D7DE7" w14:textId="77777777" w:rsidR="000205AE" w:rsidRDefault="000205AE" w:rsidP="000205AE">
       <w:pPr>
         <w:pStyle w:val="Dalodstavceprce"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:sectPr w:rsidR="000205AE" w:rsidSect="00C53C1B">
           <w:type w:val="oddPage"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1985" w:right="1134" w:bottom="2381" w:left="1134" w:header="709" w:footer="680" w:gutter="851"/>
           <w:lnNumType w:countBy="1"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41E3BB4B" w14:textId="77777777" w:rsidR="006C4F19" w:rsidRDefault="006C4F19" w:rsidP="006C4F19">
       <w:pPr>
         <w:pStyle w:val="Nadpisyseznamy"/>
       </w:pPr>
-      <w:bookmarkStart w:id="104" w:name="_Toc214909504"/>
+      <w:bookmarkStart w:id="108" w:name="_Toc220356655"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Seznam použité literatury</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="104"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="51772CA5" w14:textId="24D6B6E2" w:rsidR="00805D6A" w:rsidRDefault="002C26A1" w:rsidP="002C26A1">
+      <w:bookmarkEnd w:id="108"/>
+    </w:p>
+    <w:p w14:paraId="51772CA5" w14:textId="7584349E" w:rsidR="00805D6A" w:rsidRDefault="002C26A1" w:rsidP="002C26A1">
       <w:pPr>
         <w:pStyle w:val="Prvnodstavecprce"/>
       </w:pPr>
       <w:r w:rsidRPr="002C26A1">
         <w:t xml:space="preserve">Citování použitých informačních zdrojů se řídí pravidly konkrétních citačních norem nebo stylů. Seznam </w:t>
       </w:r>
       <w:r w:rsidR="00664226">
         <w:t xml:space="preserve">použité </w:t>
       </w:r>
       <w:r w:rsidRPr="002C26A1">
         <w:t>literatury musí být vždy vypracován podle použité citační normy nebo citačního stylu v rámci závěrečné práce.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Více informací je v kapitole </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref207227568 \r \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>5.6</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref207227572 \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>Seznam použité literatury</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="66928214" w14:textId="3C14A6C1" w:rsidR="0000384B" w:rsidRPr="0000384B" w:rsidRDefault="0000384B" w:rsidP="0000384B">
+      <w:pPr>
+        <w:pStyle w:val="Dalodstavceprce"/>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="63F8A056" w14:textId="77777777" w:rsidR="00C31612" w:rsidRDefault="00C31612" w:rsidP="00C31612">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeslovanseznam"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="454" w:hanging="454"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="542C00BF" w14:textId="77777777" w:rsidR="00C31612" w:rsidRPr="0080455F" w:rsidRDefault="00C31612" w:rsidP="00C31612">
       <w:pPr>
         <w:pStyle w:val="Pouitzdrojeslovanseznam"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="454" w:hanging="454"/>
         <w:sectPr w:rsidR="00C31612" w:rsidRPr="0080455F" w:rsidSect="006A200B">
           <w:type w:val="oddPage"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1985" w:right="1134" w:bottom="2381" w:left="1134" w:header="709" w:footer="1418" w:gutter="851"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkStart w:id="105" w:name="_Toc204082273"/>
-[...8 lines deleted...]
-    <w:bookmarkStart w:id="114" w:name="_Toc214909513"/>
+    <w:bookmarkStart w:id="109" w:name="_Toc204082273"/>
+    <w:bookmarkStart w:id="110" w:name="_Toc204082410"/>
+    <w:bookmarkStart w:id="111" w:name="_Toc204082840"/>
+    <w:bookmarkStart w:id="112" w:name="_Toc204082962"/>
+    <w:bookmarkStart w:id="113" w:name="_Toc204083248"/>
+    <w:bookmarkStart w:id="114" w:name="_Toc204083315"/>
+    <w:bookmarkStart w:id="115" w:name="_Ref207392026"/>
+    <w:bookmarkStart w:id="116" w:name="_Ref207392044"/>
+    <w:bookmarkStart w:id="117" w:name="_Ref207392053"/>
+    <w:bookmarkStart w:id="118" w:name="_Toc220356665"/>
     <w:p w14:paraId="372582BE" w14:textId="19E86F20" w:rsidR="000F709C" w:rsidRDefault="00000000" w:rsidP="000F709C">
       <w:pPr>
         <w:pStyle w:val="Ploha1"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="Název přílohy"/>
           <w:tag w:val="NÁZEV PŘÍLOHY"/>
           <w:id w:val="94454776"/>
           <w:placeholder>
             <w:docPart w:val="4A9C3E5D839E415985BA869DD54AE641"/>
           </w:placeholder>
           <w15:color w:val="FF6600"/>
           <w:text/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00162332">
             <w:t>Seznam stylů šablony</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:bookmarkEnd w:id="105"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="108"/>
       <w:bookmarkEnd w:id="109"/>
       <w:bookmarkEnd w:id="110"/>
       <w:bookmarkEnd w:id="111"/>
       <w:bookmarkEnd w:id="112"/>
       <w:bookmarkEnd w:id="113"/>
       <w:bookmarkEnd w:id="114"/>
+      <w:bookmarkEnd w:id="115"/>
+      <w:bookmarkEnd w:id="116"/>
+      <w:bookmarkEnd w:id="117"/>
+      <w:bookmarkEnd w:id="118"/>
     </w:p>
     <w:p w14:paraId="668EF3E7" w14:textId="3CC94DBA" w:rsidR="002D19FF" w:rsidRPr="002D19FF" w:rsidRDefault="00912DA5" w:rsidP="002D19FF">
       <w:pPr>
         <w:pStyle w:val="Textyostatn"/>
       </w:pPr>
       <w:r>
         <w:t>Za lomítkem</w:t>
       </w:r>
       <w:r w:rsidR="002D19FF">
         <w:t xml:space="preserve"> jsou uvedené anglické ekvivalenty, které se používají v anglických šablonách.</w:t>
       </w:r>
       <w:r w:rsidR="000C70DF">
         <w:t xml:space="preserve"> V anglických šablonách a v německé šabloně je</w:t>
       </w:r>
       <w:r w:rsidR="000C70DF" w:rsidRPr="000C70DF">
         <w:t xml:space="preserve"> dělení slov </w:t>
       </w:r>
       <w:r w:rsidR="000C70DF">
         <w:t xml:space="preserve">v odstavcích </w:t>
       </w:r>
       <w:r w:rsidR="000C70DF" w:rsidRPr="000C70DF">
         <w:t>vypnuté.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00ACA444" w14:textId="77777777" w:rsidR="002D19FF" w:rsidRDefault="002D19FF" w:rsidP="00162332">
@@ -32282,51 +32866,51 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002D19FF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>faculty</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> – slouží pro úpravu označení fakulty</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32574CCD" w14:textId="77777777" w:rsidR="00162332" w:rsidRDefault="00162332" w:rsidP="00162332">
       <w:pPr>
         <w:pStyle w:val="Textyostatn"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="494DA862" w14:textId="61C13F42" w:rsidR="00162332" w:rsidRPr="00162332" w:rsidRDefault="00162332" w:rsidP="00162332">
+    <w:p w14:paraId="494DA862" w14:textId="765567B8" w:rsidR="00162332" w:rsidRPr="00162332" w:rsidRDefault="00162332" w:rsidP="00162332">
       <w:pPr>
         <w:pStyle w:val="Textyostatn"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00162332">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Styly pro nadpisy</w:t>
       </w:r>
       <w:r w:rsidR="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> (viz kapitola </w:t>
       </w:r>
       <w:r w:rsidR="0056584A" w:rsidRPr="0056584A">
@@ -32338,51 +32922,51 @@
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="0056584A" w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390362 \r \h  \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidR="0056584A" w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0056584A" w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>4.1</w:t>
       </w:r>
       <w:r w:rsidR="0056584A" w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="0056584A" w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0056584A" w:rsidRPr="0056584A">
         <w:rPr>
@@ -32393,51 +32977,51 @@
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="0056584A" w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390370 \h  \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidR="0056584A" w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0056584A" w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913" w:rsidRPr="00D11913">
+      <w:r w:rsidR="008E3BE4" w:rsidRPr="008E3BE4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nadpisy</w:t>
       </w:r>
       <w:r w:rsidR="0056584A" w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="0056584A" w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D86CC4C" w14:textId="27FD0319" w:rsidR="00162332" w:rsidRDefault="00162332" w:rsidP="00162332">
       <w:pPr>
@@ -33237,51 +33821,51 @@
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">číslované </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>nadpisy první a druhé úrovně pro přílohy práce, nadpisy příloh první úrovně se přenáší se automaticky generovaného seznamu pro přílohy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F90B39E" w14:textId="77777777" w:rsidR="009D1680" w:rsidRDefault="009D1680" w:rsidP="009D1680">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="454" w:hanging="454"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="07043294" w14:textId="2F4D373B" w:rsidR="009D1680" w:rsidRPr="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
+    <w:p w14:paraId="07043294" w14:textId="1AFB87F7" w:rsidR="009D1680" w:rsidRPr="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
       <w:pPr>
         <w:pStyle w:val="Textyostatn"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Styly pro běžný text</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> (viz kapitola </w:t>
       </w:r>
       <w:r w:rsidRPr="0056584A">
@@ -33293,51 +33877,51 @@
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390398 \r \h  \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>4.3</w:t>
       </w:r>
       <w:r w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0056584A">
         <w:rPr>
@@ -33348,51 +33932,51 @@
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390405 \h  \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913" w:rsidRPr="00D11913">
+      <w:r w:rsidR="008E3BE4" w:rsidRPr="008E3BE4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Odstavce</w:t>
       </w:r>
       <w:r w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3643DB68" w14:textId="24D4EA0C" w:rsidR="009D1680" w:rsidRDefault="0056584A" w:rsidP="0056584A">
       <w:pPr>
@@ -33609,51 +34193,51 @@
         </w:numPr>
         <w:ind w:left="454" w:hanging="454"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D4146DA" w14:textId="6B67725F" w:rsidR="0056584A" w:rsidRPr="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
       <w:pPr>
         <w:pStyle w:val="Textyostatn"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0056584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Styly pro zvláštní typy textu</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E4983D2" w14:textId="63DDF23A" w:rsidR="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
+    <w:p w14:paraId="3E4983D2" w14:textId="678D74B4" w:rsidR="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Citát</w:t>
       </w:r>
       <w:r w:rsidR="000D4F90">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
@@ -33675,102 +34259,102 @@
         <w:t xml:space="preserve"> – viz kapitola </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390437 \r \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>4.6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390468 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>Citáty a poezie</w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E2EF41C" w14:textId="15A1BC4D" w:rsidR="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
+    <w:p w14:paraId="4E2EF41C" w14:textId="7F0AAC30" w:rsidR="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Citát (začátek více odstavců)</w:t>
       </w:r>
       <w:r w:rsidR="000D4F90">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
@@ -33814,102 +34398,102 @@
         <w:t xml:space="preserve">– viz kapitola </w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390437 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>4.6</w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390468 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>Citáty a poezie</w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BDA44F9" w14:textId="0DCFC6B3" w:rsidR="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
+    <w:p w14:paraId="5BDA44F9" w14:textId="5065EB9A" w:rsidR="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Citát (pokračování více odstavců)</w:t>
       </w:r>
       <w:r w:rsidR="000D4F90">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
@@ -33947,102 +34531,102 @@
         <w:t xml:space="preserve"> – viz kapitola </w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390437 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>4.6</w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390468 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>Citáty a poezie</w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24C271E8" w14:textId="5CFF9F43" w:rsidR="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
+    <w:p w14:paraId="24C271E8" w14:textId="44D9E4B7" w:rsidR="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Citát (konec více odstavců)</w:t>
       </w:r>
       <w:r w:rsidR="000D4F90">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
@@ -34071,102 +34655,102 @@
         <w:t xml:space="preserve"> – viz kapitola </w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390437 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>4.6</w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390468 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>Citáty a poezie</w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AF5C8DA" w14:textId="0C864FD4" w:rsidR="0056584A" w:rsidRDefault="00D54582" w:rsidP="0056584A">
+    <w:p w14:paraId="3AF5C8DA" w14:textId="79A07256" w:rsidR="0056584A" w:rsidRDefault="00D54582" w:rsidP="0056584A">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Citát (UŠ</w:t>
       </w:r>
       <w:r w:rsidR="0056584A" w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>P-FHS)</w:t>
       </w:r>
       <w:r w:rsidR="000D4F90">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
@@ -34202,102 +34786,102 @@
         <w:t xml:space="preserve"> – viz kapitola </w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390437 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>4.6</w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390468 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>Citáty a poezie</w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="102372BF" w14:textId="52B891EA" w:rsidR="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
+    <w:p w14:paraId="102372BF" w14:textId="0A4B4626" w:rsidR="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Poezie</w:t>
       </w:r>
       <w:r w:rsidR="000D4F90">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
@@ -34319,102 +34903,102 @@
         <w:t xml:space="preserve"> – viz kapitola </w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390437 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>4.6</w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390468 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>Citáty a poezie</w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="111B21B5" w14:textId="113EB18E" w:rsidR="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
+    <w:p w14:paraId="111B21B5" w14:textId="21CAE63C" w:rsidR="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Příklady v</w:t>
       </w:r>
       <w:r w:rsidR="000D4F90">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
@@ -34466,102 +35050,102 @@
         <w:t xml:space="preserve"> – viz kapitola </w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390565 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>4.7</w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390571 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>Jazykové příklady</w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DAEC1FC" w14:textId="2626ECF1" w:rsidR="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
+    <w:p w14:paraId="2DAEC1FC" w14:textId="3B68601C" w:rsidR="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Příklady v lingvistice (číslování)</w:t>
       </w:r>
       <w:r w:rsidR="000D4F90">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
@@ -34621,102 +35205,102 @@
         <w:br/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390565 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>4.7</w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390571 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>Jazykové příklady</w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="702DCCD4" w14:textId="1C9FE992" w:rsidR="00F70078" w:rsidRDefault="00F70078" w:rsidP="0056584A">
+    <w:p w14:paraId="702DCCD4" w14:textId="04772823" w:rsidR="00F70078" w:rsidRDefault="00F70078" w:rsidP="0056584A">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Rovnice</w:t>
       </w:r>
       <w:r w:rsidR="000D4F90">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
@@ -34738,102 +35322,102 @@
         <w:t xml:space="preserve"> – viz kapitola </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207391279 \r \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>5.3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207391285 \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>Rovnice</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D921A07" w14:textId="48410B76" w:rsidR="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
+    <w:p w14:paraId="4D921A07" w14:textId="3A0854AB" w:rsidR="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Zdrojový kód</w:t>
       </w:r>
       <w:r w:rsidR="000D4F90">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
@@ -34862,102 +35446,102 @@
         <w:t xml:space="preserve"> – viz kapitola </w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390597 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>4.9</w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390613 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>Zdrojový kód</w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73C27774" w14:textId="12252D45" w:rsidR="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
+    <w:p w14:paraId="73C27774" w14:textId="025C5163" w:rsidR="0056584A" w:rsidRDefault="0056584A" w:rsidP="0056584A">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Zdrojový kód (bez čísel řádků)</w:t>
       </w:r>
       <w:r w:rsidR="000D4F90">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
@@ -35018,133 +35602,133 @@
         <w:t xml:space="preserve"> – viz kapitola </w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390597 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>4.9</w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390613 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>Zdrojový kód</w:t>
       </w:r>
       <w:r w:rsidR="001A3693">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2752DAFD" w14:textId="77777777" w:rsidR="00CC3B50" w:rsidRDefault="00CC3B50" w:rsidP="00CC3B50">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="454" w:hanging="454"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="365ABA9F" w14:textId="27001258" w:rsidR="00CC3B50" w:rsidRPr="00CC3B50" w:rsidRDefault="00CC3B50" w:rsidP="00CC3B50">
       <w:pPr>
         <w:pStyle w:val="Textyostatn"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC3B50">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Styly pro seznamy</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="688C1DAF" w14:textId="4A52B2B8" w:rsidR="00CC3B50" w:rsidRDefault="00CC3B50" w:rsidP="00CC3B50">
+    <w:p w14:paraId="688C1DAF" w14:textId="7442A392" w:rsidR="00CC3B50" w:rsidRDefault="00CC3B50" w:rsidP="00CC3B50">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Abecední seznam</w:t>
       </w:r>
       <w:r w:rsidR="00BB6124">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
@@ -35180,108 +35764,108 @@
         <w:t xml:space="preserve">– viz kapitola </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390869 \r \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>4.4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390875 \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>Seznamy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2760C94E" w14:textId="7AF2BB74" w:rsidR="00CC3B50" w:rsidRDefault="00CC3B50" w:rsidP="00CC3B50">
+    <w:p w14:paraId="2760C94E" w14:textId="63704907" w:rsidR="00CC3B50" w:rsidRDefault="00CC3B50" w:rsidP="00CC3B50">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Číslovaný seznam</w:t>
       </w:r>
       <w:r w:rsidR="00BB6124">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
@@ -35333,102 +35917,102 @@
         <w:t xml:space="preserve"> – viz kapitola </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390869 \r \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>4.4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390875 \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>Seznamy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A988CC2" w14:textId="7CA3BB12" w:rsidR="00CC3B50" w:rsidRDefault="00CC3B50" w:rsidP="00CC3B50">
+    <w:p w14:paraId="4A988CC2" w14:textId="69F7EF1F" w:rsidR="00CC3B50" w:rsidRDefault="00CC3B50" w:rsidP="00CC3B50">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Seznam s</w:t>
       </w:r>
       <w:r w:rsidR="003737BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
@@ -35500,102 +36084,102 @@
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390869 \r \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>4.4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390875 \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>Seznamy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EC9CBD1" w14:textId="34FBB0E5" w:rsidR="00CC3B50" w:rsidRDefault="00CC3B50" w:rsidP="00CC3B50">
+    <w:p w14:paraId="2EC9CBD1" w14:textId="594C7963" w:rsidR="00CC3B50" w:rsidRDefault="00CC3B50" w:rsidP="00CC3B50">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Víceúrovňový seznam</w:t>
       </w:r>
       <w:r w:rsidR="003737BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
@@ -35631,102 +36215,102 @@
         <w:t xml:space="preserve">– viz kapitola </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390869 \r \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>4.4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207390875 \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>Seznamy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20FB361B" w14:textId="1048FE86" w:rsidR="00CC3B50" w:rsidRDefault="00CC3B50" w:rsidP="00CC3B50">
+    <w:p w14:paraId="20FB361B" w14:textId="23B1145C" w:rsidR="00CC3B50" w:rsidRDefault="00CC3B50" w:rsidP="00CC3B50">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Použité zdroje (abecední seznam)</w:t>
       </w:r>
       <w:r w:rsidR="00BB6124">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
@@ -35785,102 +36369,102 @@
         <w:t xml:space="preserve">– viz kapitola </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207227533 \r \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>4.5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207227533 \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>Seznam použité literatury</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4161EFB1" w14:textId="1DDB3536" w:rsidR="00CC3B50" w:rsidRDefault="00CC3B50" w:rsidP="00CC3B50">
+    <w:p w14:paraId="4161EFB1" w14:textId="4E982016" w:rsidR="00CC3B50" w:rsidRDefault="00CC3B50" w:rsidP="00CC3B50">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A605BC">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Použité zdroje (číslovaný seznam)</w:t>
       </w:r>
       <w:r w:rsidR="00BB6124">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912DA5">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
@@ -35932,92 +36516,92 @@
         <w:t xml:space="preserve"> – viz kapitola </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207227533 \r \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>4.5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref207227533 \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D11913">
+      <w:r w:rsidR="008E3BE4">
         <w:t>Seznam použité literatury</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="564CD270" w14:textId="77777777" w:rsidR="00CC3B50" w:rsidRDefault="00CC3B50" w:rsidP="00CC3B50">
       <w:pPr>
         <w:pStyle w:val="Seznamsodrkami"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="454" w:hanging="454"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FB62B7D" w14:textId="7884D093" w:rsidR="00CC3B50" w:rsidRPr="00CC3B50" w:rsidRDefault="00CC3B50" w:rsidP="00CC3B50">
       <w:pPr>
         <w:pStyle w:val="Textyostatn"/>
@@ -36481,56 +37065,56 @@
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>/table source</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> – styl pro uvedení zdroje obrázku nebo tabulky (uvádí se na novém řádku)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="314F037E" w14:textId="43759F5F" w:rsidR="00162332" w:rsidRDefault="00162332" w:rsidP="00162332">
       <w:pPr>
         <w:pStyle w:val="Textyostatn"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="37C4170F" w14:textId="3936D26A" w:rsidR="00162332" w:rsidRDefault="007039C3" w:rsidP="007039C3">
       <w:pPr>
         <w:pStyle w:val="Ploha1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="115" w:name="_Toc214909514"/>
+      <w:bookmarkStart w:id="119" w:name="_Toc220356666"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Seznam rychlých částí a stavebních bloků</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="115"/>
+      <w:bookmarkEnd w:id="119"/>
     </w:p>
     <w:p w14:paraId="52B18A68" w14:textId="7C97D965" w:rsidR="001024E9" w:rsidRDefault="001024E9" w:rsidP="007039C3">
       <w:pPr>
         <w:pStyle w:val="Textyostatn"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Rychlé části obsahují předpřipravené </w:t>
       </w:r>
       <w:r w:rsidRPr="001024E9">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">speciální bloky </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">ve </w:t>
@@ -36833,94 +37417,94 @@
       <w:r w:rsidR="00282EC0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>above</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>– stavební blok pro vložení titulku pro tabulku</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="007D348C" w:rsidRPr="007039C3" w:rsidSect="000205AE">
-      <w:headerReference w:type="even" r:id="rId88"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId90"/>
+      <w:headerReference w:type="even" r:id="rId90"/>
+      <w:footerReference w:type="even" r:id="rId91"/>
+      <w:footerReference w:type="default" r:id="rId92"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1985" w:right="1134" w:bottom="2381" w:left="1134" w:header="709" w:footer="1418" w:gutter="851"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="00FEEFFF" w14:textId="77777777" w:rsidR="009B0D5A" w:rsidRDefault="009B0D5A" w:rsidP="00534E21">
+    <w:p w14:paraId="0B05AB60" w14:textId="77777777" w:rsidR="00437238" w:rsidRDefault="00437238" w:rsidP="00534E21">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5D0DDA81" w14:textId="77777777" w:rsidR="009B0D5A" w:rsidRDefault="009B0D5A" w:rsidP="00534E21">
+    <w:p w14:paraId="62FEE55A" w14:textId="77777777" w:rsidR="00437238" w:rsidRDefault="00437238" w:rsidP="00534E21">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -37551,85 +38135,85 @@
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                             <w:sz w:val="20"/>
                           </w:rPr>
                           <w:fldChar w:fldCharType="end"/>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                   <w10:wrap anchorx="margin" anchory="page"/>
                   <w10:anchorlock/>
                 </v:rect>
               </w:pict>
             </mc:Fallback>
           </mc:AlternateContent>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="69B1054F" w14:textId="77777777" w:rsidR="009B0D5A" w:rsidRPr="00392EDF" w:rsidRDefault="009B0D5A" w:rsidP="00C23682">
+    <w:p w14:paraId="2EB10C7B" w14:textId="77777777" w:rsidR="00437238" w:rsidRPr="00392EDF" w:rsidRDefault="00437238" w:rsidP="00C23682">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="8" w:space="1" w:color="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:pBdr>
         <w:spacing w:before="600"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="095109FC" w14:textId="77777777" w:rsidR="009B0D5A" w:rsidRPr="00392EDF" w:rsidRDefault="009B0D5A" w:rsidP="00C23682">
+    <w:p w14:paraId="6C434367" w14:textId="77777777" w:rsidR="00437238" w:rsidRPr="00392EDF" w:rsidRDefault="00437238" w:rsidP="00C23682">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="8" w:space="1" w:color="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:pBdr>
         <w:spacing w:before="600"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5401B2FB" w14:textId="77777777" w:rsidR="009B0D5A" w:rsidRDefault="009B0D5A"/>
+    <w:p w14:paraId="50653419" w14:textId="77777777" w:rsidR="00437238" w:rsidRDefault="00437238"/>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="74F29241" w14:textId="77777777" w:rsidR="005526E5" w:rsidRDefault="005526E5" w:rsidP="00565E58">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Toto je ukázka poznámky pod čarou. </w:t>
       </w:r>
       <w:r w:rsidRPr="002659C1">
         <w:t>Lorem Ipsum je demonstrativní výplňový text používaný v tiskařském a knihařském průmyslu. Lorem Ipsum je považováno za standard v této oblasti už od začátku 16. století, kdy dnes neznámý tiskař vzal kusy textu a na jejich základě vytvořil speciální vzorovou knihu.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
@@ -39103,85 +39687,86 @@
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1560554823">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="952902921">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="336738803">
     <w:abstractNumId w:val="12"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="550658016">
     <w:abstractNumId w:val="16"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:numIdMacAtCleanup w:val="21"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="90"/>
   <w:mirrorMargins/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="1024" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:consecutiveHyphenLimit w:val="3"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BD6038"/>
+    <w:rsid w:val="0000384B"/>
     <w:rsid w:val="00004917"/>
     <w:rsid w:val="00015B48"/>
     <w:rsid w:val="000205AE"/>
     <w:rsid w:val="00022C36"/>
     <w:rsid w:val="00023006"/>
     <w:rsid w:val="000243FC"/>
     <w:rsid w:val="00037C22"/>
     <w:rsid w:val="000424CE"/>
     <w:rsid w:val="00044CF7"/>
     <w:rsid w:val="000466F7"/>
     <w:rsid w:val="0005319D"/>
     <w:rsid w:val="00054C7E"/>
     <w:rsid w:val="000552D1"/>
     <w:rsid w:val="00055943"/>
     <w:rsid w:val="00062CBC"/>
     <w:rsid w:val="00067C21"/>
     <w:rsid w:val="00070282"/>
     <w:rsid w:val="00076353"/>
     <w:rsid w:val="00077DCA"/>
     <w:rsid w:val="000814A1"/>
     <w:rsid w:val="0008353D"/>
     <w:rsid w:val="00083C3C"/>
     <w:rsid w:val="00090DA8"/>
     <w:rsid w:val="00091B1E"/>
     <w:rsid w:val="00091E4C"/>
@@ -39360,55 +39945,57 @@
     <w:rsid w:val="00385DCB"/>
     <w:rsid w:val="00392EDF"/>
     <w:rsid w:val="00395557"/>
     <w:rsid w:val="00395B9B"/>
     <w:rsid w:val="003A1022"/>
     <w:rsid w:val="003A35F1"/>
     <w:rsid w:val="003A6B49"/>
     <w:rsid w:val="003A78B2"/>
     <w:rsid w:val="003A7F6F"/>
     <w:rsid w:val="003B0ACA"/>
     <w:rsid w:val="003B1BCF"/>
     <w:rsid w:val="003B28F3"/>
     <w:rsid w:val="003B6C67"/>
     <w:rsid w:val="003C0BC8"/>
     <w:rsid w:val="003C68B1"/>
     <w:rsid w:val="003D545F"/>
     <w:rsid w:val="003D75EA"/>
     <w:rsid w:val="003E118B"/>
     <w:rsid w:val="003E393C"/>
     <w:rsid w:val="003E651F"/>
     <w:rsid w:val="004005E4"/>
     <w:rsid w:val="004036A9"/>
     <w:rsid w:val="00407531"/>
     <w:rsid w:val="004119F3"/>
     <w:rsid w:val="00412E5F"/>
+    <w:rsid w:val="00413BA1"/>
     <w:rsid w:val="00425AA6"/>
     <w:rsid w:val="00426494"/>
     <w:rsid w:val="00427EA2"/>
     <w:rsid w:val="004343FF"/>
     <w:rsid w:val="004360FF"/>
+    <w:rsid w:val="00437238"/>
     <w:rsid w:val="0044277B"/>
     <w:rsid w:val="00442EFB"/>
     <w:rsid w:val="0045147F"/>
     <w:rsid w:val="00453E5F"/>
     <w:rsid w:val="00464052"/>
     <w:rsid w:val="0046612A"/>
     <w:rsid w:val="00467B4C"/>
     <w:rsid w:val="0047438D"/>
     <w:rsid w:val="00476D38"/>
     <w:rsid w:val="0048380F"/>
     <w:rsid w:val="00484E7A"/>
     <w:rsid w:val="00484FB2"/>
     <w:rsid w:val="00485947"/>
     <w:rsid w:val="004908EB"/>
     <w:rsid w:val="00496D47"/>
     <w:rsid w:val="004A010F"/>
     <w:rsid w:val="004A0A30"/>
     <w:rsid w:val="004A33B0"/>
     <w:rsid w:val="004B0AAF"/>
     <w:rsid w:val="004B10F4"/>
     <w:rsid w:val="004B1363"/>
     <w:rsid w:val="004B4566"/>
     <w:rsid w:val="004B500B"/>
     <w:rsid w:val="004B6DCA"/>
     <w:rsid w:val="004C0300"/>
@@ -39459,76 +40046,78 @@
     <w:rsid w:val="00571C62"/>
     <w:rsid w:val="005732BA"/>
     <w:rsid w:val="00577CFC"/>
     <w:rsid w:val="00580BC5"/>
     <w:rsid w:val="00582283"/>
     <w:rsid w:val="0058494B"/>
     <w:rsid w:val="00585186"/>
     <w:rsid w:val="0058542B"/>
     <w:rsid w:val="00590A08"/>
     <w:rsid w:val="00595EE2"/>
     <w:rsid w:val="005A2870"/>
     <w:rsid w:val="005A4181"/>
     <w:rsid w:val="005A42A7"/>
     <w:rsid w:val="005A5828"/>
     <w:rsid w:val="005B029C"/>
     <w:rsid w:val="005B0424"/>
     <w:rsid w:val="005B107A"/>
     <w:rsid w:val="005B24C4"/>
     <w:rsid w:val="005B4CDD"/>
     <w:rsid w:val="005B51A9"/>
     <w:rsid w:val="005C488F"/>
     <w:rsid w:val="005D1A14"/>
     <w:rsid w:val="005D37B0"/>
     <w:rsid w:val="005D5650"/>
     <w:rsid w:val="005D7098"/>
+    <w:rsid w:val="005E10AF"/>
     <w:rsid w:val="005E75E2"/>
     <w:rsid w:val="005F7AE1"/>
     <w:rsid w:val="00602757"/>
     <w:rsid w:val="00605620"/>
     <w:rsid w:val="0061177B"/>
     <w:rsid w:val="0061601E"/>
     <w:rsid w:val="00622C08"/>
     <w:rsid w:val="00632154"/>
     <w:rsid w:val="00632EEC"/>
     <w:rsid w:val="006360B8"/>
     <w:rsid w:val="00640404"/>
     <w:rsid w:val="00646BC1"/>
     <w:rsid w:val="00647243"/>
     <w:rsid w:val="00656CFF"/>
     <w:rsid w:val="00660AD3"/>
     <w:rsid w:val="006617F3"/>
     <w:rsid w:val="00663C3D"/>
     <w:rsid w:val="00664226"/>
     <w:rsid w:val="006642FA"/>
     <w:rsid w:val="00664C10"/>
     <w:rsid w:val="00667D2D"/>
     <w:rsid w:val="00670CB6"/>
     <w:rsid w:val="00675895"/>
     <w:rsid w:val="006760D8"/>
     <w:rsid w:val="00680597"/>
     <w:rsid w:val="00691ABA"/>
+    <w:rsid w:val="0069365F"/>
     <w:rsid w:val="00693934"/>
     <w:rsid w:val="00693CEE"/>
     <w:rsid w:val="00694786"/>
     <w:rsid w:val="006955C4"/>
     <w:rsid w:val="00697557"/>
     <w:rsid w:val="006A200B"/>
     <w:rsid w:val="006B4C78"/>
     <w:rsid w:val="006B648A"/>
     <w:rsid w:val="006C269D"/>
     <w:rsid w:val="006C3772"/>
     <w:rsid w:val="006C4F19"/>
     <w:rsid w:val="006C5A1A"/>
     <w:rsid w:val="006C659D"/>
     <w:rsid w:val="006C78C9"/>
     <w:rsid w:val="006D1940"/>
     <w:rsid w:val="006D4D47"/>
     <w:rsid w:val="006D5A90"/>
     <w:rsid w:val="006D5DB0"/>
     <w:rsid w:val="006D7F8C"/>
     <w:rsid w:val="006E02D8"/>
     <w:rsid w:val="006F0919"/>
     <w:rsid w:val="006F644D"/>
     <w:rsid w:val="006F6EC0"/>
     <w:rsid w:val="0070043A"/>
     <w:rsid w:val="007039C3"/>
@@ -39562,50 +40151,51 @@
     <w:rsid w:val="00783CE6"/>
     <w:rsid w:val="00791BC3"/>
     <w:rsid w:val="007925FC"/>
     <w:rsid w:val="007A0900"/>
     <w:rsid w:val="007A1086"/>
     <w:rsid w:val="007B7A93"/>
     <w:rsid w:val="007C1BE8"/>
     <w:rsid w:val="007C6C60"/>
     <w:rsid w:val="007D092B"/>
     <w:rsid w:val="007D249A"/>
     <w:rsid w:val="007D30F8"/>
     <w:rsid w:val="007D31F9"/>
     <w:rsid w:val="007D348C"/>
     <w:rsid w:val="007D6B18"/>
     <w:rsid w:val="007E07D4"/>
     <w:rsid w:val="007E1633"/>
     <w:rsid w:val="007E4637"/>
     <w:rsid w:val="007E5A7F"/>
     <w:rsid w:val="007E74C5"/>
     <w:rsid w:val="007F0C21"/>
     <w:rsid w:val="007F2645"/>
     <w:rsid w:val="007F374A"/>
     <w:rsid w:val="007F3AC3"/>
     <w:rsid w:val="007F551F"/>
     <w:rsid w:val="007F639E"/>
+    <w:rsid w:val="00801365"/>
     <w:rsid w:val="00801D4D"/>
     <w:rsid w:val="0080455F"/>
     <w:rsid w:val="00804EAF"/>
     <w:rsid w:val="00805695"/>
     <w:rsid w:val="00805ACF"/>
     <w:rsid w:val="00805D6A"/>
     <w:rsid w:val="00807231"/>
     <w:rsid w:val="00811B31"/>
     <w:rsid w:val="00822314"/>
     <w:rsid w:val="008271E4"/>
     <w:rsid w:val="0083141D"/>
     <w:rsid w:val="00831C62"/>
     <w:rsid w:val="00842FAC"/>
     <w:rsid w:val="00847417"/>
     <w:rsid w:val="008509D6"/>
     <w:rsid w:val="00851E93"/>
     <w:rsid w:val="008529D0"/>
     <w:rsid w:val="00854894"/>
     <w:rsid w:val="00856355"/>
     <w:rsid w:val="008566B1"/>
     <w:rsid w:val="00866AE1"/>
     <w:rsid w:val="00867995"/>
     <w:rsid w:val="00870D4A"/>
     <w:rsid w:val="008724FD"/>
     <w:rsid w:val="0087663E"/>
@@ -39618,55 +40208,57 @@
     <w:rsid w:val="008906D3"/>
     <w:rsid w:val="00890882"/>
     <w:rsid w:val="0089288A"/>
     <w:rsid w:val="0089543A"/>
     <w:rsid w:val="00897374"/>
     <w:rsid w:val="008977C9"/>
     <w:rsid w:val="008A0CE5"/>
     <w:rsid w:val="008A2573"/>
     <w:rsid w:val="008A4626"/>
     <w:rsid w:val="008A5940"/>
     <w:rsid w:val="008B08FF"/>
     <w:rsid w:val="008B1163"/>
     <w:rsid w:val="008B326B"/>
     <w:rsid w:val="008C0747"/>
     <w:rsid w:val="008C755A"/>
     <w:rsid w:val="008D0D43"/>
     <w:rsid w:val="008D45B6"/>
     <w:rsid w:val="008D48FC"/>
     <w:rsid w:val="008D52D1"/>
     <w:rsid w:val="008D5A5A"/>
     <w:rsid w:val="008D68A4"/>
     <w:rsid w:val="008D7373"/>
     <w:rsid w:val="008D7530"/>
     <w:rsid w:val="008E01F3"/>
     <w:rsid w:val="008E2F32"/>
+    <w:rsid w:val="008E3BE4"/>
     <w:rsid w:val="008E3E45"/>
     <w:rsid w:val="008E62FC"/>
     <w:rsid w:val="008E6649"/>
     <w:rsid w:val="008F1791"/>
     <w:rsid w:val="008F180A"/>
+    <w:rsid w:val="008F1B2F"/>
     <w:rsid w:val="008F21A7"/>
     <w:rsid w:val="008F687D"/>
     <w:rsid w:val="00900651"/>
     <w:rsid w:val="00901BB9"/>
     <w:rsid w:val="00902AC8"/>
     <w:rsid w:val="009118F5"/>
     <w:rsid w:val="00912DA5"/>
     <w:rsid w:val="00912F9C"/>
     <w:rsid w:val="00914B07"/>
     <w:rsid w:val="00917D8E"/>
     <w:rsid w:val="009201F0"/>
     <w:rsid w:val="00920DCC"/>
     <w:rsid w:val="00924693"/>
     <w:rsid w:val="00926CC9"/>
     <w:rsid w:val="009310FE"/>
     <w:rsid w:val="00936C26"/>
     <w:rsid w:val="00937E70"/>
     <w:rsid w:val="009405CA"/>
     <w:rsid w:val="00945191"/>
     <w:rsid w:val="00950AE2"/>
     <w:rsid w:val="0095159D"/>
     <w:rsid w:val="00956809"/>
     <w:rsid w:val="00962FE5"/>
     <w:rsid w:val="00966398"/>
     <w:rsid w:val="0097034A"/>
@@ -39718,50 +40310,51 @@
     <w:rsid w:val="00A06D1D"/>
     <w:rsid w:val="00A10C89"/>
     <w:rsid w:val="00A142DE"/>
     <w:rsid w:val="00A21AF0"/>
     <w:rsid w:val="00A31DE6"/>
     <w:rsid w:val="00A32A30"/>
     <w:rsid w:val="00A33121"/>
     <w:rsid w:val="00A34071"/>
     <w:rsid w:val="00A40897"/>
     <w:rsid w:val="00A42045"/>
     <w:rsid w:val="00A420E9"/>
     <w:rsid w:val="00A470B3"/>
     <w:rsid w:val="00A47214"/>
     <w:rsid w:val="00A50D5A"/>
     <w:rsid w:val="00A51BE5"/>
     <w:rsid w:val="00A52E40"/>
     <w:rsid w:val="00A53219"/>
     <w:rsid w:val="00A53D78"/>
     <w:rsid w:val="00A605BC"/>
     <w:rsid w:val="00A610F8"/>
     <w:rsid w:val="00A67A23"/>
     <w:rsid w:val="00A71CA3"/>
     <w:rsid w:val="00A74476"/>
     <w:rsid w:val="00A77431"/>
     <w:rsid w:val="00A808A8"/>
+    <w:rsid w:val="00A8237D"/>
     <w:rsid w:val="00A830AA"/>
     <w:rsid w:val="00A87690"/>
     <w:rsid w:val="00A9137F"/>
     <w:rsid w:val="00A915C1"/>
     <w:rsid w:val="00A9184C"/>
     <w:rsid w:val="00A9511A"/>
     <w:rsid w:val="00A9598B"/>
     <w:rsid w:val="00AA24B3"/>
     <w:rsid w:val="00AA3569"/>
     <w:rsid w:val="00AA516D"/>
     <w:rsid w:val="00AA68F2"/>
     <w:rsid w:val="00AA6BD9"/>
     <w:rsid w:val="00AB2909"/>
     <w:rsid w:val="00AB6824"/>
     <w:rsid w:val="00AB7235"/>
     <w:rsid w:val="00AC0B4B"/>
     <w:rsid w:val="00AC58DC"/>
     <w:rsid w:val="00AD1187"/>
     <w:rsid w:val="00AD40C1"/>
     <w:rsid w:val="00AD4823"/>
     <w:rsid w:val="00AD7264"/>
     <w:rsid w:val="00AE1B2A"/>
     <w:rsid w:val="00AE1C9A"/>
     <w:rsid w:val="00AE6A23"/>
     <w:rsid w:val="00AE6EB7"/>
@@ -39773,96 +40366,98 @@
     <w:rsid w:val="00B0560E"/>
     <w:rsid w:val="00B0606B"/>
     <w:rsid w:val="00B1039C"/>
     <w:rsid w:val="00B13C6C"/>
     <w:rsid w:val="00B22702"/>
     <w:rsid w:val="00B2455C"/>
     <w:rsid w:val="00B25C79"/>
     <w:rsid w:val="00B33392"/>
     <w:rsid w:val="00B34D50"/>
     <w:rsid w:val="00B3535E"/>
     <w:rsid w:val="00B415AE"/>
     <w:rsid w:val="00B43BC7"/>
     <w:rsid w:val="00B52D85"/>
     <w:rsid w:val="00B566A1"/>
     <w:rsid w:val="00B56CEC"/>
     <w:rsid w:val="00B664E3"/>
     <w:rsid w:val="00B70D04"/>
     <w:rsid w:val="00B70EF7"/>
     <w:rsid w:val="00B7172E"/>
     <w:rsid w:val="00B721A3"/>
     <w:rsid w:val="00B7310E"/>
     <w:rsid w:val="00B73753"/>
     <w:rsid w:val="00B74A0C"/>
     <w:rsid w:val="00B76B68"/>
     <w:rsid w:val="00B83C4D"/>
+    <w:rsid w:val="00B849A9"/>
     <w:rsid w:val="00B91217"/>
     <w:rsid w:val="00B96229"/>
     <w:rsid w:val="00B971EA"/>
     <w:rsid w:val="00BA27BA"/>
     <w:rsid w:val="00BA2816"/>
     <w:rsid w:val="00BA4CAC"/>
     <w:rsid w:val="00BA4E44"/>
     <w:rsid w:val="00BA61B7"/>
     <w:rsid w:val="00BA73E5"/>
     <w:rsid w:val="00BB0422"/>
     <w:rsid w:val="00BB0CF3"/>
     <w:rsid w:val="00BB1806"/>
     <w:rsid w:val="00BB23EE"/>
     <w:rsid w:val="00BB3C38"/>
     <w:rsid w:val="00BB4096"/>
     <w:rsid w:val="00BB55D2"/>
     <w:rsid w:val="00BB6124"/>
     <w:rsid w:val="00BB61FC"/>
     <w:rsid w:val="00BC0110"/>
     <w:rsid w:val="00BC045D"/>
     <w:rsid w:val="00BC4A14"/>
     <w:rsid w:val="00BC687B"/>
     <w:rsid w:val="00BD6038"/>
     <w:rsid w:val="00BE075D"/>
     <w:rsid w:val="00BE2447"/>
     <w:rsid w:val="00BE702F"/>
     <w:rsid w:val="00BF1F40"/>
     <w:rsid w:val="00BF3C1C"/>
     <w:rsid w:val="00BF40AD"/>
     <w:rsid w:val="00BF71E7"/>
     <w:rsid w:val="00BF7AAD"/>
     <w:rsid w:val="00C04C30"/>
     <w:rsid w:val="00C0513C"/>
     <w:rsid w:val="00C07B21"/>
     <w:rsid w:val="00C10974"/>
     <w:rsid w:val="00C2056E"/>
     <w:rsid w:val="00C23682"/>
     <w:rsid w:val="00C27B08"/>
     <w:rsid w:val="00C30CDA"/>
     <w:rsid w:val="00C31612"/>
     <w:rsid w:val="00C35E7F"/>
     <w:rsid w:val="00C372D6"/>
     <w:rsid w:val="00C37D85"/>
     <w:rsid w:val="00C40BC5"/>
     <w:rsid w:val="00C4448D"/>
     <w:rsid w:val="00C4574E"/>
+    <w:rsid w:val="00C51D48"/>
     <w:rsid w:val="00C53C1B"/>
     <w:rsid w:val="00C53D7A"/>
     <w:rsid w:val="00C551E4"/>
     <w:rsid w:val="00C554E6"/>
     <w:rsid w:val="00C636BA"/>
     <w:rsid w:val="00C65FDD"/>
     <w:rsid w:val="00C708ED"/>
     <w:rsid w:val="00C72EAE"/>
     <w:rsid w:val="00C80ABE"/>
     <w:rsid w:val="00C81B72"/>
     <w:rsid w:val="00C85577"/>
     <w:rsid w:val="00C857B1"/>
     <w:rsid w:val="00C916E1"/>
     <w:rsid w:val="00C9199F"/>
     <w:rsid w:val="00CA13C7"/>
     <w:rsid w:val="00CA1475"/>
     <w:rsid w:val="00CA14C7"/>
     <w:rsid w:val="00CA1D14"/>
     <w:rsid w:val="00CA1F62"/>
     <w:rsid w:val="00CA42C8"/>
     <w:rsid w:val="00CA4E6A"/>
     <w:rsid w:val="00CA66FC"/>
     <w:rsid w:val="00CA7DAB"/>
     <w:rsid w:val="00CB55F3"/>
     <w:rsid w:val="00CC31FE"/>
@@ -39931,125 +40526,128 @@
     <w:rsid w:val="00E02935"/>
     <w:rsid w:val="00E03B49"/>
     <w:rsid w:val="00E03D93"/>
     <w:rsid w:val="00E06790"/>
     <w:rsid w:val="00E12D03"/>
     <w:rsid w:val="00E152E9"/>
     <w:rsid w:val="00E1536A"/>
     <w:rsid w:val="00E161A5"/>
     <w:rsid w:val="00E224E7"/>
     <w:rsid w:val="00E228D7"/>
     <w:rsid w:val="00E23407"/>
     <w:rsid w:val="00E2435A"/>
     <w:rsid w:val="00E275AB"/>
     <w:rsid w:val="00E276E1"/>
     <w:rsid w:val="00E27907"/>
     <w:rsid w:val="00E308D7"/>
     <w:rsid w:val="00E30954"/>
     <w:rsid w:val="00E337FD"/>
     <w:rsid w:val="00E35956"/>
     <w:rsid w:val="00E36137"/>
     <w:rsid w:val="00E36C38"/>
     <w:rsid w:val="00E40352"/>
     <w:rsid w:val="00E42BA5"/>
     <w:rsid w:val="00E47D9C"/>
     <w:rsid w:val="00E54CE9"/>
+    <w:rsid w:val="00E60734"/>
     <w:rsid w:val="00E64905"/>
     <w:rsid w:val="00E654B7"/>
     <w:rsid w:val="00E65E0B"/>
     <w:rsid w:val="00E70753"/>
     <w:rsid w:val="00E76069"/>
     <w:rsid w:val="00E81E5F"/>
     <w:rsid w:val="00E8266C"/>
     <w:rsid w:val="00E84AB4"/>
     <w:rsid w:val="00E84ED9"/>
     <w:rsid w:val="00E85605"/>
     <w:rsid w:val="00E911C4"/>
     <w:rsid w:val="00E9164C"/>
     <w:rsid w:val="00E9304F"/>
     <w:rsid w:val="00EA1C64"/>
     <w:rsid w:val="00EA2D7D"/>
     <w:rsid w:val="00EA4134"/>
     <w:rsid w:val="00EA7988"/>
     <w:rsid w:val="00EB5210"/>
     <w:rsid w:val="00EB60CF"/>
     <w:rsid w:val="00EB621D"/>
     <w:rsid w:val="00EC4FD6"/>
     <w:rsid w:val="00EC500A"/>
     <w:rsid w:val="00EC604E"/>
     <w:rsid w:val="00ED1C32"/>
     <w:rsid w:val="00ED27E1"/>
     <w:rsid w:val="00ED53D1"/>
     <w:rsid w:val="00ED606E"/>
     <w:rsid w:val="00EF0A40"/>
     <w:rsid w:val="00EF7AC2"/>
     <w:rsid w:val="00F10615"/>
     <w:rsid w:val="00F14020"/>
     <w:rsid w:val="00F175DB"/>
     <w:rsid w:val="00F262CF"/>
     <w:rsid w:val="00F27113"/>
     <w:rsid w:val="00F305D0"/>
     <w:rsid w:val="00F31242"/>
     <w:rsid w:val="00F31B8C"/>
     <w:rsid w:val="00F40C3F"/>
     <w:rsid w:val="00F43CDD"/>
     <w:rsid w:val="00F44271"/>
     <w:rsid w:val="00F502D5"/>
     <w:rsid w:val="00F51BD2"/>
     <w:rsid w:val="00F525C0"/>
     <w:rsid w:val="00F54113"/>
     <w:rsid w:val="00F61DAC"/>
     <w:rsid w:val="00F6214B"/>
     <w:rsid w:val="00F62C5F"/>
     <w:rsid w:val="00F62D62"/>
     <w:rsid w:val="00F6536C"/>
     <w:rsid w:val="00F70078"/>
+    <w:rsid w:val="00F71113"/>
     <w:rsid w:val="00F7191B"/>
     <w:rsid w:val="00F76F2A"/>
     <w:rsid w:val="00F8036B"/>
     <w:rsid w:val="00F80F00"/>
     <w:rsid w:val="00F815C4"/>
     <w:rsid w:val="00F8460C"/>
     <w:rsid w:val="00F874A3"/>
     <w:rsid w:val="00F91A23"/>
     <w:rsid w:val="00F92A7A"/>
     <w:rsid w:val="00F94147"/>
     <w:rsid w:val="00F94A11"/>
     <w:rsid w:val="00FA1C26"/>
     <w:rsid w:val="00FA1FA8"/>
     <w:rsid w:val="00FB0680"/>
     <w:rsid w:val="00FB0E59"/>
     <w:rsid w:val="00FB10DC"/>
     <w:rsid w:val="00FB24C6"/>
     <w:rsid w:val="00FB36E0"/>
     <w:rsid w:val="00FB4A92"/>
     <w:rsid w:val="00FC0CD8"/>
     <w:rsid w:val="00FC25E8"/>
     <w:rsid w:val="00FC538A"/>
     <w:rsid w:val="00FC5652"/>
     <w:rsid w:val="00FC6AE0"/>
     <w:rsid w:val="00FC758C"/>
+    <w:rsid w:val="00FD1B43"/>
     <w:rsid w:val="00FD7E4F"/>
     <w:rsid w:val="00FE2F84"/>
     <w:rsid w:val="00FE4C4B"/>
     <w:rsid w:val="00FE5882"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="metricconverter"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
@@ -40664,51 +41262,50 @@
     <w:basedOn w:val="Normln"/>
     <w:next w:val="Normln"/>
     <w:link w:val="Nadpis9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00E35956"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="8"/>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardnpsmoodstavce">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normlntabulka">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezseznamu">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nadpis1Char">
     <w:name w:val="Nadpis 1 Char"/>
@@ -43315,55 +43912,55 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2129932503">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer7.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.office.com/account/?ref=Harmony" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7441/978-80-7454-9861" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.48095/cccsnn2022351" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.citacepro.com/nastroje" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer11.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://knihovna.utb.cz/sluzby/nastroje/csn/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prirucka.ujc.cas.cz/?id=790" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.resconrec.2017.10.001" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iva.k.utb.cz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=IARByMNIpsw" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chat.openai.com/share/59bf4b4d-877e-4af8-b442-bbc3e5656d7c" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer12.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer8.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.utb.cz/student/dokumenty-a-sablony/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1109/CSCC55931.2022.00009" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vyzkum.cz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.root.cz/serialy/jak-na-latex/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://showcase.fmk.utb.cz/prumyslovy-design/zidle-tammi/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zakonyprolidi.cz/cs/1998-111" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.utb.cz/student/dokumenty-a-sablony/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prirucka.ujc.cas.cz/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.microsoft.com/cs-cz/topic/ovl%C3%A1d%C3%A1n%C3%AD-d%C4%9Blen%C3%AD-slov-7d4d2a38-b0e2-4f04-873a-0a8d48ac3923" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://knihovna.utb.cz/sluzby/kurzy-konzultace-vyuka/citace-a-citovani/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/polym13193274" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pravidla.cz/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://app.knovel.com/kn/resources/kpCOMITP02/toc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://knihovna.utb.cz/najdete-u-nas/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/photo/?fbid=623621036471432&amp;set=a.559787202854816" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://knihovna.utb.cz/sluzby/kurzy-konzultace-vyuka/citace-a-citovani/citace-pro/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer9.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prirucka.ujc.cas.cz/?id=820" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1021/acs.chemrev.4c00105" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zakonyprolidi.cz/cs/2000-121" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.utb.cz/student/dokumenty-a-sablony/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.utb.cz/univerzita/uredni-deska/vnitrni-normy-a-predpisy/smernice-rektora/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7441/978-80-7454-986-1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://iva.k.utb.cz/wp-content/uploads/harvardsky-system.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utb.cz/mdocs-posts/vyrocni-zprava-o-cinnosti-utb-za-rok2022/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statista.com/statistics/244995/number-of-paying-spotify-subscribers/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.utb.cz/student/dokumenty-a-sablony/doporuceni-k-vyuzivani-nastroju-umele-inteligence-ai-na-utb-ve-zline/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jpubeco.2011.08.007" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.root.cz/serialy/jak-na-latex/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://help.libreoffice.org/latest/cs/text/swriter/01/06030000.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prirucka.ujc.cas.cz/?id=880" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7441/978-80-7454-986-1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hdl.handle.net/10563/49227" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.avcr.cz/cs/o-nas/aktuality/Biochemik-Jan-Konvalinka-prevzal-cenu-predsedkyne-RVVI-za-popularizaci/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keywords.k.utb.cz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prirucka.ujc.cas.cz/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://iva.k.utb.cz/wp-content/uploads/chci_odevzdat_plny_text_kvalifikacni_prace_web.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://knihovna.utb.cz/wp-content/uploads/2023/11/metodicky-material-diplomovy-seminar-2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sluzby@k.utb.cz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bookport.cz/kniha/alchymie-7868/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jpubeco.2011.08.007" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.utb.cz/univerzita/uredni-deska/vnitrni-normy-a-predpisy/smernice-rektora" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prirucka.ujc.cas.cz/?id=870" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zakonyprolidi.cz/cs/2000-121" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer7.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.office.com/account/?ref=Harmony" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://app.knovel.com/kn/resources/kpCOMITP02/toc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/polym13193274" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://knihovna.utb.cz/sluzby/kurzy-konzultace-vyuka/citace-a-citovani/citace-pro/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sluzby@k.utb.cz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://knihovna.utb.cz/sluzby/nastroje/csn/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prirucka.ujc.cas.cz/?id=790" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7441/978-80-7454-986-1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zakonyprolidi.cz/cs/2000-121" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statista.com/statistics/244995/number-of-paying-spotify-subscribers/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.utb.cz/student/dokumenty-a-sablony/doporuceni-k-vyuzivani-nastroju-umele-inteligence-ai-na-utb-ve-zline/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer8.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.utb.cz/student/dokumenty-a-sablony/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7441/978-80-7454-9861" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.48095/cccsnn2022351" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7441/978-80-7454-986-1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.avcr.cz/cs/o-nas/aktuality/Biochemik-Jan-Konvalinka-prevzal-cenu-predsedkyne-RVVI-za-popularizaci/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chat.openai.com/share/59bf4b4d-877e-4af8-b442-bbc3e5656d7c" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prirucka.ujc.cas.cz/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.microsoft.com/cs-cz/topic/ovl%C3%A1d%C3%A1n%C3%AD-d%C4%9Blen%C3%AD-slov-7d4d2a38-b0e2-4f04-873a-0a8d48ac3923" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://iva.k.utb.cz/wp-content/uploads/chci_odevzdat_plny_text_kvalifikacni_prace_web.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iva.k.utb.cz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://knihovna.utb.cz/wp-content/uploads/2023/11/metodicky-material-diplomovy-seminar-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pravidla.cz/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.resconrec.2017.10.001" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bookport.cz/kniha/alchymie-7868/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vyzkum.cz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=IARByMNIpsw" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jpubeco.2011.08.007" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.root.cz/serialy/jak-na-latex/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer9.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prirucka.ujc.cas.cz/?id=820" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.utb.cz/student/dokumenty-a-sablony/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.microsoft.com/cs-cz/office/zobrazen%C3%AD-karty-v%C3%BDvoj%C3%A1%C5%99-v-word-e356706f-1891-4bb8-8d72-f57a51146792" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.root.cz/serialy/jak-na-latex/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://knihovna.utb.cz/sluzby/kurzy-konzultace-vyuka/citace-a-citovani/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1109/CSCC55931.2022.00009" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://showcase.fmk.utb.cz/prumyslovy-design/zidle-tammi/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zakonyprolidi.cz/cs/2000-121" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zakonyprolidi.cz/cs/1998-111" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.citacepro.com/nastroje" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://help.libreoffice.org/latest/cs/text/swriter/01/06030000.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prirucka.ujc.cas.cz/?id=880" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1021/acs.chemrev.4c00105" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/photo/?fbid=623621036471432&amp;set=a.559787202854816" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://knihovna.utb.cz/najdete-u-nas/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keywords.k.utb.cz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prirucka.ujc.cas.cz/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.utb.cz/univerzita/uredni-deska/vnitrni-normy-a-predpisy/smernice-rektora/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utb.cz/mdocs-posts/vyrocni-zprava-o-cinnosti-utb-za-rok2022/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.utb.cz/student/dokumenty-a-sablony/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://iva.k.utb.cz/wp-content/uploads/harvardsky-system.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jpubeco.2011.08.007" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.utb.cz/univerzita/uredni-deska/vnitrni-normy-a-predpisy/smernice-rektora" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prirucka.ujc.cas.cz/?id=870" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hdl.handle.net/10563/49227" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///E:\_smernice%20zaverecne%20prace_uprava%202025\_fin&#225;ln&#237;%20&#353;ablona\sablona_UTB_BPDP_2025_CZ_final.dotx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\hrabi\Desktop\&#353;kolen&#237;\sablona_utb_bpdp_2025_cz.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="cs-CZ"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
@@ -44787,90 +45384,90 @@
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{99835A30-9B4B-4CB3-9A3F-E82C12AC1501}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D066F6" w:rsidRDefault="004840F8" w:rsidP="004840F8">
           <w:pPr>
             <w:pStyle w:val="F1A1661E17344D9AAF7CF045C94EE3513"/>
             <w:framePr w:wrap="around"/>
           </w:pPr>
           <m:oMathPara>
             <m:oMath>
               <m:r>
                 <w:rPr>
                   <w:rStyle w:val="Zstupntext"/>
                 </w:rPr>
                 <m:t>Sem zadejte rovnici.</m:t>
               </m:r>
             </m:oMath>
           </m:oMathPara>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="C70711996A0B44FCBC8C69F2E4C1315B"/>
+        <w:name w:val="81DE3CF9993B48B4A39BCB9AA798B328"/>
         <w:category>
           <w:name w:val="Obecné"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{2273A972-A89C-4E11-839A-83B2FC8A7EF6}"/>
+        <w:guid w:val="{BE82D717-15C5-4CFD-8C03-27ED7FBB8605}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B97021" w:rsidRDefault="00EC0DC5" w:rsidP="00EC0DC5">
+        <w:p w:rsidR="00000000" w:rsidRDefault="00145CBA" w:rsidP="00145CBA">
           <w:pPr>
-            <w:pStyle w:val="C70711996A0B44FCBC8C69F2E4C1315B"/>
+            <w:pStyle w:val="81DE3CF9993B48B4A39BCB9AA798B328"/>
           </w:pPr>
           <w:r w:rsidRPr="001A3F9F">
             <w:t>[Název přílohy]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -45048,81 +45645,84 @@
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AA0BD1"/>
     <w:rsid w:val="00015520"/>
     <w:rsid w:val="00047464"/>
     <w:rsid w:val="00047539"/>
     <w:rsid w:val="00051936"/>
     <w:rsid w:val="00065A10"/>
     <w:rsid w:val="0007076D"/>
     <w:rsid w:val="000847B6"/>
     <w:rsid w:val="00086347"/>
     <w:rsid w:val="000C1387"/>
     <w:rsid w:val="000C4577"/>
     <w:rsid w:val="000D0F75"/>
     <w:rsid w:val="000F5085"/>
     <w:rsid w:val="00104D41"/>
     <w:rsid w:val="00141212"/>
+    <w:rsid w:val="00145CBA"/>
     <w:rsid w:val="00166253"/>
     <w:rsid w:val="0019652C"/>
     <w:rsid w:val="001E36B5"/>
     <w:rsid w:val="001E75C4"/>
+    <w:rsid w:val="001F20CF"/>
     <w:rsid w:val="001F62C1"/>
     <w:rsid w:val="002027ED"/>
     <w:rsid w:val="00227171"/>
     <w:rsid w:val="0025108E"/>
     <w:rsid w:val="00271AD6"/>
     <w:rsid w:val="002825DC"/>
     <w:rsid w:val="00293025"/>
     <w:rsid w:val="00300212"/>
     <w:rsid w:val="003150B7"/>
     <w:rsid w:val="00323FE1"/>
     <w:rsid w:val="00386DA0"/>
     <w:rsid w:val="003A7F66"/>
     <w:rsid w:val="00415F7F"/>
     <w:rsid w:val="004840F8"/>
     <w:rsid w:val="00485947"/>
     <w:rsid w:val="004D654D"/>
     <w:rsid w:val="004F025D"/>
     <w:rsid w:val="004F12B7"/>
     <w:rsid w:val="004F3F44"/>
     <w:rsid w:val="00504DC7"/>
     <w:rsid w:val="00582283"/>
     <w:rsid w:val="00595EE2"/>
     <w:rsid w:val="00595F8A"/>
     <w:rsid w:val="005B029C"/>
     <w:rsid w:val="005C488F"/>
     <w:rsid w:val="005D29A0"/>
     <w:rsid w:val="005D7932"/>
+    <w:rsid w:val="005E10AF"/>
     <w:rsid w:val="00626BE6"/>
     <w:rsid w:val="00646BC1"/>
     <w:rsid w:val="0066323A"/>
     <w:rsid w:val="00683F92"/>
     <w:rsid w:val="006917A4"/>
     <w:rsid w:val="00691A66"/>
     <w:rsid w:val="006C3772"/>
     <w:rsid w:val="00701631"/>
     <w:rsid w:val="00716FA3"/>
     <w:rsid w:val="00766514"/>
     <w:rsid w:val="007D30F8"/>
     <w:rsid w:val="007E5A7F"/>
     <w:rsid w:val="007F0C21"/>
     <w:rsid w:val="00833214"/>
     <w:rsid w:val="0083666F"/>
     <w:rsid w:val="00846318"/>
     <w:rsid w:val="00856355"/>
     <w:rsid w:val="00882289"/>
     <w:rsid w:val="008D0D43"/>
     <w:rsid w:val="008D3819"/>
     <w:rsid w:val="00915D05"/>
     <w:rsid w:val="0093409F"/>
     <w:rsid w:val="009F030D"/>
     <w:rsid w:val="00A142DE"/>
     <w:rsid w:val="00A21AF0"/>
@@ -45591,51 +46191,51 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezseznamu">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Zstupntext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="004840F8"/>
+    <w:rsid w:val="00145CBA"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="7C6FBB73D0DA48519802199128EA6223">
     <w:name w:val="7C6FBB73D0DA48519802199128EA6223"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="9B7E0F404266448BA6DEFDC45F0C5D92">
     <w:name w:val="9B7E0F404266448BA6DEFDC45F0C5D92"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="9CB7AC53D75F4D9F9BFDE72EA2EE38BA">
     <w:name w:val="9CB7AC53D75F4D9F9BFDE72EA2EE38BA"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="73F4957CB65D4E5AB993B53BD14D109A">
     <w:name w:val="73F4957CB65D4E5AB993B53BD14D109A"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FE5378ECF4BF468686CFA47EB69F3CAC">
     <w:name w:val="FE5378ECF4BF468686CFA47EB69F3CAC"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DCDB7CC88CC345F28042EDA8D9DBB4CD">
     <w:name w:val="DCDB7CC88CC345F28042EDA8D9DBB4CD"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="4A9C3E5D839E415985BA869DD54AE6411">
     <w:name w:val="4A9C3E5D839E415985BA869DD54AE6411"/>
     <w:rsid w:val="00CA4027"/>
@@ -45805,50 +46405,141 @@
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="4C546C54B8F94732B795613FBE909513">
     <w:name w:val="4C546C54B8F94732B795613FBE909513"/>
     <w:rsid w:val="00EC0DC5"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C70711996A0B44FCBC8C69F2E4C1315B">
     <w:name w:val="C70711996A0B44FCBC8C69F2E4C1315B"/>
     <w:rsid w:val="00EC0DC5"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E03EEBD4395A449D80157D5C0CDD2A51">
+    <w:name w:val="E03EEBD4395A449D80157D5C0CDD2A51"/>
+    <w:rsid w:val="00145CBA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2A89177D132B40428DC63101297A9BDD">
+    <w:name w:val="2A89177D132B40428DC63101297A9BDD"/>
+    <w:rsid w:val="00145CBA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11AA78CDBB344E4EA13200A8A8FE4C44">
+    <w:name w:val="11AA78CDBB344E4EA13200A8A8FE4C44"/>
+    <w:rsid w:val="00145CBA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2426ABF4BDEB44A58C1B7B541312ECF6">
+    <w:name w:val="2426ABF4BDEB44A58C1B7B541312ECF6"/>
+    <w:rsid w:val="00145CBA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1747FC03AB8C4F56B4FAB4E8101110D8">
+    <w:name w:val="1747FC03AB8C4F56B4FAB4E8101110D8"/>
+    <w:rsid w:val="00145CBA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B473FBF152134ADBB07A0017E343AD43">
+    <w:name w:val="B473FBF152134ADBB07A0017E343AD43"/>
+    <w:rsid w:val="00145CBA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="81DE3CF9993B48B4A39BCB9AA798B328">
+    <w:name w:val="81DE3CF9993B48B4A39BCB9AA798B328"/>
+    <w:rsid w:val="00145CBA"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -46126,94 +46817,106 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=word/webextensions/_rels/taskpanes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/webextension" Target="webextension1.xml"/></Relationships>
 </file>
 
 <file path=word/webextensions/taskpanes.xml><?xml version="1.0" encoding="utf-8"?>
 <wetp:taskpanes xmlns:wetp="http://schemas.microsoft.com/office/webextensions/taskpanes/2010/11">
-  <wetp:taskpane dockstate="right" visibility="0" width="525" row="1">
+  <wetp:taskpane dockstate="right" visibility="0" width="525" row="3">
     <wetp:webextensionref xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
   </wetp:taskpane>
 </wetp:taskpanes>
 </file>
 
 <file path=word/webextensions/webextension1.xml><?xml version="1.0" encoding="utf-8"?>
 <we:webextension xmlns:we="http://schemas.microsoft.com/office/webextensions/webextension/2010/11" id="{18C5E56B-2045-4F22-B265-36C847C525C9}">
   <we:reference id="7ab57287-cf87-4c15-a029-cd6b0b3ebfbb" version="1.2.5.0" store="EXCatalog" storeType="EXCatalog"/>
   <we:alternateReferences>
     <we:reference id="WA200005176" version="1.2.5.0" store="cs-CZ" storeType="OMEX"/>
   </we:alternateReferences>
   <we:properties/>
   <we:bindings/>
   <we:snapshot xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </we:webextension>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="5c055ba0-c3b2-4aa4-a50b-ec1a67023f02" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x01010013A2157BB6DC9946B92666E4100C9108" ma:contentTypeVersion="18" ma:contentTypeDescription="Vytvoří nový dokument" ma:contentTypeScope="" ma:versionID="3636b7e9aca8a980a0f1e2cef0c25c78">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="5c055ba0-c3b2-4aa4-a50b-ec1a67023f02" xmlns:ns4="34aeb864-02cc-4d82-830b-289803e2cf55" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="169c8261009a9bd681cb542de16eb338" ns3:_="" ns4:_="">
     <xsd:import namespace="5c055ba0-c3b2-4aa4-a50b-ec1a67023f02"/>
     <xsd:import namespace="34aeb864-02cc-4d82-830b-289803e2cf55"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:_activity" minOccurs="0"/>
@@ -46422,137 +47125,125 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{86273FCA-F8D3-4068-B9B2-29D1EB0C76F5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7BD00CFD-9F0A-4C0F-A146-6B4020F033C0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{38084399-368A-4B15-923E-34B1E75E926B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="5c055ba0-c3b2-4aa4-a50b-ec1a67023f02"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E014192F-D126-4DB0-99F1-332D838BCD0D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5c055ba0-c3b2-4aa4-a50b-ec1a67023f02"/>
     <ds:schemaRef ds:uri="34aeb864-02cc-4d82-830b-289803e2cf55"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...16 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>sablona_UTB_BPDP_2025_CZ_final</Template>
+  <Template>sablona_utb_bpdp_2025_cz</Template>
   <TotalTime></TotalTime>
-  <Pages>69</Pages>
-[...1 lines deleted...]
-  <Characters>108172</Characters>
+  <Pages>71</Pages>
+  <Words>18791</Words>
+  <Characters>110871</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>901</Lines>
-  <Paragraphs>252</Paragraphs>
+  <Lines>923</Lines>
+  <Paragraphs>258</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>126254</CharactersWithSpaces>
+  <CharactersWithSpaces>129404</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Světlana Hrabinová</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_DocHome">
     <vt:i4>-173911797</vt:i4>